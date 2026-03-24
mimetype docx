--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -1476,295 +1476,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04058701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Limited Transmission of Klebsiella pneumoniae among Humans, Animals, and the Environment in a Caribbean Island, Guadeloupe (French West Indies)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">High Prevalence of blaCTXM–1/IncI1-Iγ/ST3 Plasmids in Extended-Spectrum β-Lactamase-Producing Escherichia coli Isolates Collected From Domestic Animals in Guadeloupe (French West Indies)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Gruel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Couvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexis Dereeper</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">David Couvin</w:t>
+                <w:t xml:space="preserve">Stéphanie Guyomard-Rabenirina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elodie Barbier</w:t>
+                <w:t xml:space="preserve">Guillaume Arlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Bambou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbiology Spectrum</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 10 (5), pp.e0124222. </w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13, pp.882422. </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/spectrum.01242-22⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2022.882422⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03831169v1</w:t>
+                <w:t xml:space="preserve">hal-03695556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High Prevalence of blaCTXM–1/IncI1-Iγ/ST3 Plasmids in Extended-Spectrum β-Lactamase-Producing Escherichia coli Isolates Collected From Domestic Animals in Guadeloupe (French West Indies)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Limited Transmission of Klebsiella pneumoniae among Humans, Animals, and the Environment in a Caribbean Island, Guadeloupe (French West Indies)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Dereeper</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Gruel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Pot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Couvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Arlet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Christophe Bambou</w:t>
+                <w:t xml:space="preserve">Elodie Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 13, pp.882422. </w:t>
+              <w:t xml:space="preserve">Microbiology Spectrum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10 (5), pp.e0124222. </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2022.882422⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/spectrum.01242-22⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03695556v1</w:t>
+                <w:t xml:space="preserve">hal-03831169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mixed Grazing and Dietary Supplementation Improve the Response to Gastrointestinal Nematode Parasitism and Production Performances of Goats</w:t>
               </w:r>
@@ -2012,529 +2012,529 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03271440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Systematic Review of the Interaction between Nutrition and Immunity in Livestock: Effect of Dietary Supplementation with Synthetic Amino Acids</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nausicaa Poullet</w:t>
+                <w:t xml:space="preserve">Genomic variants from RNA-seq for goats resistant or susceptible to gastrointestinal nematode infection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hadeer M Aboshady</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Mandonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna M Johansson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Jonas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Bambou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animals</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ani11102813⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 16, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0248405⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03356289v1</w:t>
+                <w:t xml:space="preserve">hal-03534329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genomic variants from RNA-seq for goats resistant or susceptible to gastrointestinal nematode infection</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Elisabeth Jonas</w:t>
+                <w:t xml:space="preserve">Systematic Review of the Interaction between Nutrition and Immunity in Livestock: Effect of Dietary Supplementation with Synthetic Amino Acids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Montout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nausicaa Poullet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Bambou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 16, </w:t>
+              <w:t xml:space="preserve">Animals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (10), pp.2813. </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0248405⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/ani11102813⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03534329v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03356289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nutraceutical properties of Leucaena leucocephala, Manihot esculenta, Cajanus cajan and a foliage blend in goat kids infected with Haemonchus contortus</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evaluation of nutraceutical properties of Leucaena leucocephala leaf pellets fed to goat kids infected with Haemonchus contortus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Marie-Magdeleine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Steve Ceriac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dingamgoto Jesse Barde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Nathalie Minatchy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dimitri Romil-Granville</w:t>
+                <w:t xml:space="preserve">Fred Periacarpin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 10 (1), </w:t>
+              <w:t xml:space="preserve">BMC Veterinary Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 16 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-020-66870-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12917-020-02471-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02957132v1</w:t>
+                <w:t xml:space="preserve">hal-02958102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of nutraceutical properties of Leucaena leucocephala leaf pellets fed to goat kids infected with Haemonchus contortus</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nutraceutical properties of Leucaena leucocephala, Manihot esculenta, Cajanus cajan and a foliage blend in goat kids infected with Haemonchus contortus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Minatchy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Marie-Magdeleine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Steve Ceriac</w:t>
+                <w:t xml:space="preserve">Miguel Garin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dingamgoto Jesse Barde</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Minatchy</w:t>
+                <w:t xml:space="preserve">Ferdy Nimirf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fred Periacarpin</w:t>
+                <w:t xml:space="preserve">Dimitri Romil-Granville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Veterinary Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 16 (1), </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12917-020-02471-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-020-66870-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02958102v1</w:t>
+                <w:t xml:space="preserve">hal-02957132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Immunoglobulins as biomarkers for gastrointestinal nematodes resistance in small ruminants: A systematic review</w:t>
               </w:r>
@@ -2559,51 +2559,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael J Stear</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Johansson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Jonas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Bambou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2782,688 +2782,688 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02514818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dairy science and health in the tropics: challenges and opportunities for the next decades</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effect of feed restriction and refeeding on performance and metabolism of European and Caribbean growing pigs in a tropical climate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nausicaa Poullet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Bambou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lorenzo E. Hernandez-Castellano</w:t>
+                <w:t xml:space="preserve">Thomas Loyau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jarlath E. Nally</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Ibrahim A. Alhidary</w:t>
+                <w:t xml:space="preserve">Christine Trefeu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dalila Feuillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tropical Animal Health and Production</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11250-019-01866-6⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9, pp.4878. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-019-41145-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02627931v1</w:t>
+                <w:t xml:space="preserve">hal-02090591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcriptome variation in response to gastrointestinal nematode infection in goats</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Mandonnet</w:t>
+                <w:t xml:space="preserve">Dairy science and health in the tropics: challenges and opportunities for the next decades</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorenzo E. Hernandez-Castellano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jarlath E. Nally</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanna Lindahl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michaël Stear</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Rémy Arquet</w:t>
+                <w:t xml:space="preserve">Metha Wanapat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Malia Bédèrina</w:t>
+                <w:t xml:space="preserve">Ibrahim A. Alhidary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 14 (6), Non paginé. </w:t>
+              <w:t xml:space="preserve">Tropical Animal Health and Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 51 (5), pp.1009-1017. </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0218719⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11250-019-01866-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02620106v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02627931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of feed restriction and refeeding on performance and metabolism of European and Caribbean growing pigs in a tropical climate</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Christophe Bambou</w:t>
+                <w:t xml:space="preserve">Transcriptome variation in response to gastrointestinal nematode infection in goats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hadeer Aboshady</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Mandonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Loyau</w:t>
+                <w:t xml:space="preserve">Michaël Stear</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Arquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Trefeu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Dalila Feuillet</w:t>
+                <w:t xml:space="preserve">Malia Bédèrina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 9, pp.4878. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 14 (6), Non paginé. </w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-019-41145-w⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0218719⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02090591v1</w:t>
+                <w:t xml:space="preserve">hal-02620106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sérologie de l'Haemonchose chez la chèvre : préparation des antigènes parasitaires et dosage des anticorps IgA par la technique ELISA</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effect of the nutritional status of Creole goats on the density-dependent prolificacy of Haemonchus contortus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steve Cériac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priscilla Durbant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Godard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Barbier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dalila Feuillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahier des Techniques de l'INRA</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Veterinary Parasitology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 276, pp.108973. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.vetpar.2019.108973⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04691763v1</w:t>
+                <w:t xml:space="preserve">hal-02952936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of the nutritional status of Creole goats on the density-dependent prolificacy of Haemonchus contortus</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sérologie de l'Haemonchose chez la chèvre : préparation des antigènes parasitaires et dosage des anticorps IgA par la technique ELISA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dalila Feuillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Félicité</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Bambou</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Veterinary Parasitology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cahier des Techniques de l'INRA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, N° Spécial : CRAG, 12 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.vetpar.2019.108973⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02952936v1</w:t>
+                <w:t xml:space="preserve">hal-04691763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Supplementation with rumen-protected proteins induces resistance to Haemonchus contortus in goats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steve Ceriac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harry Archimède</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3547,303 +3547,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02625948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of energy and protein on the gastro-intestinal parasitism of small ruminants : A meta-analysis</w:t>
+                <w:t xml:space="preserve">Genome wide association study reveals new candidate genes for resistance to nematodes in Creole goat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Willy W. Cei</w:t>
+                <w:t xml:space="preserve">F. Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Bambou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nizar Salah</w:t>
+                <w:t xml:space="preserve">J Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gisèle Alexandre</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jérôme Fleury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Livestock Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 212, pp.34-44. </w:t>
+              <w:t xml:space="preserve">Small Ruminant Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 166, pp.109-114. </w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.livsci.2018.03.015⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.smallrumres.2018.06.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02623328v1</w:t>
+                <w:t xml:space="preserve">hal-02622479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome wide association study reveals new candidate genes for resistance to nematodes in Creole goat</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact of energy and protein on the gastro-intestinal parasitism of small ruminants : A meta-analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Willy W. Cei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Silva</w:t>
+                <w:t xml:space="preserve">Nizar Salah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gisèle Alexandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Bambou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harry Archimède</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Small Ruminant Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Livestock Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 212, pp.34-44. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.livsci.2018.03.015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.smallrumres.2018.06.004⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02622479v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02623328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performance of growing pigs reared indoors or outdoors in sweet-potato fields</w:t>
               </w:r>
@@ -4214,51 +4214,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The nutritional status affects the complete blood count of goats experimentally infected with &amp;lt;em&amp;gt;Haemonchus contortus&amp;lt;/em&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steve Ceriac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyntia Jayles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4482,64 +4482,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of the post-weaning nutritional history on the response to an experimental&amp;lt;em&amp;gt; Haemonchus contortus&amp;lt;/em&amp;gt; infection in Creole goats and Black Belly sheep</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Willy W. Cei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nizar Salah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Paut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4680,51 +4680,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Philibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Arquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gisèle Alexandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Veterinary Parasitology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 207, pp.166-169</w:t>
@@ -4747,303 +4747,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01123101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of single or trickle Haemonchus contortus experimental infection on digestibility and host responses of naïve Creole kids reared indoor</w:t>
+                <w:t xml:space="preserve">Effect of Experimental Infection with Haemonchus contortus on Parasitological and Local Cellular Responses in Resistant and Susceptible Young Creole Goats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Bambou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut T. Larcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Willy W. Cei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Justin Dumoulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Mandonnet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Veterinary Parasitology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.vetpar.2012.09.026⟩</w:t>
+              <w:t xml:space="preserve">BioMed Research International </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, pp.1-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1155/2013/902759⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01000691v1</w:t>
+                <w:t xml:space="preserve">hal-02644024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of Experimental Infection with Haemonchus contortus on Parasitological and Local Cellular Responses in Resistant and Susceptible Young Creole Goats</w:t>
+                <w:t xml:space="preserve">Effects of single or trickle Haemonchus contortus experimental infection on digestibility and host responses of naïve Creole kids reared indoor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Bambou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Willy W. Cei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvaine S. Camous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harry Archimède</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe A. Decherf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioMed Research International </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Veterinary Parasitology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 191 (3-4), pp.284-292. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.vetpar.2012.09.026⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1155/2013/902759⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02644024v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01000691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic analysis of the potential role of IgA and IgE responses against Haemonchus contortus in parasite resistance of Creole goats</w:t>
               </w:r>
@@ -5511,51 +5511,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy R. Arquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Mahieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gisèle Alexandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Veterinary Parasitology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 178 (3-4), pp.279-285. </w:t>
@@ -5605,90 +5605,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carcass traits of male and female Creole goats according to slaughter weights, preliminary results</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Willy W. Cei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Bambou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Mahieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gisèle Alexandre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Animal Biosciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 1 (2), pp.396-397. </w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5852,51 +5852,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparing the effects of single or trickle experimental infections with Haemonchus contortus on digestibility and host response in naïve Creole kids reared indoor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Bambou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Willy W. Cei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude C. Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6154,51 +6154,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy R. Arquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harry Archimède</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gisèle Alexandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Mandonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7087,51 +7087,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05448632v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nausicaa Poullet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Guichard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Beramice" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dantec" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann F&#233;licit&#233;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s44338-025-00156-w" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04993773v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eyabana Mollong" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius L&#233;bri" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Marie-Magdeleine" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Marianne Lagou" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Naves" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13071-025-06684-4" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05213785v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bonneau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mandonnet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Archim&#232;de" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Bambou" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-16318-5" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04993723v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie David" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Buffi&#232;re" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noureddine Hafnaoui" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Mign&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2024.115615" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05166343v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alann Caderhoussin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Couvin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Gruel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isaure Qu&#233;tel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Pot" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frabi.2024.1367936" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04501059v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura A. Montout" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lahlou Bahloul" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Feuillet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Jean-Bart" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/vetsci10090559" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04113349v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orianne Devarieux" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-023-09381-7" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04144065v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadeer M Aboshady" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Choury" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Montout" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Godard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-29096-9" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04019718v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadeer Aboshady" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Hira" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Barbier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2022.873467" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04058701v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Hoste" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Ravinet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chartier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2022.35.4.7333" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03831169v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Dereeper" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Barbier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.01242-22" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695556v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Guyomard-Rabenirina" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Arlet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2022.882422" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03271443v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Ce&#239;" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Arquet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;riuse Brigitte Calif" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bocage" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2021.628686" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03271440v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve C&#233;riac" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;ticia Lim&#233;a" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2021.671948" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03356289v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ani11102813" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03534329v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna M Johansson" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Jonas" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0248405" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02957132v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Minatchy" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Garin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferdy Nimirf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Romil-Granville" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-66870-5" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02958102v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Ceriac" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dingamgoto Jesse Barde" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fred Periacarpin" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12917-020-02471-8" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02952907v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael J Stear" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Johansson" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-64775-x" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514818v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadeer M. Aboshady" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Fourcot" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-020-00768-y" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627931v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo E. Hernandez-Castellano" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jarlath E. Nally" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Lindahl" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Metha Wanapat" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim A. Alhidary" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11250-019-01866-6" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620106v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Stear" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malia B&#233;d&#232;rina" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0218719" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090591v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Loyau" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Trefeu" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-41145-w" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691763v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02952936v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Durbant" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetpar.2019.108973" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625948v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Felicite" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Giorgi" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-37800-3" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623328v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy W. Cei" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Salah" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Alexandre" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2018.03.015" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JCMRL9F6-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622479v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Silva" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Oliveira" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Fleury" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.smallrumres.2018.06.004" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619987v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Gourdine" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gladys Loranger-Merciris" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19182/remvt.31347" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627776v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Mahieu" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-34338-2" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607966v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Moreno-Romieux" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Salle" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jacquiet" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Blanchard" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Chylinski" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624439v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyntia Jayles" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12917-017-1248-4" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607581v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Cei" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11250-017-1258-z" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630447v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Paut" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Justin Dumoulin" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my R. Arquet" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetpar.2016.01.015" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-282CB1FJ-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123101v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Philibert" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000691v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine S. Camous" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe A. Decherf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetpar.2012.09.026" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RCTX79WF-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644024v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut T. Larcher" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2013/902759" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650130v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia de La Chevrotiere" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Jacquiet" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetpar.2011.11.071" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DG5F53PF-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000199v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia de La Chevrotiere de La Chevroti&#232;re" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.C. S. Bishop" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent L. Schibler" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2052.2012.02341.x" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-CWT29JQ6-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649034v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxanne Grondin" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vachiery" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Renaudeau" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11250-011-9838-9" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-DSRVF82L-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646673v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetpar.2011.01.030" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-36BCKTHW-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653964v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S2040470010000245" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653303v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S204047001000035X" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653543v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude C. Barbier" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliel Gonz&#225;lez Garc&#237;a" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S2040470010000373" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666428v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.smallrumres.2009.01.008" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QDN1P0R7-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656840v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2008-1702" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658922v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Varo" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.N.J. Kooyman" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661984v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Giraud" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safia Arous" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne de Paepe" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gaboriau Routhiau" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.0040002" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656444v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gaboriau" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Taddei" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine N. Cerf-Bensussan" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jbio:2006014" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/834F9959D25D0AA38F57A3553F9D46FA5F8FC22B/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495925v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Gobert" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Werts" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Balloy" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Chignard" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M307858200" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683073v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine M&#233;nard" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette B&#232;gue" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Rakotobe" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M405410200" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05448632v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nausicaa Poullet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Guichard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Beramice" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dantec" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann F&#233;licit&#233;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s44338-025-00156-w" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04993773v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eyabana Mollong" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius L&#233;bri" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Marie-Magdeleine" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Marianne Lagou" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Naves" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13071-025-06684-4" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05213785v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bonneau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mandonnet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Archim&#232;de" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Bambou" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-16318-5" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04993723v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie David" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Buffi&#232;re" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noureddine Hafnaoui" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Mign&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2024.115615" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05166343v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alann Caderhoussin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Couvin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Gruel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isaure Qu&#233;tel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Pot" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frabi.2024.1367936" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04501059v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura A. Montout" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lahlou Bahloul" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Feuillet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Jean-Bart" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/vetsci10090559" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04113349v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orianne Devarieux" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-023-09381-7" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04144065v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadeer M Aboshady" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Choury" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Montout" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Godard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-29096-9" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04019718v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadeer Aboshady" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Hira" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Barbier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2022.873467" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04058701v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Hoste" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Ravinet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chartier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2022.35.4.7333" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695556v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Guyomard-Rabenirina" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Arlet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2022.882422" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03831169v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Dereeper" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Barbier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.01242-22" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03271443v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Ce&#239;" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Arquet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;riuse Brigitte Calif" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bocage" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2021.628686" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03271440v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve C&#233;riac" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;ticia Lim&#233;a" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2021.671948" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03534329v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna M Johansson" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Jonas" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0248405" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03356289v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ani11102813" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02958102v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Ceriac" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dingamgoto Jesse Barde" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Minatchy" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fred Periacarpin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12917-020-02471-8" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02957132v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Garin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferdy Nimirf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Romil-Granville" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-66870-5" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02952907v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael J Stear" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Johansson" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-64775-x" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514818v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadeer M. Aboshady" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Fourcot" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-020-00768-y" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090591v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Loyau" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Trefeu" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-41145-w" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627931v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo E. Hernandez-Castellano" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jarlath E. Nally" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Lindahl" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Metha Wanapat" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim A. Alhidary" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11250-019-01866-6" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620106v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Stear" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malia B&#233;d&#232;rina" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0218719" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02952936v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Durbant" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetpar.2019.108973" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691763v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625948v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Felicite" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Giorgi" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-37800-3" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622479v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Silva" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Oliveira" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Fleury" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.smallrumres.2018.06.004" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623328v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy W. Cei" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Salah" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Alexandre" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2018.03.015" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JCMRL9F6-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619987v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Gourdine" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gladys Loranger-Merciris" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19182/remvt.31347" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627776v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Mahieu" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-34338-2" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607966v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Moreno-Romieux" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Salle" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jacquiet" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Blanchard" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Chylinski" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624439v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyntia Jayles" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12917-017-1248-4" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607581v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Cei" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11250-017-1258-z" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630447v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Paut" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Justin Dumoulin" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my R. Arquet" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetpar.2016.01.015" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-282CB1FJ-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123101v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Philibert" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644024v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut T. Larcher" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2013/902759" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000691v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine S. Camous" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe A. Decherf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetpar.2012.09.026" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RCTX79WF-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650130v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia de La Chevrotiere" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Jacquiet" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetpar.2011.11.071" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DG5F53PF-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000199v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia de La Chevrotiere de La Chevroti&#232;re" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.C. S. Bishop" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent L. Schibler" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2052.2012.02341.x" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-CWT29JQ6-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649034v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxanne Grondin" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vachiery" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Renaudeau" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11250-011-9838-9" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-DSRVF82L-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646673v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetpar.2011.01.030" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-36BCKTHW-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653964v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S2040470010000245" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653303v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S204047001000035X" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653543v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude C. Barbier" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliel Gonz&#225;lez Garc&#237;a" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S2040470010000373" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666428v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.smallrumres.2009.01.008" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QDN1P0R7-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656840v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2008-1702" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658922v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Varo" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.N.J. Kooyman" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661984v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Giraud" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safia Arous" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne de Paepe" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gaboriau Routhiau" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.0040002" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656444v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gaboriau" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Taddei" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine N. Cerf-Bensussan" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jbio:2006014" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/834F9959D25D0AA38F57A3553F9D46FA5F8FC22B/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495925v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Gobert" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Werts" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Balloy" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Chignard" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M307858200" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683073v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine M&#233;nard" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette B&#232;gue" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Rakotobe" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M405410200" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>