--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -389,2203 +389,2203 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04768045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Demonstrating the Potential of Low-Cost GNSS Receiver for tidal monitoring, storms, and flood detecting: example of 2022 Noru Storm in Thua Thien Hue province, Vietnam</w:t>
+                <w:t xml:space="preserve">Using a SPATIAL INS/GNSS MEMS Unit to Detect Local Gravity Variations in Static and Mobile Experiments: First Results</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phuong Lan Vu</w:t>
+                <w:t xml:space="preserve">Benjamin Beirens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Darrozes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Ramillien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucia Seoane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Minh Cuong</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Thi Bao</w:t>
+                <w:t xml:space="preserve">Patrice Médina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Montanistica Slovaca</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.46544/ams.v28i4.19⟩</w:t>
+              <w:t xml:space="preserve">Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 23 (16), pp.7060. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/s23167060⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04921103v1</w:t>
+                <w:t xml:space="preserve">hal-04218430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Weekly mapping of surface water extent in the intertropical wetlands using spaceborne GNSS reflectometry</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Signatures of Life Detected in Images of Rocks Using Neural Network Analysis Demonstrate New Potential for Searching for Biosignatures on the Surface of Mars</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dov Corenblit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Decaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Delmotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Zeiger</w:t>
+                <w:t xml:space="preserve">Jean-Pierre Toumazet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Frappart</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Carlos Jiménez</w:t>
+                <w:t xml:space="preserve">Florent Arrignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Hydrology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jhydrol.2023.130305⟩</w:t>
+              <w:t xml:space="preserve">Astrobiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 23 (3), pp.308-326. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1089/ast.2022.0034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04491029v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03977767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Signatures of Life Detected in Images of Rocks Using Neural Network Analysis Demonstrate New Potential for Searching for Biosignatures on the Surface of Mars</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Weekly mapping of surface water extent in the intertropical wetlands using spaceborne GNSS reflectometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Zeiger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Frappart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Darrozes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dov Corenblit</w:t>
+                <w:t xml:space="preserve">Catherine Prigent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Decaux</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Florent Arrignon</w:t>
+                <w:t xml:space="preserve">Carlos Jiménez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astrobiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1089/ast.2022.0034⟩</w:t>
+              <w:t xml:space="preserve">Journal of Hydrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 626, pp.130305. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhydrol.2023.130305⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03977767v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04491029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The use of copper isotopes for understanding metal transfer mechanisms within the continuum mine—river—dam (Huelva Region, Spain)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Demonstrating the Potential of Low-Cost GNSS Receiver for tidal monitoring, storms, and flood detecting: example of 2022 Noru Storm in Thua Thien Hue province, Vietnam</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phuong Lan Vu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minh Cuong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phuong Bac Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Viers</w:t>
+                <w:t xml:space="preserve">Huu Duy Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi Freydier</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Aurelie Marquet</w:t>
+                <w:t xml:space="preserve">Thi Bao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11356-023-25802-2⟩</w:t>
+              <w:t xml:space="preserve">Acta Montanistica Slovaca</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 28 (4), pp.1034-1046. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46544/ams.v28i4.19⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04047937v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04921103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GNSS-R monitoring of soil moisture dynamics in areas of severe drought: example of Dahra in the Sahelian climatic zone (Senegal)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The use of copper isotopes for understanding metal transfer mechanisms within the continuum mine—river—dam (Huelva Region, Spain)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Viers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Freydier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose Antonio Grande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Minh-Cuong Ha</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Muriel Llubes</w:t>
+                <w:t xml:space="preserve">Cyril Zouiten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manuela Grippa</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Ramillien</w:t>
+                <w:t xml:space="preserve">Aurelie Marquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Remote Sensing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 56 (1), pp.1-19. </w:t>
+              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/22797254.2022.2156931⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11356-023-25802-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04218460v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04047937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using a SPATIAL INS/GNSS MEMS Unit to Detect Local Gravity Variations in Static and Mobile Experiments: First Results</w:t>
+                <w:t xml:space="preserve">GNSS-R monitoring of soil moisture dynamics in areas of severe drought: example of Dahra in the Sahelian climatic zone (Senegal)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Beirens</w:t>
+                <w:t xml:space="preserve">Minh-Cuong Ha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Darrozes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Llubes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuela Grippa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Ramillien</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Patrice Médina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 23 (16), pp.7060. </w:t>
+              <w:t xml:space="preserve">European Journal of Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 56 (1), pp.1-19. </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/s23167060⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/22797254.2022.2156931⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04218430v1</w:t>
+                <w:t xml:space="preserve">hal-04218460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of weather-induced short-term sea level variations by GNSS reflectometry</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Ramillien</w:t>
+                <w:t xml:space="preserve">Analysis of CYGNSS coherent reflectivity over land for the characterization of pan-tropical inundation dynamics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Zeiger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Frappart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Darrozes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Laurent Roblou</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Prigent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Jiménez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Remote Sensing of Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 279, pp.113090. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.rse.2022.113090⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 282, pp.113278. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.rse.2022.113278⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03910608v1</w:t>
+                <w:t xml:space="preserve">hal-03808024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introducing the Global Mapping of Flood Dynamics Using Gnss-Reflectometry and the Cygnss Mission</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">J. Darrozes</w:t>
+                <w:t xml:space="preserve">Correction: Ramillien et al. An Innovative Slepian Approach to Invert GRACE KBRR for Localized Hydrological Information at the Sub-Basin Scale. Remote Sens. 2021, 13, 1824</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Ramillien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucía Seoane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Darrozes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISPRS Annals of the Photogrammetry, Remote Sensing and Spatial Information Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/isprs-annals-V-3-2022-93-2022⟩</w:t>
+              <w:t xml:space="preserve">Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 14 (23), pp.5938. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/rs14235938⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03867010v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04907634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correction: Ramillien et al. An Innovative Slepian Approach to Invert GRACE KBRR for Localized Hydrological Information at the Sub-Basin Scale. Remote Sens. 2021, 13, 1824</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">José Darrozes</w:t>
+                <w:t xml:space="preserve">Introducing the Global Mapping of Flood Dynamics Using Gnss-Reflectometry and the Cygnss Mission</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Zeiger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Frappart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Darrozes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/rs14235938⟩</w:t>
+              <w:t xml:space="preserve">ISPRS Annals of the Photogrammetry, Remote Sensing and Spatial Information Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 53, pp.93-100. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/isprs-annals-V-3-2022-93-2022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04907634v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03867010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Salt Tectonic Modeling Using Reverse Time Migration Imaging and Sensitivity Kernel Wavelength Analysis</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">J. C. Ortiz-Alemán</w:t>
+                <w:t xml:space="preserve">Determination of weather-induced short-term sea level variations by GNSS reflectometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théo Gravalon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucía Seoane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Ramillien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Darrozes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">J. Urrutia-Fucugauchi</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Roblou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Surveys in Geophysics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10712-021-09689-7⟩</w:t>
+              <w:t xml:space="preserve">Remote Sensing of Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 279, pp.113090. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.rse.2022.113090⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03661494v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03910608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of CYGNSS coherent reflectivity over land for the characterization of pan-tropical inundation dynamics</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Frappart</w:t>
+                <w:t xml:space="preserve">Salt Tectonic Modeling Using Reverse Time Migration Imaging and Sensitivity Kernel Wavelength Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Abreu-Torres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. C. Ortiz-Alemán</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Darrozes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Carlos Jiménez</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Urrutia-Fucugauchi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing of Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 282, pp.113278. </w:t>
+              <w:t xml:space="preserve">Surveys in Geophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 43 (3), pp.703-736. </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.rse.2022.113278⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10712-021-09689-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03808024v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03661494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SNR-Based Water Height Retrieval in Rivers: Application to High Amplitude Asymmetric Tides in the Garonne River</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Altimetry for the future: Building on 25 years of progress</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Roussel</w:t>
+                <w:t xml:space="preserve">Saleh Abdalla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Bonneton</w:t>
+                <w:t xml:space="preserve">Abdolnabi Abdeh Kolahchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Ablain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susheel Adusumilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suchandra Aich Bhowmick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/rs13091856⟩</w:t>
+              <w:t xml:space="preserve">Advances in Space Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 68 (2), pp.319-363. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.asr.2021.01.022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04491036v2</w:t>
+                <w:t xml:space="preserve">insu-03215002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Backscattering signatures at Ka, Ku, C and S bands from low resolution radar altimetry over land</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Éric Mougin</w:t>
+                <w:t xml:space="preserve">Robust Kalman Filter Soil Moisture Inversion Model Using GPS SNR Data—A Dual-Band Data Fusion Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lili Jing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lei Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wentao Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tianhe Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fan Gao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Space Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.asr.2020.06.043⟩</w:t>
+              <w:t xml:space="preserve">Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (19), pp.4013. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/rs13194013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03045692v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04904448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Innovative Slepian Approach to Invert GRACE KBRR for Localized Hydrological Information at the Sub-Basin Scale</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Automatic Detection of Inland Water Bodies along Altimetry Tracks for Estimating Surface Water Storage Variations in the Congo Basin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Frappart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Zeiger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Betbeder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valéry Gond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Bellot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Remote Sensing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 13, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/rs13091824⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 13 (19), pp.3804. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/rs13193804⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03225921v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03352440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automatic Detection of Inland Water Bodies along Altimetry Tracks for Estimating Surface Water Storage Variations in the Congo Basin</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">An Innovative Slepian Approach to Invert GRACE KBRR for Localized Hydrological Information at the Sub-Basin Scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Ramillien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucía Seoane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Darrozes</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Remote Sensing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 13 (19), pp.3804. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/rs13193804⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 13, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/rs13091824⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03352440v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03225921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robust Kalman Filter Soil Moisture Inversion Model Using GPS SNR Data—A Dual-Band Data Fusion Approach</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Fan Gao</w:t>
+                <w:t xml:space="preserve">Backscattering signatures at Ka, Ku, C and S bands from low resolution radar altimetry over land</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Frappart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Blarel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Papa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Prigent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Mougin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/rs13194013⟩</w:t>
+              <w:t xml:space="preserve">Advances in Space Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 68 (2), pp.989-1012. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.asr.2020.06.043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04904448v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03045692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Altimetry for the future: Building on 25 years of progress</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Michaël Ablain</w:t>
+                <w:t xml:space="preserve">SNR-Based Water Height Retrieval in Rivers: Application to High Amplitude Asymmetric Tides in the Garonne River</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Zeiger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Frappart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Darrozes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Susheel Adusumilli</w:t>
+                <w:t xml:space="preserve">Nicolas Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suchandra Aich Bhowmick</w:t>
+                <w:t xml:space="preserve">Philippe Bonneton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Space Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 68 (2), pp.319-363. </w:t>
+              <w:t xml:space="preserve">Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (9), pp.1856. </w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.asr.2021.01.022⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/rs13091856⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03215002v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04491036v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regional Seafloor Topography by Extended Kalman Filtering of Marine Gravity Data without Ship-Track Information</w:t>
               </w:r>
@@ -2597,51 +2597,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucía Seoane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Ramillien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Beirens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Darrozes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2699,485 +2699,485 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03522088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accumulation of heavy metals in phytoliths from reeds growing on mining environments in Southern Europe</w:t>
+                <w:t xml:space="preserve">Tillandsia usneoides as biomonitors of trace elements contents in the atmosphere of the mining district of Cartagena-La Unión (Spain): New insights for element transfer and pollution source tracing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gauthier Delplace</w:t>
+                <w:t xml:space="preserve">Eva Schreck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Viers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eva Schreck</w:t>
+                <w:t xml:space="preserve">Isalyne Blondet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oleg S. Pokrovsky</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cyril Zouiten</w:t>
+                <w:t xml:space="preserve">Yves Auda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isalyne Blondet</w:t>
+                <w:t xml:space="preserve">Mélina Macouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 712, pp.135595 -. </w:t>
+              <w:t xml:space="preserve">Chemosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 241, pp.124955. </w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2019.135595⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2019.124955⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03489613v1</w:t>
+                <w:t xml:space="preserve">hal-02390214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recovery of Rapid Water Mass Changes (RWMC) by Kalman Filtering of GRACE Observations</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Accumulation of heavy metals in phytoliths from reeds growing on mining environments in Southern Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maike Schumacher</w:t>
+                <w:t xml:space="preserve">Gauthier Delplace</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Schreck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ehsan Forootan</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Frappart</w:t>
+                <w:t xml:space="preserve">Oleg S. Pokrovsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Zouiten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isalyne Blondet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 12, </w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 712, pp.135595 -. </w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/rs12081299⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2019.135595⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03000656v1</w:t>
+                <w:t xml:space="preserve">hal-03489613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tillandsia usneoides as biomonitors of trace elements contents in the atmosphere of the mining district of Cartagena-La Unión (Spain): New insights for element transfer and pollution source tracing</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Isalyne Blondet</w:t>
+                <w:t xml:space="preserve">Recovery of Rapid Water Mass Changes (RWMC) by Kalman Filtering of GRACE Observations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Ramillien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucía Seoane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves Auda</w:t>
+                <w:t xml:space="preserve">Maike Schumacher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélina Macouin</w:t>
+                <w:t xml:space="preserve">Ehsan Forootan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Frappart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemosphere</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 241, pp.124955. </w:t>
+              <w:t xml:space="preserve">Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12, </w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2019.124955⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/rs12081299⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02390214v1</w:t>
+                <w:t xml:space="preserve">hal-03000656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identifying 2010 Xynthia Storm Signature in GNSS-R-Based Tide Records</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phuong Lan Vu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minh Cuong Ha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Frappart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Darrozes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3254,90 +3254,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution of soil elemental contents and Cu and Sr isotope ratios to the understanding of pedogenetic processes and mechanisms involved in the soil-to-grape transfer (Soave vineyard, Italy)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Blotevogel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Schreck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Audry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Saldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Viers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geoderma</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 343, pp.72-85. </w:t>
@@ -3375,64 +3375,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atmospheric dust characterisation in the mining district of Cartagena-La Unión, Spain: Air quality and health risks assessment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isalyne Blondet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Schreck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Viers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3637,1518 +3637,1518 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02123568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-Term Subsidence in Lava Fields at Piton de la Fournaise Volcano Measured by InSAR: New Insights for Interpretation of the Eastern Flank Motion</w:t>
+                <w:t xml:space="preserve">Deriving surface soil moisture from reflected GNSS signal observations from a grassland site in southwestern France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yu Chen</w:t>
+                <w:t xml:space="preserve">Sibo Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kefei Zhang</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Dominique Remy</w:t>
+                <w:t xml:space="preserve">Jean-Christophe Calvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Darrozes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Frappart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/rs10040597⟩</w:t>
+              <w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 22, pp.1931-1946. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/hess-22-1931-2018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02057470v1</w:t>
+                <w:t xml:space="preserve">insu-04831807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-Satellite Altimeter Validation along the French Atlantic Coast in the Southern Bay of Biscay from ERS-2 to SARAL</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phuong Vu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Frappart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Darrozes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Marieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Blarel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Remote Sensing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 10 (1), pp.93. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/rs10010093⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02302144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development and Evolution of the Size of Polygonal Fracture Systems during Fluid-Solid Separation in Clay-Rich Deposits</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Long-Term Subsidence in Lava Fields at Piton de la Fournaise Volcano Measured by InSAR: New Insights for Interpretation of the Eastern Flank Motion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kefei Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Froger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Téodolina Lopez</w:t>
+                <w:t xml:space="preserve">Kun Tan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaël Antoine</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Dominique Remy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Earth Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12583-017-0814-9⟩</w:t>
+              <w:t xml:space="preserve">Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 10 (4), pp.597. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/rs10040597⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03058486v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02057470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of recent climatic events on the surface water storage of the Tonle Sap Lake</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Frappart</w:t>
+                <w:t xml:space="preserve">Development and Evolution of the Size of Polygonal Fracture Systems during Fluid-Solid Separation in Clay-Rich Deposits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Téodolina Lopez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Darrozes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Biancamaria</w:t>
+                <w:t xml:space="preserve">Michel Rabinowicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Normandin</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">David Baratoux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2018.04.326⟩</w:t>
+              <w:t xml:space="preserve">Journal of Earth Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 29 (6), pp.1319-1334. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12583-017-0814-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02272424v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03058486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The fate of Cu pesticides in vineyard soils: A case study using δ65Cu isotope ratios and EPR analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Simon Blotevogel</w:t>
+                <w:t xml:space="preserve">Influence of recent climatic events on the surface water storage of the Tonle Sap Lake</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Frappart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Biancamaria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Normandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Priscia Oliva</w:t>
+                <w:t xml:space="preserve">F. Blarel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Sobanska</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Hervé Vezin</w:t>
+                <w:t xml:space="preserve">L. Bourrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Geology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chemgeo.2017.11.032⟩</w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 636, pp.1520-1533. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2018.04.326⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01901795v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02272424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of Short-Term Evolution of Soil Characteristics over the Lake Chad Basin Using GRACE Data</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">José Darrozes</w:t>
+                <w:t xml:space="preserve">The fate of Cu pesticides in vineyard soils: A case study using δ65Cu isotope ratios and EPR analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Blotevogel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priscia Oliva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Sobanska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Viers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yu-Jun Cui</w:t>
+                <w:t xml:space="preserve">Hervé Vezin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 10 (6), pp.924. </w:t>
+              <w:t xml:space="preserve">Chemical Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 477, pp.35 - 46. </w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/rs10060924⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.chemgeo.2017.11.032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03058498v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01901795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effect of thermal cycles on limestone mechanical degradation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claudia Juliana Villarraga</w:t>
+                <w:t xml:space="preserve">Investigation of Short-Term Evolution of Soil Characteristics over the Lake Chad Basin Using GRACE Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Téodolina Lopez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Ramillien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Darrozes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muriel Gasc-Barbier</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Yu-Jun Cui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Rock Mechanics and Mining Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijrmms.2018.06.017⟩</w:t>
+              <w:t xml:space="preserve">Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 10 (6), pp.924. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/rs10060924⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01850454v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03058498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deriving surface soil moisture from reflected GNSS signal observations from a grassland site in southwestern France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The effect of thermal cycles on limestone mechanical degradation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Juliana Villarraga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sibo Zhang</w:t>
+                <w:t xml:space="preserve">Muriel Gasc-Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Christophe Calvet</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">J. Vaunat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Darrozes</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 22, pp.1931-1946. </w:t>
+              <w:t xml:space="preserve">International Journal of Rock Mechanics and Mining Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 109, pp.115 - 123. </w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/hess-22-1931-2018⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijrmms.2018.06.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-04831807v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01850454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Smectite as a marker of telogenetic process along structural heterogeneities of sedimentary basin: case study of the Eocene submarine slide surfaces of the Ainsa Basin</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Long-term ground displacement observations using InSAR and GNSS at Piton de la Fournaise volcano between 2009 and 2014</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Remy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Froger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francis Odonne</w:t>
+                <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Beaufort</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nicolas Villeneuve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de la Société Géologique de France</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/bsgf/2017186⟩</w:t>
+              <w:t xml:space="preserve">Remote Sensing of Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 194, pp.230 - 247. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.rse.2017.03.038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02008034v1</w:t>
+                <w:t xml:space="preserve">hal-01906613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of reflected GNSS SNR data to retrieve either soil moisture or vegetation height from a wheat crop</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sibo Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Boniface</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minh Cuong Ha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Frappart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 21, pp.4767-4784. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/hess-21-4767-2017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-03661359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-term ground displacement observations using InSAR and GNSS at Piton de la Fournaise volcano between 2009 and 2014</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Froger</w:t>
+                <w:t xml:space="preserve">Smectite as a marker of telogenetic process along structural heterogeneities of sedimentary basin: case study of the Eocene submarine slide surfaces of the Ainsa Basin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Odonne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Beaufort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aline Peltier</w:t>
+                <w:t xml:space="preserve">Romain Munck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Villeneuve</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Laure Bourrières</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Darrozes</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing of Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 194, pp.230 - 247. </w:t>
+              <w:t xml:space="preserve">Bulletin de la Société Géologique de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 188 (4), pp.22. </w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.rse.2017.03.038⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/bsgf/2017186⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01906613v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02008034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monitoring of the Spatio-Temporal Dynamics of the Floods in the Guayas Watershed (Ecuadorian Pacific Coast) Using Global Monitoring ENVISAT ASAR Images and Rainfall Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Frappart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Bourrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5232,161 +5232,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01425021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Populus nigra L. establishment and fluvial landform construction: biogeomorphic dynamics within a channelized river</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dov Jean-François Corenblit</w:t>
+                <w:t xml:space="preserve">Subsurface hydrology of the Lake Chad Basin from convection modelling and observations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Téodolina Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Johannes Steiger</w:t>
+                <w:t xml:space="preserve">R. Antoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaspard Charrier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">José Darrozes</w:t>
+                <w:t xml:space="preserve">Yann H. Kerr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Darrozes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virginia Garófano-Gómez</w:t>
+                <w:t xml:space="preserve">M. Rabinowicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth Surface Processes and Landforms</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 41, pp.1276-1292. </w:t>
+              <w:t xml:space="preserve">Surveys in Geophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 37 (2), pp.471--502. </w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/esp.3954⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10712-016-9363-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01381848v1</w:t>
+                <w:t xml:space="preserve">hal-02086954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">GLORI: a GNSS-R dual polarization airborne instrument for land surface monitoring</w:t>
               </w:r>
@@ -5500,217 +5500,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01361071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Subsurface hydrology of the Lake Chad Basin from convection modelling and observations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Téodolina Lopez</w:t>
+                <w:t xml:space="preserve">Populus nigra L. establishment and fluvial landform construction: biogeomorphic dynamics within a channelized river</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dov Jean-François Corenblit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Antoine</w:t>
+                <w:t xml:space="preserve">Johannes Steiger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yann H. Kerr</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">J. Darrozes</w:t>
+                <w:t xml:space="preserve">Gaspard Charrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Darrozes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Rabinowicz</w:t>
+                <w:t xml:space="preserve">Virginia Garófano-Gómez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Surveys in Geophysics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 37 (2), pp.471--502. </w:t>
+              <w:t xml:space="preserve">Earth Surface Processes and Landforms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 41, pp.1276-1292. </w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10712-016-9363-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/esp.3954⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02086954v1</w:t>
+                <w:t xml:space="preserve">hal-01381848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sea level monitoring and sea state estimate using a single geodetic receiver</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Ramillien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Frappart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Darrozes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5799,90 +5799,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The biogeomorphological life cycle of riparian poplar during the fluvial biogeomorphological succession: a special focus on Populus nigra L.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dov Jean-François Corenblit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johannes Steiger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. González</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. M. Gurnell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaspard Charrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Earth Surface Processes and Landforms</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 39 (4), pp.546-563. </w:t>
@@ -5945,51 +5945,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulations of direct and reflected wave trajectories for ground-based GNSS-R experiments.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Frappart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G Ramillien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6092,51 +6092,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dov Jean-François Corenblit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johannes Steiger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Darrozes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6202,721 +6202,721 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00877941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gradual diversions of the Rio Pastaza in the Ecuadorian piedmont of the Andes from 1906 to 2008: role of tectonics, alluvial fan aggradation and ENSO events</w:t>
+                <w:t xml:space="preserve">Crevassing and capture by floodplain drains as a cause of partial avulsion and anastomosis (lower Rio Pastaza, Peru)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina Bernal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Christophoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Darrozes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Claude Soula</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">José Darrozes</w:t>
+                <w:t xml:space="preserve">Alain Laraque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Bourrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Earth Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, pp.101: 1913-1928. </w:t>
+              <w:t xml:space="preserve">Journal of South American Earth Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, pp.000:0000. </w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00531-012-0752-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jsames.2012.11.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00652362v4</w:t>
+                <w:t xml:space="preserve">hal-00652275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crevassing and capture by floodplain drains as a cause of partial avulsion and anastomosis (lower Rio Pastaza, Peru)</w:t>
+                <w:t xml:space="preserve">Gradual diversions of the Rio Pastaza in the Ecuadorian piedmont of the Andes from 1906 to 2008: role of tectonics, alluvial fan aggradation and ENSO events</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina Bernal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Christophoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Soula</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Darrozes</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alain Laraque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Bourrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of South American Earth Sciences</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Earth Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, pp.101: 1913-1928. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00531-012-0752-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jsames.2012.11.009⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00652275v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00652362v4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Provenance of Cenozoic sedimentary rocks from the Sulaiman fold and thrust belt, Pakistan: implications for the palaeogeography of the Indus drainage system</w:t>
+                <w:t xml:space="preserve">Feedbacks between geomorphology and biota controlling Earth surface processes and landforms: A review of foundation concepts and current understandings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Roddaz</w:t>
+                <w:t xml:space="preserve">Andreas C.W. Baas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aymen Said</w:t>
+                <w:t xml:space="preserve">Gudrun Bornette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Darrozes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Guillot</w:t>
+                <w:t xml:space="preserve">Sebastien Delmotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Olivier Antoine</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Montel</w:t>
+                <w:t xml:space="preserve">Robert A. Francis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Geological Society</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Earth-Science Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 106 (3-4), pp.307-331. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.earscirev.2011.03.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1144/0016-76492010-100⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-00645628v1</w:t>
+                <w:t xml:space="preserve">halsde-00601777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Late Glacial and Holocene avulsions of the Rio Pastaza Megafan (Ecuador- Peru): frequency and controlling factors</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Provenance of Cenozoic sedimentary rocks from the Sulaiman fold and thrust belt, Pakistan: implications for the palaeogeography of the Indus drainage system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrice Baby</w:t>
+                <w:t xml:space="preserve">Martin Roddaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymen Said</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Olivier Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Montel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Earth Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00531-010-0555-9⟩</w:t>
+              <w:t xml:space="preserve">Journal of the Geological Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 168 (2), pp.499-516. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1144/0016-76492010-100⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00536576v3</w:t>
+                <w:t xml:space="preserve">insu-00645628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Feedbacks between geomorphology and biota controlling Earth surface processes and landforms: A review of foundation concepts and current understandings</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gudrun Bornette</w:t>
+                <w:t xml:space="preserve">Late Glacial and Holocene avulsions of the Rio Pastaza Megafan (Ecuador- Peru): frequency and controlling factors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolina Bernal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Christophoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Darrozes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Robert A. Francis</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Soula</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Baby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth-Science Reviews</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.earscirev.2011.03.002⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Earth Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 100 (1759-1782), pp.10.1007/s00531-010-0555-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00531-010-0555-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">halsde-00601777v1</w:t>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00536576v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A 2D electrical resistivity tomography survey of a vineyard plot of the Gaillac appellation (France): interpretation with respect to possible implications on vine water supply</w:t>
               </w:r>
@@ -7036,51 +7036,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sediment budget of the Napo River, Amazon basin, Ecuador and Peru</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Laraque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina Bernal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7342,51 +7342,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Lagnous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Espurt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Baby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Darrozes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7422,307 +7422,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00343391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">= 5.1 1980 Arudy earthquake sequence (western Pyrenees, France): a revisited multi-scale integrated seismologic, geomorphologic and tectonic investigation</w:t>
+                <w:t xml:space="preserve">Long-term denudation rates from the Central Andes (Chile) estimated from a Digital Elevation Model using the Black Top Hat function and Inverse Distance Weighting: implications for the Neogene climate of the Atacama Desert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Courjault-Radé</w:t>
+                <w:t xml:space="preserve">Rodrigo Riquelme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Darrozes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Gaillot</w:t>
+                <w:t xml:space="preserve">Gérard Hérail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.C Soula</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Earth Sciences</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revista Geologica de Chile</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 35 (1), pp.105-121</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00318641v1</w:t>
+                <w:t xml:space="preserve">hal-01368844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-term denudation rates from the Central Andes (Chile) estimated from a Digital Elevation Model using the Black Top Hat function and Inverse Distance Weighting: implications for the Neogene climate of the Atacama Desert</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">= 5.1 1980 Arudy earthquake sequence (western Pyrenees, France): a revisited multi-scale integrated seismologic, geomorphologic and tectonic investigation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Courjault-Radé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Darrozes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rodrigo Riquelme</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">J.C Soula</w:t>
+                <w:t xml:space="preserve">Philippe Gaillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revista Geologica de Chile</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Earth Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, pp.35. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/S00531-008-0320-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01368844v1</w:t>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00318641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Late Cenozoic geomorphologic signal of Andean forearc deformation and tilting associated with the uplift and climate changes of the Southern Atacama Desert (26°S 28°S)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigo Riquelme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Hérail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Martinod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7833,51 +7833,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Felipe Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Courjault-Radé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Darrozes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7924,77 +7924,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structural analysis of hypocentral distribution of an earthquake sequence using anisotropic wavelets: Method and application</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gaillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Darrozes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Courjault-Radé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 107, </w:t>
             </w:r>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8170,51 +8170,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The normalised optimised anisotropic wavelet coefficient (NOAWC) method: An image processing tool for multi-scale analysis of rock fabric</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gaillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Darrozes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8403,511 +8403,563 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Model and Observation for Surface Atmosphere Interactions (MOSAI) project</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Long-term coastal sea level monitoring by GNSS reflectometry in the Bay of Biscay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théo Gravalon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucia Seoane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Ramillien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Darrozes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Roblou</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU22, the 24th EGU General Assembly</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Sea Level Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Brest, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04210093v1</w:t>
+                <w:t xml:space="preserve">hal-04947691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-term coastal sea level monitoring by GNSS reflectometry in the Bay of Biscay</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Model and Observation for Surface Atmosphere Interactions (MOSAI) project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Lohou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Lothon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Bastin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Brut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guylaine Canut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sea Level Workshop</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EGU22, the 24th EGU General Assembly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Vienna, Austria. pp.id.EGU22-8797, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu22-8797⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId317" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04947691v1</w:t>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04210093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AN INNOVATIVE MAPPING OF HYDROCLIMATIC TIME SERIES OF THE NIGER WATERSHED BY INVERTING GRACE KBR RANGES ON A BASIS OF SURFACE SLEPIAN FUNCTIONS</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">L Seoane</w:t>
+                <w:t xml:space="preserve">Can GNSS-R help us to monitor the effects of inverse barometer in coastal areas ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théo Gravalon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucia Seoane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Darrozes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Ramillien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IGARSS 2021</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">vEGU21</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, à renseigner, Unknown Region. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu21-12499⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03374638v1</w:t>
+                <w:t xml:space="preserve">insu-03669242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Innovative Mapping of Hydroclimatic Time Series of the Niger Watershed by Inverting Grace KBR Ranges on a Basis of Surface Slepian Functions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Backscattering Signatures at Ku Band Over Africa from Jason-3 and Swim</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Frappart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Blarel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Ramillien</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">J. Darrozes</w:t>
+                <w:t xml:space="preserve">Z. Aoulad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Seoane</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">C. Prigent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Mougin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IGARSS 2021 - 2021 IEEE International Geoscience and Remote Sensing Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2021, Brussels, France. pp.6136-6139, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/IGARSS47720.2021.9553841⟩</w:t>
+              <w:t xml:space="preserve">, Jul 2021, Brussels, France. pp.8007-8010, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IGARSS47720.2021.9553484⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03402831v1</w:t>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03410552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using an Inertial Navigation System for Gravimetric Applications. A Comparative Study Between an INS, a Microgravity Meter and a Seismometer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Beirens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Darrozes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8925,712 +8977,660 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucía Seoane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IGARSS 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, Bruxelles, Belgium. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IGARSS47720.2021.9554499⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId326" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03378469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Impact of Barometric Variations on the Sea Level in Coastal Areas Using GNSS Reflectometry</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Ramillien</w:t>
+                <w:t xml:space="preserve">An Innovative Mapping of Hydroclimatic Time Series of the Niger Watershed by Inverting Grace KBR Ranges on a Basis of Surface Slepian Functions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Ramillien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Darrozes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Seoane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2021 IEEE International Geoscience and Remote Sensing Symposium IGARSS</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IGARSS 2021 - 2021 IEEE International Geoscience and Remote Sensing Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Brussels, France. pp.6136-6139, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IGARSS47720.2021.9553841⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/IGARSS47720.2021.9555027⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03375523v1</w:t>
+                <w:t xml:space="preserve">hal-03402831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automatic Detection of Inland Water Bodies Along Altimetry Tracks Using Radar Backscattering</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">AN INNOVATIVE MAPPING OF HYDROCLIMATIC TIME SERIES OF THE NIGER WATERSHED BY INVERTING GRACE KBR RANGES ON A BASIS OF SURFACE SLEPIAN FUNCTIONS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Bellot</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">G L Ramillien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Darrozes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Seoane</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IGARSS 2021 - 2021 IEEE International Geoscience and Remote Sensing Symposium</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IGARSS 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Bruxelles, Belgium</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId329" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03910426v1</w:t>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03374638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seafloor topography variations mapped by regional gravity tensor analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lucia Seoane</w:t>
+                <w:t xml:space="preserve">The Impact of Barometric Variations on the Sea Level in Coastal Areas Using GNSS Reflectometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théo Gravalon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucía Seoane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Darrozes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Ramillien</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">vEGU21</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2021, Virtual, Unknown Region. </w:t>
+              <w:t xml:space="preserve">2021 IEEE International Geoscience and Remote Sensing Symposium IGARSS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Bruxelles, Belgium. </w:t>
             </w:r>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/egusphere-egu21-12570⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/IGARSS47720.2021.9555027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-03669241v1</w:t>
+                <w:t xml:space="preserve">hal-03375523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Can GNSS-R help us to monitor the effects of inverse barometer in coastal areas ?</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Automatic Detection of Inland Water Bodies Along Altimetry Tracks Using Radar Backscattering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Frappart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Zeiger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Betbeder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Gond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Bellot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">vEGU21</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/egusphere-egu21-12499⟩</w:t>
+              <w:t xml:space="preserve">IGARSS 2021 - 2021 IEEE International Geoscience and Remote Sensing Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Brussels, Belgium. pp.6052-6055, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IGARSS47720.2021.9553223⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-03669242v1</w:t>
+                <w:t xml:space="preserve">hal-03910426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Backscattering Signatures at Ku Band Over Africa from Jason-3 and Swim</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">E. Mougin</w:t>
+                <w:t xml:space="preserve">Seafloor topography variations mapped by regional gravity tensor analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucia Seoane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Ramillien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Darrozes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Frappart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Rouxel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IGARSS 2021 - 2021 IEEE International Geoscience and Remote Sensing Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2021, Brussels, France. pp.8007-8010, </w:t>
+              <w:t xml:space="preserve">vEGU21</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2021, Virtual, Unknown Region. </w:t>
             </w:r>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/IGARSS47720.2021.9553484⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu21-12570⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId339" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03410552v1</w:t>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03669241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development and Qualification of Instrumented Unmanned Planes for Turbulence Observations in the Atmospheric Surface Layer</w:t>
               </w:r>
@@ -9741,103 +9741,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of the surface permeability on the GRACE water mass variations. Case of the Lake Chad basin.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Téodolina Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Ramillien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Antoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Darrozes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Rabinowicz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AGU Fall Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2017, San Francisco, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10176,51 +10176,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relation entre dynamique sédimentaire et croissance de Populus nigra L. (peuplier noir) sur les bancs alluviaux de l’Allier et de la Garonne : apports du projet CONSILPOP</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dov Corenblit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Steiger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10326,103 +10326,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Subsurface Hydrology of the Lake Chad Basin from Convection Modelling and Observations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Téodolina Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Antoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann H. Kerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Darrozes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Rabinowicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cazenave A. (ed.), Champollion N. (ed.), Benveniste J. (ed.), Chen J. (ed.) Remote sensing and water resources. Cham : Springer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.281-312, 2016, </w:t>
@@ -11038,51 +11038,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347633v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Cambier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Darrozes" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Llubes" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Seoane" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ramillien" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs17213552" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768045v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Fuseau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc&#237;a Seoane" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Plazolles" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs16214031" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04921103v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phuong Lan Vu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Cuong" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phuong Bac Nguyen" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huu Duy Nguyen" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Bao" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46544/ams.v28i4.19" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491029v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Zeiger" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Frappart" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Prigent" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Jim&#233;nez" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2023.130305" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977767v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dov Corenblit" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Decaux" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Delmotte" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Toumazet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Arrignon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/ast.2022.0034" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04047937v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Viers" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Freydier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Antonio Grande" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Zouiten" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Marquet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-023-25802-2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04218460v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh-Cuong Ha" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Grippa" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/22797254.2022.2156931" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04218430v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Beirens" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice M&#233;dina" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23167060" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03910608v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Gravalon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Roblou" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2022.113090" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03867010v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Zeiger" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Darrozes" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-annals-V-3-2022-93-2022" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04907634v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs14235938" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03661494v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Abreu-Torres" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Martin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Ortiz-Alem&#225;n" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Urrutia-Fucugauchi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10712-021-09689-7" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808024v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2022.113278" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491036v2" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Roussel" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bonneton" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs13091856" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03045692v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Blarel" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Papa" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Mougin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asr.2020.06.043" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03225921v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs13091824" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03352440v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Betbeder" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Gond" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Bellot" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs13193804" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04904448v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lili Jing" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Yang" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wentao Yang" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tianhe Xu" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fan Gao" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs13194013" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03215002v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saleh Abdalla" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdolnabi Abdeh Kolahchi" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Ablain" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susheel Adusumilli" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suchandra Aich Bhowmick" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asr.2021.01.022" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03522088v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Rouxel" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs14010169" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03489613v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Delplace" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Schreck" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg S. Pokrovsky" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isalyne Blondet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2019.135595" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000656v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maike Schumacher" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ehsan Forootan" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs12081299" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390214v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Auda" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lina Macouin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2019.124955" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383838v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Cuong Ha" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs11070782" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02500997v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Blotevogel" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Audry" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Saldi" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2019.02.015" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03142692v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Viers" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Casas" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Jubany" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2019.07.302" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123568v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dov Jean-Fran&#231;ois Corenblit" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Julien" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Otto" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Roussel" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/ast.2018.1969" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02057470v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Chen" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kefei Zhang" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Froger" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kun Tan" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Remy" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs10040597" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302144v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phuong Vu" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Marieu" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs10010093" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058486v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#233;odolina Lopez" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Antoine" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Rabinowicz" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Baratoux" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12583-017-0814-9" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02272424v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Biancamaria" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Normandin" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Blarel" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bourrel" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2018.04.326" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901795v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscia Oliva" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Sobanska" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Vezin" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2017.11.032" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TM2KD4DN-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058498v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Jun Cui" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs10060924" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01850454v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Juliana Villarraga" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Gasc-Barbier" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vaunat" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijrmms.2018.06.017" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04831807v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibo Zhang" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Calvet" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-22-1931-2018" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008034v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Odonne" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Beaufort" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Munck" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bourri&#232;res" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/bsgf/2017186" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03661359v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Boniface" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-21-4767-2017" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01906613v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Peltier" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Villeneuve" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2017.03.038" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01425021v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Bourrel" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Brodu" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ximena Riofr&#237;o Salazar" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Baup" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w9010012" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381848v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Steiger" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaspard Charrier" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginia Gar&#243;fano-G&#243;mez" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/esp.3954" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361071v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Motte" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehrez Zribi" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Fanise" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Egido" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s16050732" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086954v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Antoine" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann H. Kerr" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rabinowicz" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10712-016-9363-5" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02562477v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Gay" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2015.10.011" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-02BX9BCB-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01059244v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M. Gurnell" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/esp.3515" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-VZGJ9XFS-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01081890v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Roussel" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Ramillien" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Darrozes" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Desjardins" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-7-2261-2014" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00877941v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Mialet" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geomorphologie.10206" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-NS7BC4F4-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00652362v4" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Bernal" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Christophoul" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Soula" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00531-012-0752-9" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/6510876131E61389D7461A41E0D985F71CE10869/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00652275v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Laraque" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsames.2012.11.009" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00645628v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Roddaz" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymen Said" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guillot" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Antoine" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Montel" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1144/0016-76492010-100" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00536576v3" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Baby" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00531-010-0555-9" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00601777v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas C.W. Baas" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gudrun Bornette" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Delmotte" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert A. Francis" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.earscirev.2011.03.002" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L3P8316B-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01587441v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Courjault-Rad&#233;" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Llubes" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Munoz" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Maire" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2010.44.2.1462" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-00555350v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.7463" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/655071DC5F17517E8BEB95836E4D1E5A88504EC0/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01020714v2" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ahizoun" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Maire" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souad Haida" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Probst" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00343391v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Regard" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Lagnous" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Espurt" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00318641v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Courjault-Rad&#233;" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gaillot" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/S00531-008-0320-5" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-DBBQ1XZJ-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01368844v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Riquelme" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard H&#233;rail" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C Soula" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00320252v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Martinod" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reynaldo Charrier" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.GEOMORPH.2006.09.004" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TN2LMHCT-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01367706v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Rodriguez" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2001GL014412" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03642960v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2001JB000212" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429239v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Launeau" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Gr&#233;goire" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Gaillot" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A N&#233;d&#233;lec" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0191-8141(98)00022-4" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0JXFQDVC-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00590664v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel de Saint Blanquat" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Ouillon" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/97GL01601" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00590660v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0098-3004(97)00063-0" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JMBSVQJG-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04210093v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Lohou" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lothon" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bastin" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Brut" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guylaine Canut" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-8797" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947691v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374638v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G L Ramillien" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Seoane" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402831v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ramillien" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Seoane" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS47720.2021.9553841" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378469v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS47720.2021.9554499" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375523v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS47720.2021.9555027" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03910426v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Frappart" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Betbeder" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Gond" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bellot" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS47720.2021.9553223" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03669241v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-12570" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03669242v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-12499" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03410552v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Aoulad" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Prigent" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mougin" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS47720.2021.9553484" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02197668v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Alaoui-Sosse" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pastor" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Durand" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Medina" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gavart" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865153v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01819075v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Molfulleda, A" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mart&#237;n, F" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rousel, N" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Desenfans, O" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01659265v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Ouin" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Beranger" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Blanchet" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cucherousset" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128299v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Steiger" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Charrier" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Garreau" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865042v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-32449-4_12" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01005191v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04936744v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ayrault" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucilla Benedetti" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bertrand" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bouchez" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Calmet" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05045026v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pinay" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ferrage" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Abcha" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ackerer" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347633v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Cambier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Darrozes" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Llubes" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Seoane" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ramillien" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs17213552" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768045v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Fuseau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc&#237;a Seoane" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Plazolles" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs16214031" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04218430v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Beirens" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice M&#233;dina" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23167060" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977767v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dov Corenblit" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Decaux" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Delmotte" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Toumazet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Arrignon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/ast.2022.0034" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491029v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Zeiger" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Frappart" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Prigent" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Jim&#233;nez" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2023.130305" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04921103v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phuong Lan Vu" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Cuong" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phuong Bac Nguyen" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huu Duy Nguyen" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Bao" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46544/ams.v28i4.19" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04047937v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Viers" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Freydier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Antonio Grande" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Zouiten" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Marquet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-023-25802-2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04218460v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh-Cuong Ha" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Grippa" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/22797254.2022.2156931" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808024v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2022.113278" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04907634v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs14235938" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03867010v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Zeiger" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Darrozes" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-annals-V-3-2022-93-2022" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03910608v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Gravalon" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Roblou" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2022.113090" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03661494v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Abreu-Torres" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Martin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Ortiz-Alem&#225;n" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Urrutia-Fucugauchi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10712-021-09689-7" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03215002v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saleh Abdalla" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdolnabi Abdeh Kolahchi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Ablain" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susheel Adusumilli" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suchandra Aich Bhowmick" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asr.2021.01.022" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04904448v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lili Jing" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Yang" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wentao Yang" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tianhe Xu" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fan Gao" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs13194013" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03352440v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Betbeder" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Gond" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Bellot" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs13193804" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03225921v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs13091824" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03045692v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Blarel" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Papa" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Mougin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asr.2020.06.043" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491036v2" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Roussel" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bonneton" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs13091856" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03522088v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Rouxel" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs14010169" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390214v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Schreck" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isalyne Blondet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Auda" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lina Macouin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2019.124955" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03489613v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Delplace" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg S. Pokrovsky" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2019.135595" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000656v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maike Schumacher" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ehsan Forootan" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs12081299" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383838v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Cuong Ha" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs11070782" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02500997v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Blotevogel" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Audry" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Saldi" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2019.02.015" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03142692v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Viers" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Casas" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Jubany" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2019.07.302" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123568v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dov Jean-Fran&#231;ois Corenblit" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Julien" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Otto" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Roussel" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/ast.2018.1969" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04831807v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibo Zhang" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Calvet" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-22-1931-2018" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302144v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phuong Vu" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Marieu" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs10010093" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02057470v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Chen" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kefei Zhang" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Froger" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kun Tan" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Remy" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs10040597" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058486v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#233;odolina Lopez" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Antoine" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Rabinowicz" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Baratoux" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12583-017-0814-9" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02272424v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Biancamaria" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Normandin" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Blarel" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bourrel" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2018.04.326" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901795v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscia Oliva" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Sobanska" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Vezin" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2017.11.032" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TM2KD4DN-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058498v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Jun Cui" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs10060924" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01850454v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Juliana Villarraga" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Gasc-Barbier" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vaunat" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijrmms.2018.06.017" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01906613v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Peltier" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Villeneuve" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2017.03.038" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03661359v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Boniface" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-21-4767-2017" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008034v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Odonne" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Beaufort" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Munck" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bourri&#232;res" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/bsgf/2017186" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01425021v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Bourrel" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Brodu" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ximena Riofr&#237;o Salazar" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Baup" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w9010012" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086954v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Antoine" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann H. Kerr" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rabinowicz" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10712-016-9363-5" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361071v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Motte" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehrez Zribi" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Fanise" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Egido" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s16050732" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381848v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Steiger" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaspard Charrier" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginia Gar&#243;fano-G&#243;mez" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/esp.3954" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02562477v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Gay" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2015.10.011" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-02BX9BCB-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01059244v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M. Gurnell" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/esp.3515" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-VZGJ9XFS-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01081890v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Roussel" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Ramillien" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Darrozes" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Desjardins" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-7-2261-2014" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00877941v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Mialet" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geomorphologie.10206" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-NS7BC4F4-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00652275v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Bernal" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Christophoul" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Laraque" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsames.2012.11.009" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00652362v4" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Soula" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00531-012-0752-9" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/6510876131E61389D7461A41E0D985F71CE10869/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00601777v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas C.W. Baas" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gudrun Bornette" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Delmotte" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert A. Francis" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.earscirev.2011.03.002" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L3P8316B-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00645628v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Roddaz" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymen Said" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guillot" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Antoine" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Montel" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1144/0016-76492010-100" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00536576v3" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Baby" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00531-010-0555-9" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01587441v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Courjault-Rad&#233;" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Llubes" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Munoz" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Maire" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2010.44.2.1462" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-00555350v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.7463" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/655071DC5F17517E8BEB95836E4D1E5A88504EC0/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01020714v2" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ahizoun" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Maire" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souad Haida" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Probst" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00343391v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Regard" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Lagnous" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Espurt" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01368844v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Riquelme" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard H&#233;rail" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C Soula" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00318641v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Courjault-Rad&#233;" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gaillot" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/S00531-008-0320-5" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-DBBQ1XZJ-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00320252v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Martinod" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reynaldo Charrier" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.GEOMORPH.2006.09.004" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TN2LMHCT-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01367706v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Rodriguez" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2001GL014412" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03642960v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2001JB000212" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429239v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Launeau" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Gr&#233;goire" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Gaillot" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A N&#233;d&#233;lec" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0191-8141(98)00022-4" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0JXFQDVC-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00590664v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel de Saint Blanquat" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Ouillon" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/97GL01601" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00590660v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0098-3004(97)00063-0" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JMBSVQJG-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947691v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04210093v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Lohou" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lothon" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bastin" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Brut" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guylaine Canut" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-8797" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03669242v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-12499" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03410552v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Frappart" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Aoulad" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Prigent" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mougin" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS47720.2021.9553484" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378469v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS47720.2021.9554499" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402831v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ramillien" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Seoane" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS47720.2021.9553841" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374638v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G L Ramillien" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Seoane" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375523v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS47720.2021.9555027" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03910426v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Betbeder" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Gond" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bellot" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS47720.2021.9553223" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03669241v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-12570" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02197668v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Alaoui-Sosse" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pastor" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Durand" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Medina" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gavart" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865153v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01819075v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Molfulleda, A" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mart&#237;n, F" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rousel, N" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Desenfans, O" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01659265v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Ouin" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Beranger" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Blanchet" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cucherousset" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128299v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Steiger" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Charrier" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Garreau" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865042v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-32449-4_12" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01005191v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04936744v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ayrault" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucilla Benedetti" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bertrand" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bouchez" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Calmet" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05045026v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pinay" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ferrage" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Abcha" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ackerer" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>