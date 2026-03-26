--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -636,516 +636,516 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04672544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cell-free expression and characterization of multivalent rhamnosebinding lectins using biolayer interferometry</w:t>
+                <w:t xml:space="preserve">Luminescent ruthenium(II) complexes used for the detection of 8oxoguanine in the human telomeric sequence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Katherine F Warfel</w:t>
+                <w:t xml:space="preserve">Martin Gillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eugénie Laigre</w:t>
+                <w:t xml:space="preserve">Rémy Lartia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah E Sobol</w:t>
+                <w:t xml:space="preserve">Hiba Yacoub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Gillon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Annabelle Varrot</w:t>
+                <w:t xml:space="preserve">Jérôme Dejeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Glycobiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/glycob/cwad018⟩</w:t>
+              <w:t xml:space="preserve">Bioconjugate Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 34, pp.414-421. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.bioconjchem.2c00578⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04018544v1</w:t>
+                <w:t xml:space="preserve">hal-03953381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical Biology of G-quadruplex and i-motif DNA: use of topologically constrained DNA</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cell-free expression and characterization of multivalent rhamnosebinding lectins using biolayer interferometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katherine F Warfel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Dejeu</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Eugénie Laigre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah E Sobol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Gillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabelle Varrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Chimie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5802/crchim.256⟩</w:t>
+              <w:t xml:space="preserve">Glycobiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 33 (5), pp.358-363. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/glycob/cwad018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04278512v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04018544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Repulsive Force for Micro-and Nano-Non-Contact Manipulation</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">Chemical Biology of G-quadruplex and i-motif DNA: use of topologically constrained DNA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Dejeu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Defrancq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/app13063886⟩</w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Chimie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 26 (1), pp.1 - 14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5802/crchim.256⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04036173v2</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04278512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luminescent ruthenium(II) complexes used for the detection of 8oxoguanine in the human telomeric sequence</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Repulsive Force for Micro-and Nano-Non-Contact Manipulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Cot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Gillard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hugues Bonnet</w:t>
+                <w:t xml:space="preserve">Patrick Rougeot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémy Lartia</w:t>
+                <w:t xml:space="preserve">Sophie Lakard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hiba Yacoub</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">Michaël Gauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Dejeu</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioconjugate Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 34, pp.414-421. </w:t>
+              <w:t xml:space="preserve">Applied Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (6), pp.3886. </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.bioconjchem.2c00578⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/app13063886⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03953381v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04036173v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Novel Synthesis of IMC-48 and Affinity Evaluation with Different i-Motif DNA Sequences</w:t>
               </w:r>
@@ -1259,351 +1259,351 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03933153v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conformational transition in SPR experiments: impact of spacer length, immobilization mode and aptamer density on signal sign and amplitude</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Assessment of presumed small-molecule ligands of telomeric i-DNA by biolayer interferometry (BLI)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marina Pons</w:t>
+                <w:t xml:space="preserve">Maéva Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine Perenon</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Emilie Gillon</w:t>
+                <w:t xml:space="preserve">Alexandre Devaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Boissieras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Celio Vallée</w:t>
+                <w:t xml:space="preserve">Anton Granzhan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analyst</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 19 (147), pp.4197-4205. </w:t>
+              <w:t xml:space="preserve">Chemical Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 58 (33), pp.5116. </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/D2AN00824F⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/D2CC00836J⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03813142v1</w:t>
+                <w:t xml:space="preserve">hal-03632613v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of presumed small-molecule ligands of telomeric i-DNA by biolayer interferometry (BLI)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Conformational transition in SPR experiments: impact of spacer length, immobilization mode and aptamer density on signal sign and amplitude</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Pons</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Perenon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugues Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Joseph Boissieras</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Gillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anton Granzhan</w:t>
+                <w:t xml:space="preserve">Celio Vallée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 58 (33), pp.5116. </w:t>
+              <w:t xml:space="preserve">Analyst</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 19 (147), pp.4197-4205. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/D2CC00836J⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/D2AN00824F⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03632613v2</w:t>
+                <w:t xml:space="preserve">hal-03813142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of the interaction of multivalent glycosylated ligands with bacterial lectins by biolayer interferometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Picault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eugénie Laigre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Gillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Tiertant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1706,64 +1706,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harikleia Episkopou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Le Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Gillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Dejeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RSC Chemical Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 3, pp.1375 - 1379. </w:t>
@@ -1801,103 +1801,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of new sticky and conducting polymer surfaces for MEMS applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Dejeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Cot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Rougeot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Lakard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Lakard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Synthetic Metals</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 276, pp.116757. </w:t>
@@ -1929,351 +1929,351 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03183884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flexible RuII Schiff base complexes: G‐quadruplex DNA binding and photo‐induced cancer cell death</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Direct Detection of Low Molecular Weight Compounds in 2D and 3D Aptasensors by Biolayer Interferometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédérique Loiseau</w:t>
+                <w:t xml:space="preserve">Anthony Vignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anabelle Decottignies</w:t>
+                <w:t xml:space="preserve">Arthur Flaget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Michelas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Deghdir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Defrancq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/chem.202001409⟩</w:t>
+              <w:t xml:space="preserve">ACS Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 5 (8), pp.2326-2330. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acssensors.0c00925⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02917005v1</w:t>
+                <w:t xml:space="preserve">hal-02917003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Direct Detection of Low Molecular Weight Compounds in 2D and 3D Aptasensors by Biolayer Interferometry</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Maxime Michelas</w:t>
+                <w:t xml:space="preserve">Flexible RuII Schiff base complexes: G‐quadruplex DNA binding and photo‐induced cancer cell death</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Gillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justin Weynand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mehdi Deghdir</w:t>
+                <w:t xml:space="preserve">Frédérique Loiseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éric Defrancq</w:t>
+                <w:t xml:space="preserve">Anabelle Decottignies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Sensors</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 5 (8), pp.2326-2330. </w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 26 (61), pp.13849-13860. </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acssensors.0c00925⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/chem.202001409⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02917003v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02917005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of Antigen Density on Recognition by Monoclonal Antibodies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Bar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Dejeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Lartia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fouzia Bano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2331,563 +2331,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02565754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photodetection of DNA mismatches by dissymmetric Ru( ii ) acridine based complexes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Martin Gillard</w:t>
+                <w:t xml:space="preserve">Targeting G-rich DNA Structures with Photo-Reactive bis-Cyclometalated Iridium(III) Complexes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justin Weynand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Loiseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baptiste Laramée-Milette</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Frédérique Loiseau</w:t>
+                <w:t xml:space="preserve">Jean-Luc Ravanat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Dejeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry Frontiers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c9qi00133f⟩</w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 25, pp.12730-12739. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.201902183⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04718270v1</w:t>
+                <w:t xml:space="preserve">hal-02179886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Targeting G-rich DNA Structures with Photo-Reactive bis-Cyclometalated Iridium(III) Complexes</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId85" w:history="1">
+                <w:t xml:space="preserve">Photodetection of DNA mismatches by dissymmetric Ru( ii ) acridine based complexes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Gillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laramée-Milette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Deraedt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Garry Hanan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Loiseau</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Dejeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 25, pp.12730-12739. </w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry Frontiers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 6 (9), pp.2260-2270. </w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/chem.201902183⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/c9qi00133f⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02179886v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04718270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scaffold stabilization of a G-triplex and study of its interactions with G-quadruplex targeting ligands</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Photodetection of DNA mismatches by dissymmetric Ru( ii ) acridine based complexes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Gillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laramée-Milette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Deraedt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laureen Bonnat</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Dejeu</w:t>
+                <w:t xml:space="preserve">Garry S Hanan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Loiseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c9ob01537j⟩</w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry Frontiers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 6 (9), pp.2260-2270. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c9qi00133f⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02481507v1</w:t>
+                <w:t xml:space="preserve">hal-02178652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photodetection of DNA mismatches by dissymmetric Ru( ii ) acridine based complexes</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Frédérique Loiseau</w:t>
+                <w:t xml:space="preserve">Scaffold stabilization of a G-triplex and study of its interactions with G-quadruplex targeting ligands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laureen Bonnat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maelle Dautriche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taous Saidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johana Revol-Cavalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Dejeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry Frontiers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c9qi00133f⟩</w:t>
+              <w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 17 (38), pp.8726-8736. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c9ob01537j⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02178652v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02481507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Targeting G‐Rich DNA Structures with Photoreactive Bis‐Cyclometallated Iridium(III) Complexes</w:t>
               </w:r>
@@ -2899,104 +2899,104 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justin Weynand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hughes Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Loiseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean‐luc Ravanat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Dejeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 25 (55), pp.12730-12739. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/chem.201902183⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04718266v1</w:t>
@@ -3275,51 +3275,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of Conformational Transitions on SPR Signals—Theoretical Treatment and Application in Small Analytes/Aptamer Recognition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Dejeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugues Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3333,361 +3333,361 @@
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Defrancq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Liliane Coche-Guérente</w:t>
+                <w:t xml:space="preserve">Liliane Coche-Guerente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 122 (37), pp.21521-21530. </w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.jpcc.8b07298⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04405867v1</w:t>
+                <w:t xml:space="preserve">hal-02180482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The study of multivalent carbohydrate–protein interactions by bio-layer interferometry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eugénie Laigre</w:t>
+                <w:t xml:space="preserve">Impact of Conformational Transitions on SPR Signals—Theoretical Treatment and Application in Small Analytes/Aptamer Recognition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Dejeu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Spinelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Defrancq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Goyard</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Liliane Coche-Guérente</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c8ob01664j⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 122 (37), pp.21521-21530. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.8b07298⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02086186v1</w:t>
+                <w:t xml:space="preserve">hal-04405867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of Conformational Transitions on SPR Signals—Theoretical Treatment and Application in Small Analytes/Aptamer Recognition</w:t>
+                <w:t xml:space="preserve">The study of multivalent carbohydrate–protein interactions by bio-layer interferometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Eugénie Laigre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Goyard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Tiertant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Jérôme Dejeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Renaudet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.8b07298⟩</w:t>
+              <w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 16 (46), pp.8899-8903. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c8ob01664j⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02180482v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02086186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards the Development of Photo-Reactive Ruthenium (II) Complexes Targeting Telomeric G- Quadruplex DNA</w:t>
               </w:r>
@@ -3801,429 +3801,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02180501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient functional neutralization of lethal peptide toxins in vivo by oligonucleotides</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Template-Mediated Stabilization of a DNA G-Quadruplex formed in the HIV-1 Promoter and Comparative Binding Studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laureen Bonnat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Bar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tarek Mohamed Abd El-Aziz</w:t>
+                <w:t xml:space="preserve">Béatrice Gennaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corinne Ravelet</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Simon Pale</w:t>
+                <w:t xml:space="preserve">Olivier Jarjayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-017-07554-5⟩</w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 23 (23), pp.5602-5613. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.201700417⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01639599v1</w:t>
+                <w:t xml:space="preserve">hal-02178158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Template-Mediated Stabilization of a DNA G-Quadruplex formed in the HIV-1 Promoter and Comparative Binding Studies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laureen Bonnat</w:t>
+                <w:t xml:space="preserve">New Ruthenium-Based Probes for Selective G-Quadruplex Targeting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Piraux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Bar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Olivier Jarjayes</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Abraham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Lavergne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Jamet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 23 (23), pp.5602-5613. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/chem.201700417⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 23 (49), pp.11872 - 11880. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.201702076⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02178158v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01639844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New Ruthenium-Based Probes for Selective G-Quadruplex Targeting</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Efficient functional neutralization of lethal peptide toxins in vivo by oligonucleotides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tarek Mohamed Abd El-Aziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Ravelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordi Molgó</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Piraux</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Michaël Abraham</w:t>
+                <w:t xml:space="preserve">Emmanuelle Fiore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Lavergne</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hélène Jamet</w:t>
+                <w:t xml:space="preserve">Simon Pale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 23 (49), pp.11872 - 11880. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7 (1), pp.7202. </w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/chem.201702076⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-017-07554-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01639844v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01639599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The pKa value of the proximal water molecule trans to a high-valent MnV=O porphyrin: Towards the control of reactivity by pH</w:t>
               </w:r>
@@ -4235,51 +4235,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Saint-Germes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Bar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Dejeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Spinelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4489,64 +4489,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Binding of metalloporphyrins to G-quadruplex DNA: The role of the central metal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Dejeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Lavergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Della Nora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4670,64 +4670,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Constantin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Penasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Dejeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Gennaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 22 (5), pp.1760 - 1767. </w:t>
@@ -4771,511 +4771,511 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01400347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cobalt( iii )porphyrin to target G-quadruplex DNA</w:t>
+                <w:t xml:space="preserve">Sensor Based on Aptamer Folding to Detect Low-Molecular Weight Analytes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Sabater</w:t>
+                <w:t xml:space="preserve">Alina Osypova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pei-Ju Fang</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Enora Prado</w:t>
+                <w:t xml:space="preserve">Dhruv Thakar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Dejeu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angéline van Der Heyden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalton Transactions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c4dt03631j⟩</w:t>
+              <w:t xml:space="preserve">Analytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 87 (15), pp.7566 - 7574. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.analchem.5b01736⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01650937v1</w:t>
+                <w:t xml:space="preserve">hal-01651120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensor Based on Aptamer Folding to Detect Low-Molecular Weight Analytes</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">The nickel(II) complex of guanidinium phenyl porphyrin, a specific G-quadruplex ligand, targets telomeres and leads to POT1 mislocalization in culture cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Sabater</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laure Nicolau-Travers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore de Rache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enora Prado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Dejeu</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Angéline van Der Heyden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytical Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.analchem.5b01736⟩</w:t>
+              <w:t xml:space="preserve">Journal of Biological Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 20 (4), pp.729 - 738. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00775-015-1260-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01651120v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01651420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The nickel(II) complex of guanidinium phenyl porphyrin, a specific G-quadruplex ligand, targets telomeres and leads to POT1 mislocalization in culture cells</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId178" w:history="1">
+                <w:t xml:space="preserve">Cobalt( iii )porphyrin to target G-quadruplex DNA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Sabater</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pei-Ju Fang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chi-Fon Chang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore de Rache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enora Prado</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Dejeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biological Inorganic Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 20 (4), pp.729 - 738. </w:t>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 44 (8), pp.3701 - 3707. </w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00775-015-1260-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/c4dt03631j⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01651420v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01650937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Redox-Driven Host-Guest Interactions Allow the Controlled Release of Captured Cells on RGD-Functionalized Surfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dhruv Thakar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liliane Coche-Guérente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Claron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane H. F. Wenk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Dejeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ChemBioChem</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 15 (3), pp.377 - 381. </w:t>
@@ -5325,103 +5325,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis and specificities of adhesive forces between microscale and nanoscale.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Alvo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Dejeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Tamadazte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Rougeot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Automation Science and Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 3, pp.562-570. </w:t>
@@ -5459,90 +5459,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electrosynthesis and characterization of polymer films on silicon substrates for applications in micromanipulation.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Cot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Lakard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Dejeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Rougeot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Magnenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5644,51 +5644,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Lakard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Hihn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Dejeu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Synthetic Metals</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 162 (1-2), pp.193-198. </w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5734,90 +5734,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanostructured non-adhesive surfaces for Micro- and Nanomanipulation.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Dejeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikhael Bechelany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Berodier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Rougeot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johann Michler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5868,103 +5868,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adhesion control for Micro- and Nano-Manipulation.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Dejeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikhael Bechelany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Rougeot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laëtitia Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Gauthier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS Nano</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 5 (6), pp.4648-4657. </w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6037,64 +6037,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Lakard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Hihn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Dejeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Rougeot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Thin Solid Films</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 519 (22), pp.7754-7762. </w:t>
@@ -6126,541 +6126,541 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00632305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reducing the adhesion between surfaces using surface structuring with PS Latex particle.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">Morphological and adhesive properties of polypyrrole films synthesized by sonoelectrochemical technique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Dejeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laetitia Philippe</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">Abdeslam Et Taouil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Rougeot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Johann Michler</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Lakard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Lallemand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Materials &amp; Interfaces</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/am100156c⟩</w:t>
+              <w:t xml:space="preserve">Synthetic Metals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 160 (23-24), pp.2540-2545. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.synthmet.2010.10.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00495002v1</w:t>
+                <w:t xml:space="preserve">hal-00605877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morphological and adhesive properties of polypyrrole films synthesized by sonoelectrochemical technique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">Reducing the adhesion between surfaces using surface structuring with PS Latex particle.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Dejeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikhael Bechelany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Rougeot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Lallemand</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johann Michler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Synthetic Metals</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.synthmet.2010.10.002⟩</w:t>
+              <w:t xml:space="preserve">Applied Materials &amp; Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 2 (6), pp.1630-1636. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/am100156c⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00605877v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00495002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reduction of a micro-object's adhesion using chemical functionalisation.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">Adhesion forces controlled by chemical self-assembly and pH. Application to robotic microhandling.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Dejeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Gauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Rougeot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michaël Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfrid Boireau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Micro and Nano Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 4 (2), pp.74-79. </w:t>
+              <w:t xml:space="preserve">Applied Material &amp; Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 1 (9), pp.1966-1977. </w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1049/mnl.2009.0004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/am900343w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00375485v1</w:t>
+                <w:t xml:space="preserve">hal-00413803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adhesion forces controlled by chemical self-assembly and pH. Application to robotic microhandling.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">Reduction of a micro-object's adhesion using chemical functionalisation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Dejeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Rougeot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Gauthier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Patrick Rougeot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfrid Boireau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Material &amp; Interfaces</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 1 (9), pp.1966-1977. </w:t>
+              <w:t xml:space="preserve">Micro and Nano Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 4 (2), pp.74-79. </w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/am900343w⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1049/mnl.2009.0004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00413803v1</w:t>
+                <w:t xml:space="preserve">hal-00375485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6691,90 +6691,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antibody targeting the anti-parallel topology of human telomeric G- quadruplex DNA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natale Scaramozzino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Dejeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Lavergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dennis Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Defrancq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès annuel SFBBM 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française de Biochimie et Biologie Moléculaire (SFBBM), Jun 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6799,90 +6799,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chemobiologie des ADN G-Quadruplex : de la conception de l’outil chimique jusqu’à l’immunofluorescence sur cellules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Dejeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dennis Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natale Scaramozzino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Defrancq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5ème journée du GDR ChemBio</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7045,64 +7045,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of new antibody mimics: peptide screening on a home-made antigenic surface with optical techniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Bar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Dejeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Lartia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fouzia Bano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7157,103 +7157,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling of electrostatic forces induced by chemical surface functionalisation for microrobotics applications.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Cot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Dejeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Lakard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Rougeot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Gauthier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems, IROS'13.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2013, Japan. pp.2065-2070</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7278,90 +7278,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Control of Adhesion using Surface Functionalisations for Robotic Microhandling.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Dejeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Rougeot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Lakard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Gauthier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems, IROS'12.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2012, Vilamoura, Algarve, Portugal. pp.2307-2312</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7399,90 +7399,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Overview of coupling effects on interaction forces in micro-nano-world.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Alvo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Dejeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Rougeot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Régnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Gauthier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The First International Conference on Manipulation, Manufacturing and Measurement on the Nanoscale, 3M-NANO 2011.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2011, Changchun, China. pp.1-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7507,77 +7507,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improvement of Robotic Micromanipulations Using Chemical Functionalisations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Dejeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Rougeot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfrid Boireau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7624,77 +7624,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improvement of robotic micromanipulations using chemical functionalisations.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Dejeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Rougeot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfrid Boireau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7732,90 +7732,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a new nanotribometer with multi asperity contact.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Dejeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Abadie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Piat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Rougeot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Oster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7857,77 +7857,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robotic submerged microhandling controlled by pH swithching.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Dejeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Rougeot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfrid Boireau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8154,51 +8154,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Films auto-assemblés de polyélectrolytes. Mécanisme de croissance et stabilité.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Dejeu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Editions Universitaires Européennes., pp.203, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8535,51 +8535,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05221470v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Ancia" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadija Wahni" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joudy Chakrowf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asia El Aakchioui" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Claude" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pro.70116" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05168886v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasab Reda" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Muret" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Est&#232;ve" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Derathe" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Fid&#233;lia Susanto" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2025.05.13.653741" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606494v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Laigre" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Bonnet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Beauvineau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Lavergne" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Verga" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbic.202400210" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672544v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Boissieras" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Bonnet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Fidelia Susanto" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis Gomez" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Defrancq" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkae531" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018544v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine F Warfel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Laigre" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah E Sobol" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Gillon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Varrot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/glycob/cwad018" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278512v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Dejeu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crchim.256" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04036173v2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Cot" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Rougeot" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lakard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Gauthier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app13063886" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953381v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Gillard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Lartia" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiba Yacoub" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.bioconjchem.2c00578" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933153v2" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Berthiol" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pierrot" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Philouze" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules28020682" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813142v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Pons" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Perenon" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celio Vall&#233;e" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2AN00824F" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03632613v2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#233;va Morel" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Devaux" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Granzhan" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2CC00836J" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03769073v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Picault" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Tiertant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Renaudet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/glycob/cwac047" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933122v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Weynand" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harikleia Episkopou" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Le Berre" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2cb00192f" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03183884v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Lakard" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.synthmet.2021.116757" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02917005v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Loiseau" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anabelle Decottignies" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202001409" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02917003v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Vignon" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Flaget" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Michelas" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Deghdir" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Defrancq" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssensors.0c00925" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02565754v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bar" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouzia Bano" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralf Richter" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.0c00092" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718270v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Laram&#233;e-Milette" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Deraedt" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garry Hanan" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9qi00133f" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02179886v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Ravanat" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201902183" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02481507v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureen Bonnat" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maelle Dautriche" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taous Saidi" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johana Revol-Cavalier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9ob01537j" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178652v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garry S Hanan" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718266v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hughes Bonnet" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;luc Ravanat" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02180487v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Macdonald" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;line van Der Heyden" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Spinelli" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.9b00845" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405856v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;line van der Heyden" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405867v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliane Coche-Gu&#233;rente" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.8b07298" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02086186v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Goyard" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8ob01664j" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02180482v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliane Coche-Guerente" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02180501v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Diman" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Abraham" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Marc&#233;lis" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Jamet" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201804771" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01639599v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Mohamed Abd El-Aziz" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Ravelet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Molg&#243;" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Fiore" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Pale" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-07554-5" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178158v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Gennaro" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Jarjayes" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201700417" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01639844v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Piraux" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lavergne" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201702076" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649404v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Saint-Germes" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7DT01829K" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02174647v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureline Lecarme" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enora Prado" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore De&#8197;rache" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Nicolau-Travers" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Gellon" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cmdc.201600171" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-S9RDL8LB-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644554v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Della Nora" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Pratviel" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ica.2016.02.007" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NVLTLXZC-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01400347v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theodore Flack" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Constantin" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Penasse" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201504572" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8J4K6GWQ-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01650937v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Sabater" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pei-Ju Fang" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chi-Fon Chang" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore de Rache" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4dt03631j" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01651120v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina Osypova" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dhruv Thakar" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.5b01736" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01651420v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00775-015-1260-8" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652366v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Claron" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane H. F. Wenk" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbic.201300636" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E7E0AD03D6DF18298B833B3D22E4972DACB9491F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00869504v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Alvo" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Tamadazte" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASE.2013.2248150" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00799053v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Magnenet" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.synthmet.2012.11.023" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q7ZQ05LD-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00664520v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stelian Lupu" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Hihn" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.synthmet.2011.11.031" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JKSN2WR8-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00719432v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhael Bechelany" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Berodier" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Michler" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp303414c" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00604671v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Philippe" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nn200658z" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00632305v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2011.06011" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00495002v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Philippe" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/am100156c" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00605877v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdeslam Et Taouil" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Lallemand" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.synthmet.2010.10.002" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MX2LG8R8-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00375485v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfrid Boireau" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/mnl.2009.0004" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00413803v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/am900343w" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05169780v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natale Scaramozzino" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lavergne" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05169825v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909017v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rieber" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Si" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille van Wesemael" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04883612v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00903634v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772424v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00632199v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane R&#233;gnier" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01055682v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-11598-1_25" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00459455v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00503945v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Abadie" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Piat" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Oster" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432587v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948530v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phoulinh Chanthavong" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Belle" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Thibon-Pourret" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00486902v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05528232v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05221470v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Ancia" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadija Wahni" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joudy Chakrowf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asia El Aakchioui" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Claude" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pro.70116" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05168886v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasab Reda" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Muret" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Est&#232;ve" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Derathe" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Fid&#233;lia Susanto" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2025.05.13.653741" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606494v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Laigre" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Bonnet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Beauvineau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Lavergne" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Verga" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbic.202400210" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672544v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Boissieras" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Bonnet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Fidelia Susanto" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis Gomez" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Defrancq" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkae531" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953381v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Gillard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Lartia" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiba Yacoub" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Dejeu" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.bioconjchem.2c00578" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018544v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine F Warfel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Laigre" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah E Sobol" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Gillon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Varrot" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/glycob/cwad018" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278512v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crchim.256" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04036173v2" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Cot" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Rougeot" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lakard" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Gauthier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app13063886" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933153v2" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Berthiol" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pierrot" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Philouze" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules28020682" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03632613v2" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#233;va Morel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Devaux" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Granzhan" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2CC00836J" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813142v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Pons" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Perenon" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celio Vall&#233;e" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2AN00824F" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03769073v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Picault" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Tiertant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Renaudet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/glycob/cwac047" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933122v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Weynand" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harikleia Episkopou" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Le Berre" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2cb00192f" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03183884v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Lakard" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.synthmet.2021.116757" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02917003v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Vignon" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Flaget" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Michelas" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Deghdir" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Defrancq" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssensors.0c00925" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02917005v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Loiseau" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anabelle Decottignies" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202001409" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02565754v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bar" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouzia Bano" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralf Richter" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.0c00092" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02179886v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Ravanat" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201902183" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718270v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Laram&#233;e-Milette" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Deraedt" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garry Hanan" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9qi00133f" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178652v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garry S Hanan" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02481507v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureen Bonnat" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maelle Dautriche" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taous Saidi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johana Revol-Cavalier" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9ob01537j" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718266v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hughes Bonnet" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;luc Ravanat" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02180487v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Macdonald" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;line van Der Heyden" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Spinelli" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.9b00845" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405856v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;line van der Heyden" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02180482v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliane Coche-Guerente" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.8b07298" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405867v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliane Coche-Gu&#233;rente" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02086186v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Goyard" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8ob01664j" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02180501v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Diman" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Abraham" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Marc&#233;lis" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Jamet" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201804771" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178158v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Gennaro" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Jarjayes" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201700417" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01639844v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Piraux" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lavergne" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201702076" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01639599v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Mohamed Abd El-Aziz" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Ravelet" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Molg&#243;" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Fiore" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Pale" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-07554-5" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649404v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Saint-Germes" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7DT01829K" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02174647v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureline Lecarme" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enora Prado" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore De&#8197;rache" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Nicolau-Travers" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Gellon" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cmdc.201600171" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-S9RDL8LB-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644554v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Della Nora" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Pratviel" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ica.2016.02.007" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NVLTLXZC-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01400347v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theodore Flack" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Constantin" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Penasse" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201504572" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8J4K6GWQ-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01651120v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina Osypova" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dhruv Thakar" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.5b01736" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01651420v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Sabater" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore de Rache" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00775-015-1260-8" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01650937v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pei-Ju Fang" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chi-Fon Chang" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4dt03631j" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652366v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Claron" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane H. F. Wenk" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbic.201300636" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E7E0AD03D6DF18298B833B3D22E4972DACB9491F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00869504v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Alvo" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Tamadazte" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASE.2013.2248150" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00799053v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Magnenet" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.synthmet.2012.11.023" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q7ZQ05LD-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00664520v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stelian Lupu" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Hihn" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.synthmet.2011.11.031" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JKSN2WR8-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00719432v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhael Bechelany" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Berodier" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Michler" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp303414c" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00604671v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Philippe" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nn200658z" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00632305v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2011.06011" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00605877v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdeslam Et Taouil" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Lallemand" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.synthmet.2010.10.002" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MX2LG8R8-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00495002v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Philippe" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/am100156c" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00413803v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfrid Boireau" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/am900343w" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00375485v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/mnl.2009.0004" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05169780v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natale Scaramozzino" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lavergne" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05169825v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909017v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rieber" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Si" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille van Wesemael" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04883612v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00903634v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772424v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00632199v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane R&#233;gnier" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01055682v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-11598-1_25" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00459455v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00503945v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Abadie" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Piat" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Oster" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432587v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948530v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phoulinh Chanthavong" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Belle" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Thibon-Pourret" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00486902v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05528232v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>