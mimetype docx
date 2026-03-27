--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -378,408 +378,408 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05326462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Addition of Lithiated 1,3-Dithiane and Nitronate to Sugar-Derived Imines: Synthesis of Homoiminosugars and Pipecolic Acid Analogues</w:t>
+                <w:t xml:space="preserve">Petasis-mediated exo-iminoglycals synthesis from glyconolactams allows access to unprecedented 1-spirocyclopropyl deoxynojirimycin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thanh Van Tran</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Suzuka Yamamoto</w:t>
+                <w:t xml:space="preserve">Lilou Chopin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kosuke Yoshimura</w:t>
+                <w:t xml:space="preserve">Aurélien Beato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Gillaizeau</w:t>
+                <w:t xml:space="preserve">Dylan Yorga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Auberger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Bernard Behr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organic Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.orglett.5c01061⟩</w:t>
+              <w:t xml:space="preserve">Carbohydrate Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 560, pp.109765. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.carres.2025.109765⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05248874v1</w:t>
+                <w:t xml:space="preserve">hal-05412880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Petasis-mediated exo-iminoglycals synthesis from glyconolactams allows access to unprecedented 1-spirocyclopropyl deoxynojirimycin</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Addition of Lithiated 1,3-Dithiane and Nitronate to Sugar-Derived Imines: Synthesis of Homoiminosugars and Pipecolic Acid Analogues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dylan Yorga</w:t>
+                <w:t xml:space="preserve">Thanh Van Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Marrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzuka Yamamoto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Auberger</w:t>
+                <w:t xml:space="preserve">Kosuke Yoshimura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Bernard Behr</w:t>
+                <w:t xml:space="preserve">Isabelle Gillaizeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carbohydrate Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 560, pp.109765. </w:t>
+              <w:t xml:space="preserve">Organic Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 27 (20), pp.5068-5073. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.carres.2025.109765⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.orglett.5c01061⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-05412880v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05248874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Addition of Lithiated 1,3-Dithiane and Nitronate to Sugar-Derived Imines: Synthesis of Homoiminosugars and Pipecolic Acid Analogues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thanh Van Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Marrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suzuka Yamamoto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kosuke Yoshimura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Gillaizeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organic Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 27 (20), pp.5068-5073. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.orglett.5c01061⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05326469v1</w:t>
@@ -1326,77 +1326,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stereoselective Synthesis of 1- C -Diethylphosphonomethyl and -difluoromethyl Iminosugars from Sugar Lactams</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thanh Van Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Désiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Auberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Blériot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1603,51 +1603,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zakaria Debbah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme C. Marrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Auberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Désiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1720,51 +1720,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sugar-Derived Amidines and Congeners: Structures, Glycosidase Inhibition and Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Blériot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Auberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Désiré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2730,697 +2730,697 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02172201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selective trihydroxylated azepane inhibitors of NagZ, a glycosidase involved in Pseudomonas aeruginosa resistance to β-lactam antibiotics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">In silico analyses of essential interactions of iminosugars with the Hex A active site and evaluation of their pharmacological chaperone effects for Tay–Sachs disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atsushi Kato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jaufret Bouquet</w:t>
+                <w:t xml:space="preserve">Izumi Nakagome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dustin King</w:t>
+                <w:t xml:space="preserve">Shinpei Nakagawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Vadlamani</w:t>
+                <w:t xml:space="preserve">Kyoko Kinami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Benzie</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bogdan Iorga</w:t>
+                <w:t xml:space="preserve">Isao Adachi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 15 (21), pp.4609-4619. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C7OB00838D⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 15 (44), pp.9297-9304. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C7OB02281F⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02176734v1</w:t>
+                <w:t xml:space="preserve">hal-02176719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conformational flexibility of the glycosidase NagZ allows it to bind structurally diverse inhibitors to suppress β-lactam antibiotic resistance</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Selective trihydroxylated azepane inhibitors of NagZ, a glycosidase involved in Pseudomonas aeruginosa resistance to β-lactam antibiotics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaufret Bouquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grishma Vadlamani</w:t>
+                <w:t xml:space="preserve">Dustin King</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Keith A Stubbs</w:t>
+                <w:t xml:space="preserve">G. Vadlamani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jerome Desire</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yves Blériot</w:t>
+                <w:t xml:space="preserve">G. Benzie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David J. Vocadlo</w:t>
+                <w:t xml:space="preserve">Bogdan Iorga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Protein Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 26 (6), pp.1161-1170. </w:t>
+              <w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 15 (21), pp.4609-4619. </w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/pro.3166⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/C7OB00838D⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02176780v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02176734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">HF-Induced Intramolecular C -Arylation and C -Alkylation/Fluorination of 2-Aminoglycopyranoses</w:t>
+                <w:t xml:space="preserve">Conformational flexibility of the glycosidase NagZ allows it to bind structurally diverse inhibitors to suppress β-lactam antibiotic resistance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Probst</w:t>
+                <w:t xml:space="preserve">Grishma Vadlamani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amélie Martin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Désiré</w:t>
+                <w:t xml:space="preserve">Keith A Stubbs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agnès Mingot</w:t>
+                <w:t xml:space="preserve">Jerome Desire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Blériot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jerome Marrot</w:t>
+                <w:t xml:space="preserve">David J. Vocadlo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organic Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 19 (5), pp.1040 - 1043. </w:t>
+              <w:t xml:space="preserve">Protein Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 26 (6), pp.1161-1170. </w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.orglett.7b00003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/pro.3166⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01743477v1</w:t>
+                <w:t xml:space="preserve">hal-02176780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multivalency To Inhibit and Discriminate Hexosaminidases</w:t>
+                <w:t xml:space="preserve">HF-Induced Intramolecular C -Arylation and C -Alkylation/Fluorination of 2-Aminoglycopyranoses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dimitri Alvarez-Dorta</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Dustin King</w:t>
+                <w:t xml:space="preserve">Nicolas Probst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibaut Legigan</w:t>
+                <w:t xml:space="preserve">Amélie Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Désiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daisuke Ide</w:t>
+                <w:t xml:space="preserve">Agnès Mingot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isao Adachi</w:t>
+                <w:t xml:space="preserve">Jerome Marrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 23 (38), pp.9022 - 9025. </w:t>
+              <w:t xml:space="preserve">Organic Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 19 (5), pp.1040 - 1043. </w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/chem.201701756⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.orglett.7b00003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01744683v1</w:t>
+                <w:t xml:space="preserve">hal-01743477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In silico analyses of essential interactions of iminosugars with the Hex A active site and evaluation of their pharmacological chaperone effects for Tay–Sachs disease</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Multivalency To Inhibit and Discriminate Hexosaminidases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Izumi Nakagome</w:t>
+                <w:t xml:space="preserve">Dimitri Alvarez-Dorta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dustin King</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shinpei Nakagawa</w:t>
+                <w:t xml:space="preserve">Thibaut Legigan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kyoko Kinami</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId125" w:history="1">
+                <w:t xml:space="preserve">Daisuke Ide</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isao Adachi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 15 (44), pp.9297-9304. </w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 23 (38), pp.9022 - 9025. </w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/C7OB02281F⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/chem.201701756⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02176719v1</w:t>
+                <w:t xml:space="preserve">hal-01744683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catching elusive glycosyl cations in a condensed phase with HF/SbF₅ superacid</w:t>
               </w:r>
@@ -3534,497 +3534,497 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01505628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthetic deoxynojirimycin derivatives bearing a thiolated, fluorinated or unsaturated N-alkyl chain: identification of potent α-glucosidase and trehalase inhibitors as well as F508del-CFTR correctors.</w:t>
+                <w:t xml:space="preserve">gamma-Aminoalcohol rearrangement applied to pentahydroxylated azepanes provides pyrrolidines epimeric to homoDMDP</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Cendret</w:t>
+                <w:t xml:space="preserve">Y. Jagadeesh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Legigan</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A. Martin-Mingot</w:t>
+                <w:t xml:space="preserve">A.T. Tuan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Thibaudeau</w:t>
+                <w:t xml:space="preserve">B. Luo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Adachi</w:t>
+                <w:t xml:space="preserve">A. Auberger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Desire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 13 (43), pp.10734-10744. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c5ob01526j⟩</w:t>
+              <w:t xml:space="preserve">, 2015, 13 pp.3446-3456. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c5ob00050e⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01500682v1</w:t>
+                <w:t xml:space="preserve">hal-01340188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">gamma-Aminoalcohol rearrangement applied to pentahydroxylated azepanes provides pyrrolidines epimeric to homoDMDP</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Y. Jagadeesh</w:t>
+                <w:t xml:space="preserve">Synthesis of pyrrolidine-based analogues of 2-acetamidosugars as N-acetyl glucosaminidase inhibitors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anh Tuan Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A.T. Tuan</w:t>
+                <w:t xml:space="preserve">Bo Luo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Luo</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">J. Desire</w:t>
+                <w:t xml:space="preserve">Jagadeesh Yerri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Auberger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Désiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c5ob00050e⟩</w:t>
+              <w:t xml:space="preserve">Carbohydrate Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 409, pp.56-62. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.carres.2015.02.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01340188v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01136039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of pyrrolidine-based analogues of 2-acetamidosugars as N-acetyl glucosaminidase inhibitors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anh Tuan Tran</w:t>
+                <w:t xml:space="preserve">Synthetic deoxynojirimycin derivatives bearing a thiolated, fluorinated or unsaturated N-alkyl chain: identification of potent α-glucosidase and trehalase inhibitors as well as F508del-CFTR correctors.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Cendret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bo Luo</w:t>
+                <w:t xml:space="preserve">T. Legigan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Martin-Mingot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jagadeesh Yerri</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Désiré</w:t>
+                <w:t xml:space="preserve">S. Thibaudeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Adachi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carbohydrate Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.carres.2015.02.014⟩</w:t>
+              <w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 13 (43), pp.10734-10744. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c5ob01526j⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01136039v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01500682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">γ-Aminoalcohol rearrangement applied to pentahydroxylated azepanes provides pyrrolidines epimeric to homoDMDP</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Jagadeesh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Luo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Auberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4101,51 +4101,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Superacid and thiol-ene reactions for access to psammaplin analogues with HDAC inhibition activities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatima El Bahhaj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Desire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Blanquart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4407,64 +4407,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anh Tuan Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Prencipe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jagadeesh Yerri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Auberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organic Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 16 (21 ), pp.5516-5519. </w:t>
@@ -4515,64 +4515,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis of 1,2-cis-Homoiminosugars Derived from GlcNAc and GalNAc Exploiting a β-Amino Alcohol Skeletal Rearrangement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Blériot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Auberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jagadeesh Yerri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5631,51 +5631,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anti-retroviral and cytostatic activity of 2',3'-dideoxyribonucleotide 3'-disulfides.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Gerland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Desire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Balzarini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5915,51 +5915,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Chaubey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Tripathi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Desire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Baussanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6131,292 +6131,292 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neamine dimers targeting the HIV-1 TAR RNA.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Luc Decout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Désiré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Riguet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jerome Desire</w:t>
+                <w:t xml:space="preserve">E. Riguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oliver Boden</w:t>
+                <w:t xml:space="preserve">O. Boden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Verena Ludwig</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Michael Göbel</w:t>
+                <w:t xml:space="preserve">V. Ludwig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bioorganic and Medicinal Chemistry Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, 15, pp.4651-4655</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2005, 15, pp.4651-4655. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bmcl.2005.07.082⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00382910v1</w:t>
+                <w:t xml:space="preserve">hal-00123107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neamine dimers targeting the HIV-1 TAR RNA.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Boden</w:t>
+                <w:t xml:space="preserve">Emmanuel Riguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Desire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Ludwig</w:t>
+                <w:t xml:space="preserve">Oliver Boden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Verena Ludwig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Göbel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bioorganic and Medicinal Chemistry Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, 15, pp.4651-4655. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2005, 15, pp.4651-4655</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00123107v1</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00382910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imino glycals in synthesis : preparation of novel deoxymannojirimycin analogues</w:t>
               </w:r>
@@ -6525,77 +6525,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis of 1-C-dithiane and 1-C-nitromethyl iminosugars from sugar lactams</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thanh Van Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Désiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Auberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Blériot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6691,51 +6691,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thanh van Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Désiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Auberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Blériot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6952,229 +6952,229 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preparation of thionucleosides as antiviral and antitumor agents</w:t>
+                <w:t xml:space="preserve">Process for the preparation of nucleoside disulfides and thiosulfinates via coupling reaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Luc Decout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Gerland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Désiré</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">Patent n° : FR 2907786, WO 2008059130. 2006</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Patent n° : FR 2900151, FR 2907786, CA 2650186, EP 2016088, WO2007122333. 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00383668v1</w:t>
+                <w:t xml:space="preserve">hal-00383679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Process for the preparation of nucleoside disulfides and thiosulfinates via coupling reaction</w:t>
+                <w:t xml:space="preserve">Preparation of thionucleosides as antiviral and antitumor agents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Luc Decout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Gerland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Désiré</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Patent n° : FR 2900151, FR 2907786, CA 2650186, EP 2016088, WO2007122333. 2006</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Lepoivre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Balzarini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Patent n° : FR 2907786, WO 2008059130. 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00383679v1</w:t>
+                <w:t xml:space="preserve">hal-00383668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId264"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -7329,51 +7329,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523032v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nissrine Ballout" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me D&#233;sir&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Johana Espejo-Mojica" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherin Ni&#241;o-Traslavi&#241;a" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Sandoval-Trujillo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom16020313" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326462v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Joachim" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Carry" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matt&#233;o Di Pasquale" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Marrot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzuka Yamamoto" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202500502" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05248874v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Van Tran" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kosuke Yoshimura" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gillaizeau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.5c01061" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05412880v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilou Chopin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Beato" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Yorga" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Auberger" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Behr" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carres.2025.109765" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326469v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326476v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Armand" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alba Nin-Hill" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Ard&#225;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuela Berrino" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.4c11677" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176253v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542506v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Debbah" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gueyrard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Bl&#233;riot" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carres.2023.108903" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542825v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Foucart" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Poveda" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gurvan Gourlaouen" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuna Shimadate" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carres.2021.108491" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953681v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.2c00835" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526197v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bouquet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Auberger" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ashmus" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. King" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bordes" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1ob02280f" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775104v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me C. Marrot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.2c01560" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543430v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/0929867329666211222164545" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336072v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Bordes" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Fontelle" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Guillard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carres.2021.108258" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007376v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naresh Bhuma" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Lebedel" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroki Yamashita" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yutaka Shimizu" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahra Abada" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202010175" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03256952v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sha Zhu" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yerri Jagadeesh" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh Tuan Tran" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alisdair Boraston" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominic S Alonzi" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202101408" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02504835v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Troadec" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Franconetti" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Arda" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.0c00503" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04418307v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atsushi Kato" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9ob01402k" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04418300v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.9b01712" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172201v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Balkis Eddhif" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Lange" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Guignard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Batonneau" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan A. Clarhaut" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201800678" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176734v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaufret Bouquet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dustin King" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Vadlamani" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Benzie" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Iorga" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7OB00838D" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176780v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grishma Vadlamani" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keith A Stubbs" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Desire" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David J. Vocadlo" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pro.3166" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743477v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Probst" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Martin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Mingot" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Marrot" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.7b00003" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744683v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Alvarez-Dorta" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Legigan" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daisuke Ide" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isao Adachi" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201701756" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176719v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Izumi Nakagome" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shinpei Nakagawa" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyoko Kinami" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7OB02281F" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01505628v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Martin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Arda" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. D&#233;sir&#233;" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Martin-Mingot" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Probst" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nchem.2399" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01500682v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Cendret" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Legigan" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Thibaudeau" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Adachi" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5ob01526j" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01340188v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Jagadeesh" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.T. Tuan" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Luo" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Auberger" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Desire" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5ob00050e" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01136039v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Luo" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jagadeesh Yerri" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carres.2015.02.014" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D72CNLR8-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543396v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tran" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5OB00050E" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314516v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima El Bahhaj" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Blanquart" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Martinet" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Zwick" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2014.10.053" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-21PVHTDJ-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311606v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mondon" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Fontelle" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Nakagawa" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Hirokami" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4ob00325j" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315627v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Prencipe" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol502929h" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315083v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Gauthier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol502926f" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00934169v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Legros" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vanhaverbeke" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Souard" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Len" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201201716" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-XMNJFBHB-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00932306v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.D. Howe" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Smith" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.J. Marvin" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ardes-Guillot" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmc.2013.03.014" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KXHC15DL-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856804v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. D. Howe" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. J.-R. Lee" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ardes-Guisot" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Vauzeilles" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00669930v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Mondon" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lecornu&#233;" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol203385w" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00834859v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Amorim" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farias Marcelo" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sollogoub" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Jimenez-Barbero" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carres.2012.07.005" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P2FRZ3N8-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00838407v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Das" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Manvar" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Baussanne" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.N. Pandey" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jm300253q" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944637v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Legros" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Hamon" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Violeau" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Turpin" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Djedaini-Pilard" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0030-1258354" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00383176v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Gerland" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Balzarini" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc Decout" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmc.2008.05.065" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5K2ZF3KB-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00383152v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ruta" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Ravelet" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Peyrin" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-007-1552-0" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-D4H9JQP6-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00383208v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Chaubey" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tripathi" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/oli.2007.0085" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00382953v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lepoivre" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00382910v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Riguet" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Boden" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Verena Ludwig" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael G&#246;bel" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123107v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Riguet" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Boden" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Ludwig" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmcl.2005.07.082" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-61KB32QM-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123045v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Shipman" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-2001-16049" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344140v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344204v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh van Tran" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694840v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Cocaud" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Nicolas" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier R Martin" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781315120300-6" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00383668v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00383679v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523032v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nissrine Ballout" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me D&#233;sir&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Johana Espejo-Mojica" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherin Ni&#241;o-Traslavi&#241;a" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Sandoval-Trujillo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom16020313" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326462v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Joachim" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Carry" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matt&#233;o Di Pasquale" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Marrot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzuka Yamamoto" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202500502" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05412880v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilou Chopin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Beato" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Yorga" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Auberger" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Behr" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carres.2025.109765" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05248874v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Van Tran" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kosuke Yoshimura" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gillaizeau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.5c01061" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326469v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326476v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Armand" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alba Nin-Hill" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Ard&#225;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuela Berrino" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.4c11677" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176253v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542506v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Debbah" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gueyrard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Bl&#233;riot" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carres.2023.108903" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542825v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Foucart" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Poveda" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gurvan Gourlaouen" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuna Shimadate" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carres.2021.108491" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953681v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.2c00835" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526197v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bouquet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Auberger" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ashmus" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. King" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bordes" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1ob02280f" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775104v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me C. Marrot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.2c01560" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543430v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/0929867329666211222164545" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336072v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Bordes" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Fontelle" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Guillard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carres.2021.108258" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007376v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naresh Bhuma" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Lebedel" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroki Yamashita" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yutaka Shimizu" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahra Abada" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202010175" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03256952v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sha Zhu" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yerri Jagadeesh" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh Tuan Tran" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alisdair Boraston" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominic S Alonzi" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202101408" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02504835v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Troadec" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Franconetti" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Arda" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.0c00503" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04418307v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atsushi Kato" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9ob01402k" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04418300v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.9b01712" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172201v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Balkis Eddhif" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Lange" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Guignard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Batonneau" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan A. Clarhaut" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201800678" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176719v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Izumi Nakagome" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shinpei Nakagawa" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyoko Kinami" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isao Adachi" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7OB02281F" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176734v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaufret Bouquet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dustin King" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Vadlamani" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Benzie" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Iorga" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7OB00838D" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176780v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grishma Vadlamani" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keith A Stubbs" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Desire" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David J. Vocadlo" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pro.3166" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743477v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Probst" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Martin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Mingot" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Marrot" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.7b00003" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744683v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Alvarez-Dorta" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Legigan" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daisuke Ide" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201701756" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01505628v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Martin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Arda" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. D&#233;sir&#233;" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Martin-Mingot" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Probst" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nchem.2399" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01340188v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Jagadeesh" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.T. Tuan" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Luo" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Auberger" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Desire" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5ob00050e" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01136039v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Luo" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jagadeesh Yerri" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carres.2015.02.014" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D72CNLR8-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01500682v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Cendret" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Legigan" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Thibaudeau" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Adachi" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5ob01526j" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543396v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tran" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5OB00050E" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314516v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima El Bahhaj" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Blanquart" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Martinet" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Zwick" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2014.10.053" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-21PVHTDJ-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311606v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mondon" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Fontelle" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Nakagawa" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Hirokami" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4ob00325j" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315627v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Prencipe" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol502929h" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315083v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Gauthier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol502926f" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00934169v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Legros" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vanhaverbeke" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Souard" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Len" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201201716" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-XMNJFBHB-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00932306v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.D. Howe" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Smith" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.J. Marvin" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ardes-Guillot" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmc.2013.03.014" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KXHC15DL-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856804v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. D. Howe" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. J.-R. Lee" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ardes-Guisot" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Vauzeilles" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00669930v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Mondon" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lecornu&#233;" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol203385w" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00834859v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Amorim" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farias Marcelo" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sollogoub" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Jimenez-Barbero" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carres.2012.07.005" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P2FRZ3N8-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00838407v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Das" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Manvar" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Baussanne" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.N. Pandey" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jm300253q" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944637v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Legros" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Hamon" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Violeau" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Turpin" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Djedaini-Pilard" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0030-1258354" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00383176v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Gerland" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Balzarini" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc Decout" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmc.2008.05.065" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5K2ZF3KB-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00383152v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ruta" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Ravelet" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Peyrin" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-007-1552-0" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-D4H9JQP6-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00383208v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Chaubey" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tripathi" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/oli.2007.0085" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00382953v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lepoivre" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123107v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Riguet" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Boden" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Ludwig" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmcl.2005.07.082" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-61KB32QM-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00382910v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Riguet" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Boden" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Verena Ludwig" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael G&#246;bel" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123045v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Shipman" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-2001-16049" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344140v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344204v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh van Tran" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694840v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Cocaud" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Nicolas" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier R Martin" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781315120300-6" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00383679v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00383668v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>