--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -141,1438 +141,1438 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discussion autour du livre de Jean-Baptiste Dudant &amp;quot;La conservation de l'Etat en droit international&amp;quot;, Pedone, 2025</w:t>
+                <w:t xml:space="preserve">« La saga jurisprudentielle des eaux de l'Indus (Pakistan c. Inde) »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Dudant</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue générale de droit international public</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Chronique de jurisprudence internationale (dir. N. Aloupi)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05509233v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...28 lines deleted...]
-                <w:t xml:space="preserve">hal-05458325v1</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« CIJ. Avis consultatif du 23 juillet 2025, Obligations des Etats en matière de changements climatiques »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Dudant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue générale de droit international public</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Chronique de jurisprudence internationale (dir. N. Aloupi) (n° 3), pp.676-686</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05509160v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Sénégal. Conseil constitutionnel, 23 avril 2025, Décision sur la loi modificative de la loi d’amnistie, n° 1/C/2025 – Contrôle de constitutionnalité d’une loi méconnaissant le caractère imprescriptible de certains crimes internationaux »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Dudant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue générale de droit international public</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Chronique de la jurisprudence étrangère intéressant le droit international (dir. R. Rivier) (n° 4), pp.1000-1003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05509067v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« La Cour de cassation interprète les conditions procédurales d'entrée en vigueur d'un traité bilatéral d'investissement »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Dudant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue générale de droit international public</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Chronique de la jurisprudence française de droit international (dir. A. Hermet) (n° 2), pp.460-470</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05509045v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« CIJ. Avis consultatif du 19 juillet 2024, Conséquences juridiques découlant des politiques et pratiques d’Israël dans le territoire palestinien occupé, y compris Jérusalem-Est »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Dudant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue générale de droit international public</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Chronique de jurisprudence internationale (dir. N. Aloupi) (n° 3), pp.661-666</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05509180v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Inde. Cour suprême, 11 décembre 2023, In Re : Article 370 of the Constitution, C.O. 273. – Droit à l’autodétermination de Jammu-et-Cachemire. Consentement des populations intéressées. Résolutions du Conseil de sécurité »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Dudant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue générale de droit international public</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Chronique de la jurisprudence étrangère intéressant le droit international (dir. R. Rivier) (n° 4), pp.927-928</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05509093v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Demande d'avis consultatif soumise par la Commission des petits Etats insulaires (COSIS) sur le changement climatique et le droit international, avis consultatif rendu par le TIDM »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Dudant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annuaire français de droit international</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 70, pp.537-556</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05492468v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« La Cour de cassation précise la condition de &amp;quot;résidence habituelle&amp;quot; des infractions terroristes »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Dudant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue générale de droit international public</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Chronique de jurisprudence française de droit international (dir. A. Hermet) (n° 3), pp.720-725</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05509031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (8)</w:t>
+        <w:t xml:space="preserve">Article de blog scientifique (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« La Cour de cassation interprète les conditions procédurales d'entrée en vigueur d'un traité bilatéral d'investissement »</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L’instrument(alisation) de la reconnaissance : le cas de la Palestine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Chaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Dudant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">hal-05509045v1</w:t>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article de blog scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05411695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« La saga jurisprudentielle des eaux de l'Indus (Pakistan c. Inde) »</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Continuity of Statehood for Deterritorialized Nations: A Range of Principles but Few Concrete Prospects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Giraudeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Dudant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">hal-05509233v1</w:t>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article de blog scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04966767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« CIJ. Avis consultatif du 23 juillet 2025, Obligations des Etats en matière de changements climatiques »</w:t>
+                <w:t xml:space="preserve">Who’s the ‘Self’ in Collective Self-defence under International Law?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Dudant</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...29 lines deleted...]
-                <w:t xml:space="preserve">hal-05509160v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles-Emmanuel Detry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article de blog scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05448686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Sénégal. Conseil constitutionnel, 23 avril 2025, Décision sur la loi modificative de la loi d’amnistie, n° 1/C/2025 – Contrôle de constitutionnalité d’une loi méconnaissant le caractère imprescriptible de certains crimes internationaux »</w:t>
+                <w:t xml:space="preserve">Lazare Kopelmanas (Portrait à la Galerie des internationalistes de la SFDI)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Dudant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">hal-05509067v1</w:t>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article de blog scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04977759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« CIJ. Avis consultatif du 19 juillet 2024, Conséquences juridiques découlant des politiques et pratiques d’Israël dans le territoire palestinien occupé, y compris Jérusalem-Est »</w:t>
+                <w:t xml:space="preserve">Jarhead (2005) de Sam Mendes : Vicissitudes d'une traversée (statique) du désert par les soldats américains après l'invasion du Koweït</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Dudant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr>
-[...232 lines deleted...]
-                <w:t xml:space="preserve">hal-05509031v1</w:t>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article de blog scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04977752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ouvrages (1)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La conservation de l'Etat en droit international</w:t>
+                <w:t xml:space="preserve">Les suites de l'affaire Différend territorial et maritime (Nicaragua c/ Colombie) : une brève histoire de (dis)continuité contentieuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Dudant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr/>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04977476v1</w:t>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Règlement des différends frontaliers en Amérique Latine. Approches croisées d'Histoire et de Droit sur l'arbitrage.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.167-186, 2025, 9782386000614</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05018683v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contre vents et marées : la politique juridique des Tuvalu face à la disparition annoncée des petits Etats insulaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Dudant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Centre d'étude et de recherche de l'Académie de droit international de La Haye. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Climate Change and the Testing of International Law / Le droit international au défi des changements climatiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Brill, pp.547-572, 2023, 978-90-04-68239-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04724522v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lazare Kopelmanas et sa théorie réaliste des rapports d'ordres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Dudant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Grandes pages du droit international. Volume 8 : les rapports de systèmes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Pedone, pp.181-210, 2022, 978-2-2330-1029-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04724515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article de blog scientifique (5)</w:t>
+        <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’instrument(alisation) de la reconnaissance : le cas de la Palestine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Caroline Chaux</w:t>
+                <w:t xml:space="preserve">Discussion autour du livre de Jean-Baptiste Dudant &amp;quot;La conservation de l'Etat en droit international&amp;quot;, Pedone, 2025</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Dudant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Baptiste Dudant</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Frappier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Article de blog scientifique</w:t>
-[...284 lines deleted...]
-                <w:t xml:space="preserve">hal-04977752v1</w:t>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05458325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t>
+        <w:t xml:space="preserve">Ouvrages (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les suites de l'affaire Différend territorial et maritime (Nicaragua c/ Colombie) : une brève histoire de (dis)continuité contentieuse</w:t>
+                <w:t xml:space="preserve">La conservation de l'Etat en droit international</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Dudant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr>
-[...113 lines deleted...]
-            </w:pPr>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pedone, 600 p., 2025, 978-2-233-01091-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...49 lines deleted...]
-                <w:t xml:space="preserve">hal-04724515v1</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04977476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1751,51 +1751,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="EA7DD3CE"/>
+    <w:nsid w:val="E0AC226F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1982,51 +1982,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jdudant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0000-2207-5079" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05458325v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Dudant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Frappier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509045v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509233v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509160v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509067v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509180v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509093v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492468v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509031v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvsq.hal.science/hal-04977476v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411695v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Chaux" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966767v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Giraudeau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvsq.hal.science/hal-05448686v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Emmanuel Detry" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvsq.hal.science/hal-04977759v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvsq.hal.science/hal-04977752v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvsq.hal.science/hal-05018683v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvsq.hal.science/hal-04724522v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvsq.hal.science/hal-04724515v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvsq.hal.science/tel-04977531v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jdudant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0000-2207-5079" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509233v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Dudant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509160v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509067v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509045v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509180v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509093v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492468v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509031v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411695v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Chaux" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966767v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Giraudeau" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvsq.hal.science/hal-05448686v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Emmanuel Detry" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvsq.hal.science/hal-04977759v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvsq.hal.science/hal-04977752v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvsq.hal.science/hal-05018683v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvsq.hal.science/hal-04724522v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvsq.hal.science/hal-04724515v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05458325v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Frappier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvsq.hal.science/hal-04977476v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvsq.hal.science/tel-04977531v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>