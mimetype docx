--- v0 (2026-03-05)
+++ v1 (2026-03-29)
@@ -642,763 +642,763 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03859996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DMulti-MADS: mesh adaptive direct multisearch for bound-constrained blackbox multiobjective optimization</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Global Sensitivity Analysis Applied to Train Traffic Rescheduling: A Comparative Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soha Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ossart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bigeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Salomon</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Sourdille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harold Gance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computational Optimization and Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10589-021-00272-9⟩</w:t>
+              <w:t xml:space="preserve">Energies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Simulation and Optimization of Electrotechnical Systems, 14 (19), pp.6420. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/en14196420⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03447078v1</w:t>
+                <w:t xml:space="preserve">hal-03447150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global Sensitivity Analysis Applied to Train Traffic Rescheduling: A Comparative Study</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Florence Ossart</w:t>
+                <w:t xml:space="preserve">Combining Cross-Entropy and MADS Methods for Inequality Constrained Global Optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Audet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bigeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Harold Gance</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Couderc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Simulation and Optimization of Electrotechnical Systems, 14 (19), pp.6420. </w:t>
+              <w:t xml:space="preserve">SN Operations Research Forum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2 (3), </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/en14196420⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s43069-021-00075-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03447150v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03447123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining Cross-Entropy and MADS Methods for Inequality Constrained Global Optimization</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">DMulti-MADS: mesh adaptive direct multisearch for bound-constrained blackbox multiobjective optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bigeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Romain Couderc</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Le Digabel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Salomon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SN Operations Research Forum</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 2 (3), </w:t>
+              <w:t xml:space="preserve">Computational Optimization and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 79 (2), pp.301-338. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s43069-021-00075-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10589-021-00272-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03447123v1</w:t>
+                <w:t xml:space="preserve">hal-03447078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improved Bi-Criterion Flexible Registration for Fixtureless Inspection of Compliant Parts</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Performance indicators in multiobjective optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Audet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Bigeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kaveh Babanezhad</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Jean Bigeon</w:t>
+                <w:t xml:space="preserve">Dominique Cartier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Le Digabel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Salomon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Precision Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.precisioneng.2020.05.006⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Operational Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 292 (2), pp.397 - 422. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejor.2020.11.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02880044v1</w:t>
+                <w:t xml:space="preserve">hal-03862074v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling and solving bundle adjustment problems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Angla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bigeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Orban</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers du Gerad</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03155907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance indicators in multiobjective optimization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Charles Audet</w:t>
+                <w:t xml:space="preserve">Improved Bi-Criterion Flexible Registration for Fixtureless Inspection of Compliant Parts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaveh Babanezhad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Aidibe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Foucault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Tahan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bigeon</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Salomon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Operational Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 292 (2), pp.397 - 422. </w:t>
+              <w:t xml:space="preserve">Precision Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 65, pp.116-129. </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ejor.2020.11.016⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.precisioneng.2020.05.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03862074v3</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02880044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The fixtureless inspection of flexible parts based on semi-geodesic distance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kaveh Babanezhad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Foucault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vahid Sabri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1471,103 +1471,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Global sensitivity analysis applied to traffic rescheduling in case of power shortage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soha Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ossart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Bigeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soha Saad</w:t>
+                <w:t xml:space="preserve">Etienne Sourdille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold Gance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Transport - Development and integration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 2 (3), pp.271 - 283. </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1744,51 +1744,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gad Abenhaim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Desrochers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Tahan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bigeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2561,51 +2561,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic Algorithm-Based Optimization for Sizing Tramway Electrical Infrastructures. Application to a Real Study Case</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bigeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Ossart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anass Boukir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2663,265 +2663,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04684121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sequential stochastic blackbox optimization with zeroth order gradient estimators</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Optimal Sizing of Tramway Electrical Infrastructures Using Genetic Algorithms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anass Boukir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Reinbold</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ossart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bigeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Michael Kokkolaras</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul-Louis Levy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MOPTA 2023</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Electrimacs 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Nancy, France. pp.543-555, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-24837-5_41⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04684482v1</w:t>
+                <w:t xml:space="preserve">hal-04292957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal Sizing of Tramway Electrical Infrastructures Using Genetic Algorithms</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sequential stochastic blackbox optimization with zeroth order gradient estimators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bigeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Paul-Louis Levy</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Audet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Couderc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Kokkolaras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electrimacs 2022</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">MOPTA 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Lehigh University Bethlehem, PA USA, Aug 2023, Bethlehem, PA, USA, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-24837-5_41⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04292957v1</w:t>
+                <w:t xml:space="preserve">hal-04684482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sequential stochastic blackbox optimization with zeroth order gradient estimators</w:t>
               </w:r>
@@ -3009,191 +3009,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04292913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sequential stochastic blackbox optimization</w:t>
+                <w:t xml:space="preserve">PartiallySeparableNLPModels.jl: A Julia framework for partitioned quasi-Newton optimization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bigeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Orban</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Raynaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JOPT 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CIRRELT, May 2023, Montreal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04684460v1</w:t>
+                <w:t xml:space="preserve">hal-04684457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PartiallySeparableNLPModels.jl: A Julia framework for partitioned quasi-Newton optimization</w:t>
+                <w:t xml:space="preserve">Sequential stochastic blackbox optimization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bigeon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Paul Raynaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JOPT 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CIRRELT, May 2023, Montreal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04684457v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04684460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Risk-adverse optimization by Conditional Value-at-Risk and stochastic approximation</w:t>
               </w:r>
@@ -3408,51 +3408,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anass Boukir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Reinbold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Ossart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bigeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3516,64 +3516,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploiting the partially separable structure in quasi-Newton optimization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bigeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Orban</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Raynaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JOPT 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, MOntréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3687,256 +3687,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04684411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensitivity analysis applied to multiline traffic rescheduling in case of electrical power failure</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Florence Ossart</w:t>
+                <w:t xml:space="preserve">MADMS: Mesh adaptive direct multisearch for constrained blackbox multiobjective optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Salomon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Audet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bigeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Etienne Sourdille</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Le Digabel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th World Congress on Railway Research WCRR - Railway Research to Enhance the Customer Experience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Tokyo, Japan</w:t>
+              <w:t xml:space="preserve">JOPT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02378729v1</w:t>
+                <w:t xml:space="preserve">hal-02461422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MADMS: Mesh adaptive direct multisearch for constrained blackbox multiobjective optimization</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Charles Audet</w:t>
+                <w:t xml:space="preserve">Sensitivity analysis applied to multiline traffic rescheduling in case of electrical power failure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soha Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ossart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bigeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Le Digabel</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harold Gance</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Sourdille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JOPT</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">12th World Congress on Railway Research WCRR - Railway Research to Enhance the Customer Experience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Tokyo, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02461422v1</w:t>
+                <w:t xml:space="preserve">hal-02378729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MADMS: Mesh adaptive direct multisearch for blackbox multiobjective optimization</w:t>
               </w:r>
@@ -4024,775 +4024,775 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02461397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regional Sensitivity Analysis Applied To Train Traffic Rescheduling in Case of Power Shortage</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">VDesign A Formal Modeling and Optimization Software</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bigeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Harold Gance</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Bigeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Atienza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE – 13th System of Systems Engineering Conference (SoSE)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journées de l'Optimisation 2018 (JOPT 2018 )</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Montreal, Canada</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01801271v1</w:t>
+                <w:t xml:space="preserve">hal-03156095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A formal modeling and optimization software</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Bigeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bigeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Jopt2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Montreal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01933815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">VDesign A Formal Modeling and Optimization Software</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Global sensitivity analysis applied to traffic rescheduling in case of power shortage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soha Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ossart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bigeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Eric Atienza</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Sourdille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harold Gance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de l'Optimisation 2018 (JOPT 2018 )</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">16th International Conference on Railway Engineering Design &amp; Operation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Lisbonne, Portugal. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2495/TDI-V2-N3-271-283⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03156095v1</w:t>
+                <w:t xml:space="preserve">hal-01900616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application de l’analyse de sensibilité à la réorganisation du trafic ferroviaire en cas d’incident sur infrastructure électrique</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Design: a new optimization environment dedicated to preliminary design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bigeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Harold Gance</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Bigeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Atienza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3ème Symposium de Génie Electrique (SGE 2018)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Nancy, France</w:t>
+              <w:t xml:space="preserve">euro2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Almeria, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01900623v1</w:t>
+                <w:t xml:space="preserve">hal-01933817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new environment adapted to preliminary design in industry</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Application de l’analyse de sensibilité à la réorganisation du trafic ferroviaire en cas d’incident sur infrastructure électrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soha Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ossart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bigeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Eric Atienza</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Sourdille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harold Gance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ENgOpt2018 6 th International Conference on Engineering Optimization</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Lisboa, Portugal</w:t>
+              <w:t xml:space="preserve">3ème Symposium de Génie Electrique (SGE 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02140062v1</w:t>
+                <w:t xml:space="preserve">hal-01900623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global sensitivity analysis applied to traffic rescheduling in case of power shortage</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A new environment adapted to preliminary design in industry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bigeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Harold Gance</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Bigeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Atienza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th International Conference on Railway Engineering Design &amp; Operation</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ENgOpt2018 6 th International Conference on Engineering Optimization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Lisboa, Portugal</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01900616v1</w:t>
+                <w:t xml:space="preserve">hal-02140062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design: a new optimization environment dedicated to preliminary design</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Regional Sensitivity Analysis Applied To Train Traffic Rescheduling in Case of Power Shortage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soha Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ossart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bigeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Eric Atienza</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Sourdille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harold Gance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">euro2018</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE – 13th System of Systems Engineering Conference (SoSE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Paris, France. pp.459-463, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/sysose.2018.8428703⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01933817v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01801271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Review of measures of the quality of approximated Pareto fronts in multiobjective optimization</w:t>
               </w:r>
@@ -4817,51 +4817,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Audet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bigeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Cartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Le Digabel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4899,103 +4899,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Application de l'analyse de sensibilité à la réorganisation du trafic ferroviaire en cas d'incident sur infrastructure électrique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soha Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ossart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Bigeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soha Saad</w:t>
+                <w:t xml:space="preserve">Etienne Sourdille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold Gance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3ème Symposium de Génie Electrique (SGE 2018)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Lorraine [UL], Jul 2018, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5128,64 +5128,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of maximum transmissible power in electrified railway system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Sourdille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Ossart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bigeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5239,295 +5239,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01693616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">BOFR-1: A Bi-Criterion Flexible Registration Method for Fixtureless Inspection of Compliant Parts</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Antoine S. Tahan</w:t>
+                <w:t xml:space="preserve">Modélisation générique de réseaux électriques ferroviaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Desjouis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ossart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soha Saad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bigeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Sourdille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26th CIRP Design Conference</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">2nd Symposium de Génie Électrique (SGE 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Grenoble, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01400933v1</w:t>
+                <w:t xml:space="preserve">hal-01361582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation générique de réseaux électriques ferroviaires</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Soha Saad</w:t>
+                <w:t xml:space="preserve">BOFR-1: A Bi-Criterion Flexible Registration Method for Fixtureless Inspection of Compliant Parts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaveh Babanezhad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Foucault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine S. Tahan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bigeon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Etienne Sourdille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd Symposium de Génie Électrique (SGE 2016)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">26th CIRP Design Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Stockholm, Sweden. pp.307-310, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.procir.2016.04.023⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01361582v1</w:t>
+                <w:t xml:space="preserve">hal-01400933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HBA-1: A Hybrid Bi-Objective Optimizer for Black-Box Problems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kaveh Babanezhad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bigeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5604,64 +5604,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Souheil Antoine Tahan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine S. Tahan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Foucault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kaveh Babanezhad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3 third Sino-French Workshop on Digital Factory and Digital Manufacturing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2015, Beijing, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5686,77 +5686,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new generic problem formulation dedicated to electrified railway systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Desjouis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislain Remy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Ossart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6385,168 +6385,138 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00770897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PLM and Lean: two complementary pillars for the company</w:t>
+                <w:t xml:space="preserve">An improved particle swarm optimization for solving constrained engineering design problems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muriel Pinel</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Christian Braesch</w:t>
+                <w:t xml:space="preserve">Ali Torkamani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaled Hadj-Hamou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bigeon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IESM 2011, International Conference on Industrial Engineering and Systems Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2011, Metz, France. pp.565-574</w:t>
+              <w:t xml:space="preserve">, May 2011, Metz, France. pp.194-203</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00598551v1</w:t>
+                <w:t xml:space="preserve">hal-00636419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The electromagnetic actuator design problem : an adapted interval global optimization algorithm using model reformulation and constraint propagation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Issam Mazhoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6588,152 +6558,182 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18th International Conference on the Computation of Electromagnetic Fields (COMPUMAG2011)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2011, Sydney, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00636331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An improved particle swarm optimization for solving constrained engineering design problems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">PLM and Lean: two complementary pillars for the company</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Pinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lilia Gzara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Pralus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ali Torkamani</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Khaled Hadj-Hamou</w:t>
+                <w:t xml:space="preserve">Christian Braesch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bigeon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IESM 2011, International Conference on Industrial Engineering and Systems Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2011, Metz, France. pp.194-203</w:t>
+              <w:t xml:space="preserve">, May 2011, Metz, France. pp.565-574</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00636419v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00598551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robust analysis towards robust optimizationin</w:t>
               </w:r>
@@ -6821,122 +6821,135 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00636327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solving design problems using new constrained PSO algorithm</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ali Torkamani</w:t>
+                <w:t xml:space="preserve">The Electromagnetic Actuator Design Problem: An Adapted Interval Global Optimization Algorithm using Model Reformulation and Constraint Propagation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Issam Mazhoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Hadj-Hamou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bigeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislain Remy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ROADEF 2011, 12e congrès annuel de la Société française de Recherche Opérationnelle et d'Aide à la Décision</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2011, Saint Etienne, France. A paraître</w:t>
+              <w:t xml:space="preserve">COMPUMAG 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2011, Sydney, Australia. pp.PD3.2 (ID 423)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00652718v1</w:t>
+                <w:t xml:space="preserve">hal-00712505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robust Analysis towards Robust Optimization in Engineering Design</w:t>
               </w:r>
@@ -7024,135 +7037,122 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00712506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Electromagnetic Actuator Design Problem: An Adapted Interval Global Optimization Algorithm using Model Reformulation and Constraint Propagation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Issam Mazhoud</w:t>
+                <w:t xml:space="preserve">Solving design problems using new constrained PSO algorithm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Torkamani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Hadj-Hamou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bigeon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ghislain Remy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COMPUMAG 2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2011, Sydney, Australia. pp.PD3.2 (ID 423)</w:t>
+              <w:t xml:space="preserve">ROADEF 2011, 12e congrès annuel de la Société française de Recherche Opérationnelle et d'Aide à la Décision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2011, Saint Etienne, France. A paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00712505v1</w:t>
+                <w:t xml:space="preserve">hal-00652718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward Robust Preliminary Design</w:t>
               </w:r>
@@ -7190,51 +7190,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bigeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislain Remy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Atienza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Méthodologies et outils d'optimisation en génie électrique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2010, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7272,51 +7272,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aide au choix de formulation des problèmes de dimensionnement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Magot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Atienza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Rieuvernet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8073,90 +8073,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Distribution optimale de la puissance avec infrastructure figée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soha Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soha Saad</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Etienne Sourdille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold Gance</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Ossart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bigeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8441,77 +8441,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling and solving bundle adjustment problems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Angla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bigeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Orban</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] G-2020-42, Ecole Polytechnique de Montréal. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -8623,51 +8623,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="236CC35D"/>
+    <w:nsid w:val="B15C9DD3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8854,51 +8854,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jean-bigeon" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6112-6913" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/067318916" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303857v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam-Gabriel Desormiere" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilia Gzara" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bigeon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Nguyen-The" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2024.05.097" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684390v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Le Digabel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Salomon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10589-024-00588-2" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292899v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Audet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Couderc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Kokkolaras" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/math.20231321" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859996v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Nguyen-Th&#234;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2022.08.069" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447078v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10589-021-00272-9" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447150v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soha Saad" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Ossart" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Sourdille" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harold Gance" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en14196420" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447123v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s43069-021-00075-y" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02880044v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaveh Babanezhad" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Aidibe" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Foucault" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Tahan" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.precisioneng.2020.05.006" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03155907v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Angla" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Orban" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03862074v3" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Cartier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2020.11.016" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02187215v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vahid Sabri" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine S. Tahan" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.precisioneng.2019.07.002" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01915419v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2495/tdi-v2-n3-271-283" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01114609v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gad N. Abenhaim" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Desrochers" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cad.2014.12.006" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03155417v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gad Abenhaim" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4031152" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00996103v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Picheral" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Hadj-Hamou" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00786457v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issam Mazhoud" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Joyeux" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638161v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Remy" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2011.10.010" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F6LD4HFZ-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638165v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01710752v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Sauvey" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bar" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Rosnet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Wurtz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaime Fandino" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03155394v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bergeon" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gerbaud" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap:1998153" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B5870B07945F78D9AF9DE18A8E82B762EEA57137/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684121v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anass Boukir" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Reinbold" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Louis Levy" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684482v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292957v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-24837-5_41" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292913v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684460v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684457v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Orban" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Raynaud" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03862057v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684420v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03860274v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684439v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684411v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378729v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02461422v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02461397v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01801271v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/sysose.2018.8428703" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933815v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bigeon" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03156095v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Atienza" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01900623v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140062v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01900616v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2495/TDI-V2-N3-271-283" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933817v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933812v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02981822v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02461431v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693616v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Machet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ESARS-ITEC.2016.7841375" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01400933v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2016.04.023" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361582v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Desjouis" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01400968v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02462487v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souheil Antoine Tahan" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01241090v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Marchand" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ESARS.2015.7101437" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964548v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00903999v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00652721v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00770937v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CCECE.2012.6334979" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00770897v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CCECE.2012.6334982" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00598551v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Pinel" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Pralus" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Braesch" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00636331v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00636419v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Torkamani" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00636327v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00652718v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00712506v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00712505v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00579241v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00187620v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Magot" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Rieuvernet" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bolopion" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00578853v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Espanet Christophe" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01710744v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726955v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wurtz Frederic" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01710734v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01322304v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Binet" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEMDC.1999.769069" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01322310v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEMDC.1999.769137" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03156035v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02461462v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03085213v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03156502v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jean-bigeon" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6112-6913" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/067318916" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303857v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam-Gabriel Desormiere" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilia Gzara" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bigeon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Nguyen-The" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2024.05.097" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684390v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Le Digabel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Salomon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10589-024-00588-2" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292899v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Audet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Couderc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Kokkolaras" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/math.20231321" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859996v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Nguyen-Th&#234;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2022.08.069" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447150v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soha Saad" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Ossart" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Sourdille" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harold Gance" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en14196420" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447123v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s43069-021-00075-y" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447078v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10589-021-00272-9" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03862074v3" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Cartier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2020.11.016" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03155907v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Angla" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Orban" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02880044v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaveh Babanezhad" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Aidibe" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Foucault" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Tahan" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.precisioneng.2020.05.006" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02187215v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vahid Sabri" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine S. Tahan" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.precisioneng.2019.07.002" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01915419v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2495/tdi-v2-n3-271-283" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01114609v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gad N. Abenhaim" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Desrochers" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cad.2014.12.006" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03155417v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gad Abenhaim" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4031152" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00996103v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Picheral" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Hadj-Hamou" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00786457v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issam Mazhoud" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Joyeux" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638161v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Remy" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2011.10.010" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F6LD4HFZ-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638165v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01710752v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Sauvey" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bar" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Rosnet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Wurtz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaime Fandino" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03155394v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bergeon" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gerbaud" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap:1998153" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B5870B07945F78D9AF9DE18A8E82B762EEA57137/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684121v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anass Boukir" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Reinbold" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Louis Levy" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292957v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-24837-5_41" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684482v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292913v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684457v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Orban" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Raynaud" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684460v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03862057v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684420v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03860274v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684439v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684411v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02461422v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378729v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02461397v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03156095v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bigeon" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Atienza" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933815v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01900616v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2495/TDI-V2-N3-271-283" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933817v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01900623v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140062v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01801271v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/sysose.2018.8428703" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933812v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02981822v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02461431v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693616v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Machet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ESARS-ITEC.2016.7841375" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361582v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Desjouis" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01400933v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2016.04.023" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01400968v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02462487v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souheil Antoine Tahan" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01241090v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Marchand" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ESARS.2015.7101437" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964548v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00903999v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00652721v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00770937v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CCECE.2012.6334979" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00770897v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CCECE.2012.6334982" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00636419v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Torkamani" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00636331v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00598551v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Pinel" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Pralus" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Braesch" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00636327v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00712505v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00712506v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00652718v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00579241v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00187620v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Magot" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Rieuvernet" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bolopion" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00578853v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Espanet Christophe" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01710744v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726955v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wurtz Frederic" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01710734v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01322304v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Binet" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEMDC.1999.769069" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01322310v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEMDC.1999.769137" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03156035v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02461462v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03085213v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03156502v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>