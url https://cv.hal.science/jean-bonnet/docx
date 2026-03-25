--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Jean Bonnet </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">University Professor of EconomicsUFR SEGGAT (Economic and Management Sciences, Geography and Regional Planning)University of Caen NormandyEsplanade de la Paix, 14032 Caen cedex.FRANCEPermanent member of CREM (UMR-CNRS, 6211)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">jean-bonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-9718-3939</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mes travaux de recherche portent principalement sur le domaine de la création d'entreprises et je m'intéresse depuis peu aux questions environnementales.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'explication de la création de nouvelles entreprises a été étudiée sous l'angle de la valorisation du capital humain de l'entrepreneur sur le marché du travail (Compétences managériales, coûts irrécupérables, motivations -nécessité, opportunité-), du cycle économique (indicateur avancé/retardé), du fonctionnement des écosystèmes entrepreneuriaux et des contraintes financières. Mes recherches ont également porté sur les facteurs qui influencent la survie et la croissance des nouvelles entreprises, avec un accent particulier sur la dynamique régionale et les écosystèmes entrepreneuriaux dans l'économie numérique. Nous nous sommes intéressés aussi à l'interaction entre la structure financière (niveau d'endettement) et l’orientation entrepreneuriale de la jeune firme pour expliquer la survie et la croissance des jeunes entreprises.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mon deuxième domaine de recherche, plus récent, porte sur les questions environnementales et les défis du développement durable et d'une économie résiliente. Les pays européens se sont engagés à réduire les émissions de gaz à effet de serre, à accroître l'utilisation des énergies renouvelables et à améliorer l'efficacité énergétique. La préservation des ressources naturelles, en l'occurrence les stocks halieutiques, est également un enjeu. En outre, l'acceptabilité sociale des énergies renouvelables et la capacité à répondre aux différents chocs que provoqueront les problèmes environnementaux sont également des questions qui doivent être abordées.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (40)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La remise en cause de la valorisation et de la durabilité d’une ressource naturelle labellisée : le cas du label de qualité « bar de ligne de Normandie »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Drouot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Lamort</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie rurale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 393, pp.37-61. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/14gey⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05504953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A comprehensive study of the effect of biogas units on real estate prices in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Faulques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Bourdin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 145, pp.108488. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.eneco.2025.108488⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05089177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generational effect and territorial distributive justice, the two main drivers for willingness to pay for renewable energies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Faulques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Juge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonas Pigeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 168 (3), pp.113094. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.enpol.2022.113094⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03775275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Female Entrepreneurship in Dakar: A Multidimensional Approach Where the Entrepreneurial Culture Reflects the Sociological Diversity of Female Entrepreneurs in Dakar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafik Abdesselam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ibrahima Dia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Business and Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 24 (4), pp.143-170. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.33423/jabe.v24i4.5437⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03828941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Digital entrepreneurship indicator (DEI): an analysis of the case of the greater Paris metropolitan area</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorine Cornet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Bourdin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Regional Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00168-022-01175-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03886445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correction to: Digital entrepreneurship indicator (DEI): an analysis of the case of the greater Paris metropolitan area</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorine Cornet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Bourdin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Regional Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 71 (3), pp.725-725. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00168-022-01199-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05089170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trajectories for Energy Transition in EU-28 Countries over the Period 2000–2019: a Multidimensional Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafik Abdesselam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Renou-Maissant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Modeling &amp; Assessment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 27, pp.525 - 551. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10666-022-09816-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05019868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluating Sustainable Development by Composite Index: Evidence from French Departments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Coll-Martínez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Renou-Maissant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 13 (2), pp.761. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/su13020761⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05021634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Typologie du développement durable en Normandie : une évaluation à l’échelle des EPCI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Renou-Maissant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Coll-Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Raulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie régionale et urbaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.795-824</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03637657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Typologie du développement durable en Normandie : Une évaluation à l'échelle des Établissements Publics de Coopération Intercommunale (EPCI)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Coll-Martínez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Raulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Renou-Maissant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie régionale et urbaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 5, pp.795-824. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/reru.215.0795⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03472235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What are the drivers of business demography and employment in the countries of the European Union?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafik Abdesselam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Renou-Maissant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 52 (37), pp.4018 - 4043. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00036846.2020.1730756⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05019884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The territory in the Francophone managerial literature: Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcus Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Khelil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie régionale et urbaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 2, pp.157-169. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/reru.202.0157⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02998400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Attention-deficit/hyperactivity disorder (ADHD) symptoms and academic entrepreneurial preference: is there an association?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivonne Canits</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indy Bernoster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jinia Mukerjee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ugo Rizzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Small Business Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 53 (2), pp.369-380. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11187-018-0057-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01910339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le contexte entrepreneurial et son influence spatialement différenciée sur le niveau de développement régional</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faten Gazzah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie régionale et urbaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 4 (4), pp.699-725. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/reru.194.0699⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01910348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrepreneurship, economic development,and institutional environment: evidence from OECD countries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafik Abdesselam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Renou-Maissant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of International Entrepreneurship</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 16 (4), pp.504-546. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10843-017-0214-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02937303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Long-run Impact of Bank Lending Constraints and Other Economically Important Factors on SME Failure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Cressy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Review of Entrepreneurship</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 16 (3), pp.289-328</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01910293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the Relationship between Micro-Enterprises and Regional Development: Evidence from Tunisia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatten Gazzah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sana El Harbi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Review of Entrepreneurship</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 15 (4), pp.465-488</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01910346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Credit rationing or overlending? An exploration into financing imperfection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Cieply</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcus Dejardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 48 (57), pp.5563-5580. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00036846.2016.1181829⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01373017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrepreneurship and the business cycle: the “Schumpeter” effect versus the “refugee” effect—a French appraisal based on regional data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Renou-Maissant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Regional Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 54 (1), pp.23-55. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00168-014-0645-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01101962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cycle économique et comportement entrepreneurial sur données régionales françaises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Renou-Maissant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie régionale et urbaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 4, pp.643-675</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01116883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative study of organizational innovation and its link with technological innovation in Lower Normandy SMEs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadidja Benallou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Movahedi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RESADDERSSE international</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 17, pp.29-77</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01098925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Typology of the French regional development: revealing the refugee/Schumpeter effects in new-firms startups</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafik Abdesselam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Renou-Maissant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 46 (28), pp.3437-3451. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00036846.2014.931920⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01101963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Typology of the French regional development: revealing the refugee/Schumpeter effects in new-firms startups</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Renou-Maissant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafik Abdesselam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 46, pp.3437-3451</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02562525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Making students sensitive to entrepreneurship</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Brau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonia Guijarro Madrid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Social Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 1 (9), pp.55-80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00656597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La dynamique entrepreneuriale du (des) territoire(s) français : entre firmes entrepreneuriales et entrepreneuriat lié à l'économie résidentielle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Journal of Regional Science / Revue canadienne des sciences régionales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 33 (Special Issue), pp.27-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00555024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La caractérisation du développement infrarégional en Basse-Normandie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Bisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie régionale et urbaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 1, pp.133-154</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00419759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Financial Constraints on New Firms : Looking for Regional Disparities »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Cieply</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcus Dejardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Economiques de Bruxelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, pp.24 PAGES</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00010304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Financial Constraints on New Firms : Looking for Regional Disparities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Cieply</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcus Dejardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brussels Economic Review </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, pp. 217-246</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00337429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les contraintes de la création et de la reprise d’entreprises : une application aux régions françaises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafik Abdesselam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Le Pape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers d'Economie et de Sociologie Rurales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 72, pp.33-68</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01201077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An explanation of the life span of new firms : an empirical analysis from French data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafik Abdesselam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Le Pape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Small Business Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 23 (3), pp.237-254</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00069109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La détermination du nombre des délégués au sein des structures intercommunales : une application de l'indice de pouvoir de Banzhaf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Bisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Lepelley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie régionale et urbaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 2, pp.259-282</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00149378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les contraintes de la création et de la reprise d'entreprise : une application aux régions françaises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafik Abdesselam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Le Pape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers d'Economie et de Sociologie Rurales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, n°72, 3ième trimestre, pp.33-68</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00149382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Explanation of the Life Span of New French Firms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafik Abdesselam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Le Pape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Small Business Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1023/B:SBEJ.0000032034.59035.b4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02937310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Explanation of the Life Span of New French Firms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafik Abdesselam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Le Pape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Small Business Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 23, pp.237-254</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00149371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La détermination du nombre de délégués au sein des structures intercommunales : une application de l'indice de pouvoir de Banzhaf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Bisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Lepelley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie régionale et urbaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 2, pp.259-282</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00069103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les contraintes de la création et de la reprise d'entreprise : une application aux régions françaises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafik Abdesselam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Le Pape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers d'Economie et de Sociologie Rurales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 72, pp.33-68</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00068318v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'évaluation des programmes d'innovation financés par l'Anvar 1986-1990</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie industrielle </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 100, 3ième trimestre, pp.93-118</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00071282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La régulation macroéconomique et sectorielle de la démographie d’entreprises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Renou-Maissant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economie et Prévision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 4 (145), pp.19-36. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/ecop.2000.6110⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02562566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les fortunes diverses du développement régional</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economie et Statistique / Economics and Statistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 307, pp.43 - 58. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/estat.1997.2580⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05090122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les dynamiques régionales et leurs facteurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue dÉconomie Régionale et Urbaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, N°1, pp. 3-34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05090128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Labor Market and Successful Entrepreneurship</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Le Pape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Exploring the Entrepreneurial Society : Institutions, Behaviors and Outcomes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edward Elgar Publishing Limited, 2014, 1783472650, 9781783472659</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01101971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrepreneurship motives, entrepreneurial orientation, and duration of new French firms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Le Pape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Afzalur Rahim. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Intelligence, Leadership, and Problem Solving</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Transaction Publishers, pp.93-106, 2012, Current Topics in Management, Vol. 16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00771118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovative entrepreneurship as a way to meet professionnal dissatisfaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Brau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonia Madrid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">J.Bonnet, M.Dejardin, A.Madrid-Guijarro. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The shift to the entrepreneurial society: a built economy in education, sustainability and regulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edward Elgar, pp.58-71, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00743109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does the regional dimension matter as regards finance and entrepreneurship?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Cieply</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcus Dejardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">J. Bonnet, M. Dejardin, A. Madrid-Guijarro. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The shift to the entrepreneurial society: a built economy in education, sustainability and regulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edward Elgar, pp.173-188, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00743116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrepreneurial Decision-making</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Cussy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Brau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Encyclopedia of Entrepreneurship</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Léo-Paul Dana, Edward Elgar Publishing Limited, pp.65-79, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00658771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High education, sunk costs and entrepreneurship</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Cussy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">J. Bonnet, D. Garcia-Perez-de-Lema, H. Van Hauken. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Entrepreneurial society: how to fill the gap between knowledge and innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edward Elgar Publishing, pp.37-53, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00489206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Successful Post-Entry Strategies of New Entrepreneurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Le Pape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean Bonnet, Domingo García-Pérez-de-Lema, Howard Van Auken. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Entrepreneurial society: how to fill the gap between knowledge and innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edward Elgar Publishing, pp. 185-207, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00489229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La prise de décision en économie : une application à la prise de décision entrepreneurial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Brau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Cussy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychologie du jugement et de la décision : des modèles aux applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Boeck, pp.149-170, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00449451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">chapter 7 Inferring the Unobserved Human Capital of Entrepreneurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnab Bhattacharjee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Renault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Le Pape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Prof. Dr. Mirjam van Praag. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entrepreneurship and Human Capital</w:t></w:r><w:br/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Amsterdam Center for Entrepreneurship</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.47-51, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00095521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does organizational and local anchoring promote the resilience of fishing companies? A comparison of innovation behaviors in Brittany, Normandy and the Basque Country</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Drouot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">60th ERSA Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Bolzano, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04464296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une organisation sociale et territoriale des entreprises de pêche améliore-t-elle leur résilience ? La comparaison des effets d'un label de qualité entre la Bretagne, la Normandie et le Pays basque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Drouot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">57e colloque de l’Association de Science Régionale de Langue Française (ASRDLF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Avignon, France, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04422387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do Bankers Make Errors When They Screen Start Up ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Cieply</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcus Dejardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Do Bankers Make Errors When They Screen Start Up</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Paris, France. pp.20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00337428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrepreneurship, Culture, Finance and Economic Development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entrepreneurship, Culture, Finance and Economic Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00337437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do Bankers Make Errors When They Screen Start Up ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Cieply</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcus Dejardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Do Bankers Make Errors When They Screen Start Up ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, France. pp.20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00337427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valorisation du capital humain, entrepreneuriat et dynamique des territoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Valorisation du capital humain, entrepreneuriat et dynamique des territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2008, Canada. pp.33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00337432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrepreneurial motives and performance : Why might better educated entrepreneurs be less successful ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnab Bhattacharjee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Le Pape</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Renault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entrepreneurial motives and performance: Why might better educated entrepreneurs be less successful ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Czech Republic. pp.47</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00337431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamiques Entrepreneuriales et Renouvellement des Systèmes Productifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dynamiques Entrepreneuriales et Renouvellement des Systèmes Productifs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2008, Rimouski, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00337436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does the regional dimension matter as regards finance and entrepreneurship ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Cieply</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcus Dejardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Does the regional dimension matter as regards finance and entrepreneurship ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, France. pp.20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00337426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrepreneurship and the Region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entrepreneurship and the Region (47ième congrès de la European Regional </w:t></w:r><w:br/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science Association)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00337438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inferring the Unobserved Human Capital of Entrepreneurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnab Bhattacharjee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Le Pape</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Renault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inferring the Unobserved Human Capital of Entrepreneurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, Netherlands. pp.35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00337433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inferring the Unobserved Human Capital of Entrepreneurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnab Bhattacharjee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Le Pape</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Renault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inferring the Unobserved Human Capital of Entrepreneurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2006, Germany. pp.35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00337434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les caractéristiques psychologiques des créateurs d'entreprises innovantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Arques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Brau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Clavo Flores Segura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les caractéristiques psychologiques des créateurs d'entreprises innovantes (Researcher Exchange mobility)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, Madrid, Espagne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00337440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inferring the Unobserved Human Capital of Entrepreneurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnab Bhattacharjee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Le Pape</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Renault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inferring the Unobserved Human Capital of Entrepreneurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2005, Atlanta, United States. pp.25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00337435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les contraintes financières que rencontrent les nouvelles entreprises à l'échelle régionale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Cieply</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcus Dejardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les contraintes financières que rencontrent les nouvelles entreprises à l'échelle régionale (Researcher Exchange mobility)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00337439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Financial constraints on new firms: looking for regional disparities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Cieply</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcus Dejardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XLème Colloque de l'ASRDLF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2004, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00010375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'entreprise artisanale de plomberie chauffage TLG face à un choix stratégique de relocalisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Le Pape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00489235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anticipation sur les marchés & comportements stratégiques des entreprises artisanales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Le Pape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00489241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etat des lieux des réflexions du Club des Dirigeants de Basse-Normandie sur l'anticipation sur les marchés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00354710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Financial relationships and financial constraint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Cieply</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcus Dejardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00010376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La remise en cause de la valorisation et de la durabilité d’une ressource naturelle labellisée : le cas du label de qualité « bar de ligne de Normandie »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Drouot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05090792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How the Interaction between Financial Policy and Product Market Strategies Influences a Young Firm's Ability to Survive And/Or Growth?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Le Pape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05089176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The entrepreuneurial context, a factor of Economic Growth in the Europe Union? A GWR analysis on the EU Regions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatten Gazzah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01619798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pre Entry Motives into Entrepreneurship and Post Entry Entrepreneurial Orientation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Le Pape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00809763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrepreneurial motives and performance: Why might better educated entrepreneurs be less successful?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnab Bhattacharjee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Le Pape</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Renault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00809745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Financial Constraints on New Firms: Looking for Regional Disparities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Cieply</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcus Dejardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00010330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the Entrepreneurial Society: Institutions, Behaviors and Outcomes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcus Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domingo Garcia Perez de Lema</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Edward Elgar Publishing Limited, 2014, 1783472650, 9781783472659</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01101967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The shift to the entrepreneurial society: a built economy in education, sustainability and regulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcus Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonia Madrid-Guijarro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Edward Elgar Publishing, pp.286, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00743122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Entrepreneurial society: how to fill the gap between knowledge and innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domingo García Pérez-De-Lema</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Howard van Auken</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Edward Elgar Publishing, pp.260, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00555032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId152"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Jean Bonnet </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">University Professor of EconomicsUFR SEGGAT (Economic and Management Sciences, Geography and Regional Planning)University of Caen NormandyEsplanade de la Paix, 14032 Caen cedex.FRANCEPermanent member of CREM (UMR-CNRS, 6211)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">jean-bonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-9718-3939</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mes travaux de recherche portent principalement sur le domaine de la création d'entreprises et je m'intéresse depuis peu aux questions environnementales.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'explication de la création de nouvelles entreprises a été étudiée sous l'angle de la valorisation du capital humain de l'entrepreneur sur le marché du travail (Compétences managériales, coûts irrécupérables, motivations -nécessité, opportunité-), du cycle économique (indicateur avancé/retardé), du fonctionnement des écosystèmes entrepreneuriaux et des contraintes financières. Mes recherches ont également porté sur les facteurs qui influencent la survie et la croissance des nouvelles entreprises, avec un accent particulier sur la dynamique régionale et les écosystèmes entrepreneuriaux dans l'économie numérique. Nous nous sommes intéressés aussi à l'interaction entre la structure financière (niveau d'endettement) et l’orientation entrepreneuriale de la jeune firme pour expliquer la survie et la croissance des jeunes entreprises.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mon deuxième domaine de recherche, plus récent, porte sur les questions environnementales et les défis du développement durable et d'une économie résiliente. Les pays européens se sont engagés à réduire les émissions de gaz à effet de serre, à accroître l'utilisation des énergies renouvelables et à améliorer l'efficacité énergétique. La préservation des ressources naturelles, en l'occurrence les stocks halieutiques, est également un enjeu. En outre, l'acceptabilité sociale des énergies renouvelables et la capacité à répondre aux différents chocs que provoqueront les problèmes environnementaux sont également des questions qui doivent être abordées.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (40)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A comprehensive study of the effect of biogas units on real estate prices in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Faulques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Bourdin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 145, pp.108488. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.eneco.2025.108488⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05089177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La remise en cause de la valorisation et de la durabilité d’une ressource naturelle labellisée : le cas du label de qualité « bar de ligne de Normandie »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Drouot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Lamort</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie rurale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 393, pp.37-61. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/14gey⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05504953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generational effect and territorial distributive justice, the two main drivers for willingness to pay for renewable energies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Faulques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Juge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonas Pigeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 168 (3), pp.113094. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.enpol.2022.113094⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03775275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Female Entrepreneurship in Dakar: A Multidimensional Approach Where the Entrepreneurial Culture Reflects the Sociological Diversity of Female Entrepreneurs in Dakar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafik Abdesselam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ibrahima Dia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Business and Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 24 (4), pp.143-170. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.33423/jabe.v24i4.5437⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03828941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Digital entrepreneurship indicator (DEI): an analysis of the case of the greater Paris metropolitan area</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorine Cornet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Bourdin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Regional Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00168-022-01175-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03886445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correction to: Digital entrepreneurship indicator (DEI): an analysis of the case of the greater Paris metropolitan area</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorine Cornet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Bourdin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Regional Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 71 (3), pp.725-725. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00168-022-01199-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05089170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trajectories for Energy Transition in EU-28 Countries over the Period 2000–2019: a Multidimensional Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafik Abdesselam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Renou-Maissant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Modeling &amp; Assessment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 27, pp.525 - 551. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10666-022-09816-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05019868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluating Sustainable Development by Composite Index: Evidence from French Departments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Coll-Martínez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Renou-Maissant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 13 (2), pp.761. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/su13020761⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05021634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Typologie du développement durable en Normandie : une évaluation à l’échelle des EPCI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Renou-Maissant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Coll-Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Raulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie régionale et urbaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.795-824</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03637657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Typologie du développement durable en Normandie : Une évaluation à l'échelle des Établissements Publics de Coopération Intercommunale (EPCI)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Coll-Martínez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Raulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Renou-Maissant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie régionale et urbaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 5, pp.795-824. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/reru.215.0795⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03472235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What are the drivers of business demography and employment in the countries of the European Union?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafik Abdesselam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Renou-Maissant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 52 (37), pp.4018 - 4043. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00036846.2020.1730756⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05019884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The territory in the Francophone managerial literature: Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcus Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Khelil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie régionale et urbaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 2, pp.157-169. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/reru.202.0157⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02998400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Attention-deficit/hyperactivity disorder (ADHD) symptoms and academic entrepreneurial preference: is there an association?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivonne Canits</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indy Bernoster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jinia Mukerjee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ugo Rizzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Small Business Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 53 (2), pp.369-380. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11187-018-0057-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01910339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le contexte entrepreneurial et son influence spatialement différenciée sur le niveau de développement régional</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faten Gazzah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie régionale et urbaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 4 (4), pp.699-725. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/reru.194.0699⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01910348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrepreneurship, economic development,and institutional environment: evidence from OECD countries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafik Abdesselam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Renou-Maissant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of International Entrepreneurship</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 16 (4), pp.504-546. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10843-017-0214-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02937303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Long-run Impact of Bank Lending Constraints and Other Economically Important Factors on SME Failure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Cressy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Review of Entrepreneurship</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 16 (3), pp.289-328</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01910293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the Relationship between Micro-Enterprises and Regional Development: Evidence from Tunisia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatten Gazzah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sana El Harbi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Review of Entrepreneurship</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 15 (4), pp.465-488</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01910346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Credit rationing or overlending? An exploration into financing imperfection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Cieply</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcus Dejardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 48 (57), pp.5563-5580. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00036846.2016.1181829⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01373017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrepreneurship and the business cycle: the “Schumpeter” effect versus the “refugee” effect—a French appraisal based on regional data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Renou-Maissant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Regional Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 54 (1), pp.23-55. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00168-014-0645-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01101962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cycle économique et comportement entrepreneurial sur données régionales françaises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Renou-Maissant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie régionale et urbaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 4, pp.643-675</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01116883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Typology of the French regional development: revealing the refugee/Schumpeter effects in new-firms startups</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafik Abdesselam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Renou-Maissant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 46 (28), pp.3437-3451. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00036846.2014.931920⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01101963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative study of organizational innovation and its link with technological innovation in Lower Normandy SMEs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadidja Benallou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Movahedi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RESADDERSSE international</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 17, pp.29-77</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01098925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Typology of the French regional development: revealing the refugee/Schumpeter effects in new-firms startups</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Renou-Maissant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafik Abdesselam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 46, pp.3437-3451</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02562525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Making students sensitive to entrepreneurship</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Brau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonia Guijarro Madrid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Social Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 1 (9), pp.55-80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00656597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La dynamique entrepreneuriale du (des) territoire(s) français : entre firmes entrepreneuriales et entrepreneuriat lié à l'économie résidentielle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Journal of Regional Science / Revue canadienne des sciences régionales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 33 (Special Issue), pp.27-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00555024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La caractérisation du développement infrarégional en Basse-Normandie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Bisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie régionale et urbaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 1, pp.133-154</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00419759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Financial Constraints on New Firms : Looking for Regional Disparities »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Cieply</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcus Dejardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Economiques de Bruxelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, pp.24 PAGES</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00010304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Financial Constraints on New Firms : Looking for Regional Disparities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Cieply</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcus Dejardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brussels Economic Review </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, pp. 217-246</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00337429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An explanation of the life span of new firms : an empirical analysis from French data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafik Abdesselam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Le Pape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Small Business Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 23 (3), pp.237-254</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00069109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les contraintes de la création et de la reprise d’entreprises : une application aux régions françaises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafik Abdesselam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Le Pape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers d'Economie et de Sociologie Rurales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 72, pp.33-68</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01201077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La détermination du nombre des délégués au sein des structures intercommunales : une application de l'indice de pouvoir de Banzhaf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Bisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Lepelley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie régionale et urbaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 2, pp.259-282</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00149378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les contraintes de la création et de la reprise d'entreprise : une application aux régions françaises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafik Abdesselam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Le Pape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers d'Economie et de Sociologie Rurales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, n°72, 3ième trimestre, pp.33-68</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00149382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Explanation of the Life Span of New French Firms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafik Abdesselam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Le Pape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Small Business Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1023/B:SBEJ.0000032034.59035.b4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02937310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Explanation of the Life Span of New French Firms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafik Abdesselam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Le Pape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Small Business Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 23, pp.237-254</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00149371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La détermination du nombre de délégués au sein des structures intercommunales : une application de l'indice de pouvoir de Banzhaf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Bisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Lepelley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie régionale et urbaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 2, pp.259-282</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00069103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les contraintes de la création et de la reprise d'entreprise : une application aux régions françaises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafik Abdesselam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Le Pape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers d'Economie et de Sociologie Rurales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 72, pp.33-68</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00068318v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'évaluation des programmes d'innovation financés par l'Anvar 1986-1990</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie industrielle </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 100, 3ième trimestre, pp.93-118</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00071282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La régulation macroéconomique et sectorielle de la démographie d’entreprises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Renou-Maissant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economie et Prévision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 4 (145), pp.19-36. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/ecop.2000.6110⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02562566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les fortunes diverses du développement régional</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economie et Statistique / Economics and Statistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 307, pp.43 - 58. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/estat.1997.2580⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05090122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les dynamiques régionales et leurs facteurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue dÉconomie Régionale et Urbaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, N°1, pp. 3-34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05090128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Labor Market and Successful Entrepreneurship</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Le Pape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Exploring the Entrepreneurial Society : Institutions, Behaviors and Outcomes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edward Elgar Publishing Limited, 2014, 1783472650, 9781783472659</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01101971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrepreneurship motives, entrepreneurial orientation, and duration of new French firms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Le Pape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Afzalur Rahim. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Intelligence, Leadership, and Problem Solving</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Transaction Publishers, pp.93-106, 2012, Current Topics in Management, Vol. 16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00771118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovative entrepreneurship as a way to meet professionnal dissatisfaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Brau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonia Madrid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">J.Bonnet, M.Dejardin, A.Madrid-Guijarro. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The shift to the entrepreneurial society: a built economy in education, sustainability and regulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edward Elgar, pp.58-71, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00743109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does the regional dimension matter as regards finance and entrepreneurship?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Cieply</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcus Dejardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">J. Bonnet, M. Dejardin, A. Madrid-Guijarro. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The shift to the entrepreneurial society: a built economy in education, sustainability and regulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edward Elgar, pp.173-188, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00743116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrepreneurial Decision-making</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Cussy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Brau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Encyclopedia of Entrepreneurship</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Léo-Paul Dana, Edward Elgar Publishing Limited, pp.65-79, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00658771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High education, sunk costs and entrepreneurship</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Cussy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">J. Bonnet, D. Garcia-Perez-de-Lema, H. Van Hauken. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Entrepreneurial society: how to fill the gap between knowledge and innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edward Elgar Publishing, pp.37-53, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00489206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Successful Post-Entry Strategies of New Entrepreneurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Le Pape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean Bonnet, Domingo García-Pérez-de-Lema, Howard Van Auken. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Entrepreneurial society: how to fill the gap between knowledge and innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edward Elgar Publishing, pp. 185-207, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00489229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La prise de décision en économie : une application à la prise de décision entrepreneurial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Brau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Cussy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychologie du jugement et de la décision : des modèles aux applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Boeck, pp.149-170, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00449451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">chapter 7 Inferring the Unobserved Human Capital of Entrepreneurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnab Bhattacharjee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Renault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Le Pape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Prof. Dr. Mirjam van Praag. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entrepreneurship and Human Capital</w:t></w:r><w:br/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Amsterdam Center for Entrepreneurship</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.47-51, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00095521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does organizational and local anchoring promote the resilience of fishing companies? A comparison of innovation behaviors in Brittany, Normandy and the Basque Country</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Drouot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">60th ERSA Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Bolzano, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04464296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une organisation sociale et territoriale des entreprises de pêche améliore-t-elle leur résilience ? La comparaison des effets d'un label de qualité entre la Bretagne, la Normandie et le Pays basque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Drouot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">57e colloque de l’Association de Science Régionale de Langue Française (ASRDLF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Avignon, France, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04422387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do Bankers Make Errors When They Screen Start Up ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Cieply</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcus Dejardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Do Bankers Make Errors When They Screen Start Up</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Paris, France. pp.20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00337428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do Bankers Make Errors When They Screen Start Up ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Cieply</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcus Dejardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Do Bankers Make Errors When They Screen Start Up ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, France. pp.20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00337427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrepreneurship, Culture, Finance and Economic Development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entrepreneurship, Culture, Finance and Economic Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00337437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valorisation du capital humain, entrepreneuriat et dynamique des territoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Valorisation du capital humain, entrepreneuriat et dynamique des territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2008, Canada. pp.33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00337432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrepreneurial motives and performance : Why might better educated entrepreneurs be less successful ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnab Bhattacharjee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Le Pape</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Renault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entrepreneurial motives and performance: Why might better educated entrepreneurs be less successful ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Czech Republic. pp.47</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00337431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamiques Entrepreneuriales et Renouvellement des Systèmes Productifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dynamiques Entrepreneuriales et Renouvellement des Systèmes Productifs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2008, Rimouski, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00337436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrepreneurship and the Region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entrepreneurship and the Region (47ième congrès de la European Regional </w:t></w:r><w:br/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science Association)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00337438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does the regional dimension matter as regards finance and entrepreneurship ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Cieply</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcus Dejardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Does the regional dimension matter as regards finance and entrepreneurship ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, France. pp.20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00337426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inferring the Unobserved Human Capital of Entrepreneurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnab Bhattacharjee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Le Pape</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Renault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inferring the Unobserved Human Capital of Entrepreneurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, Netherlands. pp.35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00337433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inferring the Unobserved Human Capital of Entrepreneurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnab Bhattacharjee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Le Pape</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Renault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inferring the Unobserved Human Capital of Entrepreneurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2006, Germany. pp.35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00337434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les caractéristiques psychologiques des créateurs d'entreprises innovantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Arques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Brau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Clavo Flores Segura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les caractéristiques psychologiques des créateurs d'entreprises innovantes (Researcher Exchange mobility)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, Madrid, Espagne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00337440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inferring the Unobserved Human Capital of Entrepreneurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnab Bhattacharjee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Le Pape</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Renault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inferring the Unobserved Human Capital of Entrepreneurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2005, Atlanta, United States. pp.25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00337435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les contraintes financières que rencontrent les nouvelles entreprises à l'échelle régionale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Cieply</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcus Dejardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les contraintes financières que rencontrent les nouvelles entreprises à l'échelle régionale (Researcher Exchange mobility)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00337439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Financial constraints on new firms: looking for regional disparities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Cieply</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcus Dejardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XLème Colloque de l'ASRDLF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2004, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00010375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'entreprise artisanale de plomberie chauffage TLG face à un choix stratégique de relocalisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Le Pape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00489235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anticipation sur les marchés & comportements stratégiques des entreprises artisanales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Le Pape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00489241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etat des lieux des réflexions du Club des Dirigeants de Basse-Normandie sur l'anticipation sur les marchés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00354710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Financial relationships and financial constraint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Cieply</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcus Dejardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00010376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La remise en cause de la valorisation et de la durabilité d’une ressource naturelle labellisée : le cas du label de qualité « bar de ligne de Normandie »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Drouot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05090792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How the Interaction between Financial Policy and Product Market Strategies Influences a Young Firm's Ability to Survive And/Or Growth?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Le Pape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05089176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The entrepreuneurial context, a factor of Economic Growth in the Europe Union? A GWR analysis on the EU Regions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatten Gazzah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01619798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pre Entry Motives into Entrepreneurship and Post Entry Entrepreneurial Orientation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Le Pape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00809763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrepreneurial motives and performance: Why might better educated entrepreneurs be less successful?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnab Bhattacharjee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Le Pape</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Renault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00809745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Financial Constraints on New Firms: Looking for Regional Disparities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Cieply</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcus Dejardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00010330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the Entrepreneurial Society: Institutions, Behaviors and Outcomes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcus Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domingo Garcia Perez de Lema</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Edward Elgar Publishing Limited, 2014, 1783472650, 9781783472659</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01101967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The shift to the entrepreneurial society: a built economy in education, sustainability and regulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcus Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonia Madrid-Guijarro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Edward Elgar Publishing, pp.286, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00743122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Entrepreneurial society: how to fill the gap between knowledge and innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domingo García Pérez-De-Lema</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Howard van Auken</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Edward Elgar Publishing, pp.260, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00555032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId152"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="542E5F12"/>
+    <w:nsid w:val="584BFC4C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jean-bonnet" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9718-3939" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504953v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bonnet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Drouot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lamort" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14gey" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05089177v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Faulques" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bourdin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eneco.2025.108488" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775275v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Juge" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Pigeon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enpol.2022.113094" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828941v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafik Abdesselam" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahima Dia" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33423/jabe.v24i4.5437" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886445v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorine Cornet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00168-022-01175-1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05089170v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00168-022-01199-7" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019868v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Renou-Maissant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10666-022-09816-7" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05021634v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Coll-Mart&#237;nez" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su13020761" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637657v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Coll-Martinez" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Raulin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03472235v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.215.0795" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019884v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00036846.2020.1730756" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998400v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcus Dejardin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Khelil" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.202.0157" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01910339v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivonne Canits" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Indy Bernoster" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinia Mukerjee" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Rizzo" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11187-018-0057-x" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01910348v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faten Gazzah" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.194.0699" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02937303v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Aubry" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10843-017-0214-3" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01910293v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Cressy" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01910346v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatten Gazzah" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana El Harbi" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01373017v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Cieply" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00036846.2016.1181829" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01101962v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00168-014-0645-x" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01116883v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01098925v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadidja Benallou" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Movahedi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01101963v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00036846.2014.931920" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02562525v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00656597v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Brau" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Cadet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia Guijarro Madrid" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00555024v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00419759v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bisson" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00010304v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00337429v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01201077v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Le Pape" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00069109v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00149378v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lepelley" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00149382v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02937310v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/B:SBEJ.0000032034.59035.b4" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/7362373476243D29F4C96392551328F5B9B9AB4C/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00149371v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00069103v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00068318v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00071282v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02562566v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ecop.2000.6110" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090122v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/estat.1997.2580" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090128v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01101971v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00771118v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00743109v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia Madrid" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00743116v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00658771v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Cussy" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00489206v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00489229v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00449451v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00095521v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnab Bhattacharjee" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Renault" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464296v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04422387v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00337428v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00337437v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00337427v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00337432v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00337431v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00337436v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00337426v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00337438v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00337433v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00337434v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00337440v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Arques" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Clavo Flores Segura" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00337435v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00337439v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00010375v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00489235v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00489241v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00354710v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00010376v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090792v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05089176v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01619798v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00809763v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00809745v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00010330v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01101967v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domingo Garcia Perez de Lema" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00743122v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia Madrid-Guijarro" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00555032v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domingo Garc&#237;a P&#233;rez-De-Lema" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Howard van Auken" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jean-bonnet" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9718-3939" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05089177v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Faulques" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bonnet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bourdin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eneco.2025.108488" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504953v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Drouot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lamort" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14gey" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775275v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Juge" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Pigeon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enpol.2022.113094" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828941v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafik Abdesselam" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahima Dia" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33423/jabe.v24i4.5437" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886445v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorine Cornet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00168-022-01175-1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05089170v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00168-022-01199-7" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019868v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Renou-Maissant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10666-022-09816-7" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05021634v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Coll-Mart&#237;nez" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su13020761" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637657v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Coll-Martinez" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Raulin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03472235v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.215.0795" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019884v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00036846.2020.1730756" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998400v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcus Dejardin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Khelil" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.202.0157" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01910339v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivonne Canits" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Indy Bernoster" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinia Mukerjee" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Rizzo" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11187-018-0057-x" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01910348v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faten Gazzah" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.194.0699" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02937303v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Aubry" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10843-017-0214-3" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01910293v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Cressy" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01910346v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatten Gazzah" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana El Harbi" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01373017v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Cieply" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00036846.2016.1181829" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01101962v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00168-014-0645-x" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01116883v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01101963v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00036846.2014.931920" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01098925v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadidja Benallou" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Movahedi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02562525v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00656597v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Brau" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Cadet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia Guijarro Madrid" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00555024v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00419759v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bisson" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00010304v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00337429v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00069109v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Le Pape" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01201077v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00149378v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lepelley" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00149382v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02937310v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/B:SBEJ.0000032034.59035.b4" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/7362373476243D29F4C96392551328F5B9B9AB4C/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00149371v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00069103v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00068318v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00071282v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02562566v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ecop.2000.6110" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090122v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/estat.1997.2580" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090128v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01101971v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00771118v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00743109v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia Madrid" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00743116v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00658771v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Cussy" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00489206v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00489229v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00449451v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00095521v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnab Bhattacharjee" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Renault" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464296v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04422387v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00337428v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00337427v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00337437v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00337432v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00337431v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00337436v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00337438v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00337426v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00337433v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00337434v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00337440v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Arques" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Clavo Flores Segura" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00337435v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00337439v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00010375v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00489235v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00489241v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00354710v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00010376v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090792v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05089176v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01619798v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00809763v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00809745v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00010330v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01101967v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domingo Garcia Perez de Lema" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00743122v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia Madrid-Guijarro" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00555032v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domingo Garc&#237;a P&#233;rez-De-Lema" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Howard van Auken" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>