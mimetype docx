--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -467,445 +467,445 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05018080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laminin and hyaluronan supplementation of collagen hydrogels enhances endothelial function and tight junction expression on three-dimensional cylindrical microvessel-on-a-chip</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Protocol for fabricating and characterizing microvessel-on-a-chip for human umbilical vein endothelial cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Cacheux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tadaaki Nakajima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Alcaide</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shizuka Nakano</w:t>
+                <w:t xml:space="preserve">Takanori Sano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kotaro Doi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochemical and Biophysical Research Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 724 (6), pp.150234. </w:t>
+              <w:t xml:space="preserve">STAR Protocols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 5 (2), pp.102950. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.bbrc.2024.150234⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.xpro.2024.102950⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04715111v1</w:t>
+                <w:t xml:space="preserve">hal-04715098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Protocol for fabricating and characterizing microvessel-on-a-chip for human umbilical vein endothelial cells</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Laminin and hyaluronan supplementation of collagen hydrogels enhances endothelial function and tight junction expression on three-dimensional cylindrical microvessel-on-a-chip</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Alcaide</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Alric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Cacheux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Takanori Sano</w:t>
+                <w:t xml:space="preserve">Shizuka Nakano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kotaro Doi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">STAR Protocols</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 5 (2), pp.102950. </w:t>
+              <w:t xml:space="preserve">Biochemical and Biophysical Research Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 724 (6), pp.150234. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.xpro.2024.102950⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.bbrc.2024.150234⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04715098v1</w:t>
+                <w:t xml:space="preserve">hal-04715111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Endothelial tissue remodeling induced by intraluminal pressure enhances paracellular solute transport</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Capillary Stem Cells Enhance Vascular Barrier Function Revealed by the In Vitro Microvessel Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hedele Zeng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Takanori Sano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Cacheux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Bancaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Yoshihiro Akimoto</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jun-Ichi Kawabe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">iScience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.isci.2023.107141⟩</w:t>
+              <w:t xml:space="preserve">Nanobiomedicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 15 (2), pp.105-111. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.11344/nano.15.105⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04250976v1</w:t>
+                <w:t xml:space="preserve">hal-04715191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asymmetry of tensile versus compressive elasticity and permeability contributes to the regulation of exchanges in collagen gels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Cacheux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -954,210 +954,210 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Alcaide</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science Advances </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 9 (31), </w:t>
             </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/sciadv.adf9775⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04235287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Capillary Stem Cells Enhance Vascular Barrier Function Revealed by the In Vitro Microvessel Model</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Endothelial tissue remodeling induced by intraluminal pressure enhances paracellular solute transport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Cacheux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Bancaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Alcaide</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jun-Ichi Suehiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jun-Ichi Kawabe</w:t>
+                <w:t xml:space="preserve">Yoshihiro Akimoto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanobiomedicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 15 (2), pp.105-111. </w:t>
+              <w:t xml:space="preserve">iScience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 26 (7), pp.107141. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.11344/nano.15.105⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.isci.2023.107141⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04715191v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04250976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solute transport in the brain tissue: what are the key biophysical parameters tying in vivo and in vitro studies together?</w:t>
               </w:r>
@@ -3016,51 +3016,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="304BEF4E"/>
+    <w:nsid w:val="865E0F0C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3247,51 +3247,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jean-cacheux" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6671-5533" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/238331210" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05399336v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Cacheux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Qu&#233;nan" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Alcaide" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Ordonez-Miranda" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jalabert" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/7c89-529p" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05018080v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Bancaud" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tadaaki Nakajima" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun-Ichi Suehiro" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Alric" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Morfoisse" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5LC00104H" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715111v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shizuka Nakano" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kotaro Doi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2024.150234" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715098v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takanori Sano" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.xpro.2024.102950" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04250976v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshihiro Akimoto" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2023.107141" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235287v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adf9775" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715191v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hedele Zeng" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun-Ichi Kawabe" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11344/nano.15.105" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04063141v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rieko Muramatsu" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yukiko T Matsunaga" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3BM00027C" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715157v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Mart&#237;n-Asensio" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio D&#225;vila" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Lindstaedt" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicja Dziadosz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anbr.202200164" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03444566v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inga Tijunelyte" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Malbec" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bayan Chami" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dez" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bios.2021.112992" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03449104v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04291038v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.1c00735" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392369v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Leichle" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cordelier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fchem.2019.00815" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682628v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Ranchon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Reig" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Liot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pattamon Teerapanich" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.7b03962" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02338521v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Joseph" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mne.2018.10.003" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01961781v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirko Mikolasek" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Dolores Manrique-Juarez" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. J. Shepherd" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Ridier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Rat" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.8b05347" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01762631v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Brut" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssensors.7b00667" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687804v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Dolores Manrique-Ju&#225;rez" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Mathieu" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Shalabaeva" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201702739" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03821244v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857479v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/tel-01922268v2" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018TOU30152" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jean-cacheux" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6671-5533" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/238331210" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05399336v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Cacheux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Qu&#233;nan" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Alcaide" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Ordonez-Miranda" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jalabert" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/7c89-529p" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05018080v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Bancaud" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tadaaki Nakajima" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun-Ichi Suehiro" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Alric" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Morfoisse" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5LC00104H" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715098v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takanori Sano" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kotaro Doi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.xpro.2024.102950" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715111v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shizuka Nakano" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2024.150234" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715191v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hedele Zeng" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun-Ichi Kawabe" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11344/nano.15.105" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235287v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adf9775" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04250976v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshihiro Akimoto" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2023.107141" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04063141v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rieko Muramatsu" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yukiko T Matsunaga" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3BM00027C" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715157v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Mart&#237;n-Asensio" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio D&#225;vila" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Lindstaedt" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicja Dziadosz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anbr.202200164" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03444566v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inga Tijunelyte" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Malbec" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bayan Chami" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dez" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bios.2021.112992" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03449104v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04291038v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.1c00735" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392369v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Leichle" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cordelier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fchem.2019.00815" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682628v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Ranchon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Reig" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Liot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pattamon Teerapanich" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.7b03962" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02338521v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Joseph" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mne.2018.10.003" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01961781v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirko Mikolasek" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Dolores Manrique-Juarez" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. J. Shepherd" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Ridier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Rat" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.8b05347" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01762631v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Brut" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssensors.7b00667" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687804v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Dolores Manrique-Ju&#225;rez" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Mathieu" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Shalabaeva" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201702739" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03821244v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857479v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/tel-01922268v2" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018TOU30152" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>