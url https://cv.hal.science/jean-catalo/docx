--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -2072,165 +2072,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02505095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le vaisselier toulousain du XIVe siècle, témoin d'un tournant inattendu</w:t>
+                <w:t xml:space="preserve">La tour de l’horloge du parlement de Toulouse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Catalo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Toulouse au XIVe siècle. Arts et archéologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Toulouse, France</w:t>
+              <w:t xml:space="preserve">(Re)lecture archéologique de la justice en Europe médiévale et moderne. Actes du colloque de Bordeaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2017, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01780739v1</w:t>
+                <w:t xml:space="preserve">hal-01780732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La tour de l’horloge du parlement de Toulouse</w:t>
+                <w:t xml:space="preserve">Le vaisselier toulousain du XIVe siècle, témoin d'un tournant inattendu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Catalo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">(Re)lecture archéologique de la justice en Europe médiévale et moderne. Actes du colloque de Bordeaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2017, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Toulouse au XIVe siècle. Arts et archéologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01780732v1</w:t>
+                <w:t xml:space="preserve">hal-01780739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Connexion entre la céramique du Midi toulousain et les colonies d'Amérique</w:t>
               </w:r>
@@ -4541,233 +4541,233 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chapelle Saint-Martin. Occitanie, Haute-Garonne, Vaudreuille</w:t>
+                <w:t xml:space="preserve">Le village. Église Saint-Barthélemy. Occitanie, Haute-Garonne, Savères</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Chaillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teddy Bos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Catalo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Inrap Midi-MED. 2025, 141 p</w:t>
+              <w:t xml:space="preserve">Inrap Midi-MED. 2025, 108 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05355560v1</w:t>
+                <w:t xml:space="preserve">hal-05355575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le village. Église Saint-Barthélemy. Occitanie, Haute-Garonne, Savères</w:t>
+                <w:t xml:space="preserve">Chapelle Saint-Martin. Occitanie, Haute-Garonne, Vaudreuille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Chaillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Catalo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap Midi-MED. 2025, 141 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Teddy Bos</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">hal-05355575v1</w:t>
+                <w:t xml:space="preserve">hal-05355560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">9, place du Castet. Réaménagement du passage de l’aile sud de l’ancien cloître. Occitanie, Hautes-Pyrénées, Saint-Savin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Chaillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teddy Bos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Catalo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8441,51 +8441,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="62FFD2C8"/>
+    <w:nsid w:val="AB11F07F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8672,51 +8672,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jean-catalo" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/150217110" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03160253v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Catalo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cornardeau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Genevi&#232;ve" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Paya" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Pouget" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/aquit.2019.1623" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02077015v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Jarry" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dayrens" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bruxelles" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Helene" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654943v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Call&#232;de" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Molet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Raynaud" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779423v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00520556v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ginouvez" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Guyonnet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Carru" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779766v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Duchesne" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Marli&#232;re" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03292436v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Foy" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Llech" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780759v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Foy" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Llech" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/arcme.1998.914" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00423760v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Gaudin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rodet-Belarbi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01782093v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928477v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Boudartchouk" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00423786v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Lignereux" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/amime.1995.1278" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780765v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Massan" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Ipiens" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01782129v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780798v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Montembault" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/amime.1993.1244" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780806v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quitterie Cazes" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780809v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04383818v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle R&#233;al" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne D&#233;bax" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02505095v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Richart&#233;-Manfredi" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Horry" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780739v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780732v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04397052v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Piques" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Minovez" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779059v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Hernandez" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01778963v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01729831v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Lassure" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brad Loewen" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779102v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780703v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779455v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779763v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779761v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928375v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01782107v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Falco" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05379293v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Elizagoyen" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Gaidon-Bunuel" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Maleret" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Boes" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779092v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Cabot" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/revues/le-cimetiere-saint-michel-de-toulouse/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-00967697v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Napol&#233;one" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02047332v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Molet Henry" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842856v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Barthet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mac&#233;" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02124729v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Germaine Beaux Laffon" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pum.univ-tlse2.fr/~La-ceramique-dans-le-territoire~.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779085v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779698v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283366v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Arramond" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri-Marcel Molet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928366v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l de Filippo" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048509v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01782121v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01782114v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355560v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Chaillou" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355575v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Bos" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355592v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Decanter" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04767816v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;l Merc&#233;" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Luce Merleau" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796368v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julienne Piana" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796314v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Cailhol" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04582118v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Champagne" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Guinaudeau" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Aussilloux-Corr&#233;a" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Belingard" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796391v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04767716v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354072v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Guillot" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pergent" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline B&#233;a" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Peytavie" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03909791v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04582131v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Comet" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille d'Herbilli&#233;" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04966394v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Bergeret" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Montagne" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501834v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Poirier" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112836v2" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Portet" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283247v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Cammas" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03525443v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elian Gomez" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Forest" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Boulbes" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Cros" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03135771v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Bevilacqua" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Benquet" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02528152v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Marty" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Pons" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02410478v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carvalho Coelho" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Dieulafait" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864624v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Grizeaud" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991125v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863348v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183919v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Tranier" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Arrighi" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866170v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991071v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990864v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Viarouge" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Wattez" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Allenet de Ribemont" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Briand" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990970v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183863v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lotti" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Boisseau" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01740740v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Landou" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Pallier" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rouquet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183856v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier On&#233;zime" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183009v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Rigal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990941v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185796v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Colonge" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Marty" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183023v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Ribiero" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Rifa Abou El-Nil" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jean-catalo" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/150217110" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03160253v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Catalo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cornardeau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Genevi&#232;ve" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Paya" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Pouget" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/aquit.2019.1623" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02077015v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Jarry" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dayrens" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bruxelles" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Helene" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654943v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Call&#232;de" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Molet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Raynaud" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779423v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00520556v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ginouvez" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Guyonnet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Carru" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779766v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Duchesne" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Marli&#232;re" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03292436v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Foy" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Llech" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780759v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Foy" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Llech" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/arcme.1998.914" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00423760v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Gaudin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rodet-Belarbi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01782093v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928477v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Boudartchouk" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00423786v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Lignereux" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/amime.1995.1278" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780765v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Massan" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Ipiens" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01782129v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780798v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Montembault" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/amime.1993.1244" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780806v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quitterie Cazes" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780809v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04383818v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle R&#233;al" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne D&#233;bax" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02505095v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Richart&#233;-Manfredi" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Horry" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780732v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780739v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04397052v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Piques" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Minovez" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779059v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Hernandez" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01778963v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01729831v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Lassure" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brad Loewen" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779102v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780703v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779455v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779763v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779761v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928375v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01782107v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Falco" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05379293v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Elizagoyen" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Gaidon-Bunuel" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Maleret" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Boes" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779092v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Cabot" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/revues/le-cimetiere-saint-michel-de-toulouse/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-00967697v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Napol&#233;one" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02047332v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Molet Henry" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842856v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Barthet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mac&#233;" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02124729v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Germaine Beaux Laffon" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pum.univ-tlse2.fr/~La-ceramique-dans-le-territoire~.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779085v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779698v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283366v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Arramond" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri-Marcel Molet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928366v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l de Filippo" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048509v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01782121v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01782114v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355575v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Chaillou" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Bos" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355560v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355592v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Decanter" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04767816v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;l Merc&#233;" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Luce Merleau" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796368v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julienne Piana" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796314v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Cailhol" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04582118v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Champagne" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Guinaudeau" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Aussilloux-Corr&#233;a" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Belingard" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796391v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04767716v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354072v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Guillot" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pergent" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline B&#233;a" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Peytavie" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03909791v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04582131v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Comet" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille d'Herbilli&#233;" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04966394v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Bergeret" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Montagne" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501834v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Poirier" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112836v2" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Portet" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283247v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Cammas" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03525443v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elian Gomez" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Forest" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Boulbes" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Cros" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03135771v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Bevilacqua" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Benquet" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02528152v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Marty" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Pons" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02410478v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carvalho Coelho" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Dieulafait" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864624v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Grizeaud" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991125v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863348v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183919v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Tranier" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Arrighi" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866170v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991071v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990864v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Viarouge" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Wattez" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Allenet de Ribemont" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Briand" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990970v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183863v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lotti" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Boisseau" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01740740v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Landou" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Pallier" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rouquet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183856v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier On&#233;zime" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183009v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Rigal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990941v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185796v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Colonge" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Marty" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183023v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Ribiero" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Rifa Abou El-Nil" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>