--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (76)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (77)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -234,295 +234,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05474286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photoluminescence Enhancement at Telecom Wavelengths from PbS/CdS Quantum Dots coupled to a Plasmonic Crescent Metasurface</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">High-sensitivity Polymer-based Bimodal Plasmonic Refractive Index Sensors with Polymer Cladding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omkar Bhalerao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephan Suckow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Areeg Al-Hamadani</w:t>
+                <w:t xml:space="preserve">Horst Windgassen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vaibhav Gupta</w:t>
+                <w:t xml:space="preserve">Harry Biller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">José Luis Montaño-Priede</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Alina Muravitskaya</w:t>
+                <w:t xml:space="preserve">Konstantinos Fotiadis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Nano Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsanm.5c03473⟩</w:t>
+              <w:t xml:space="preserve">Optics Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/OE.553386⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05419711v1</w:t>
+                <w:t xml:space="preserve">hal-04951876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-sensitivity Polymer-based Bimodal Plasmonic Refractive Index Sensors with Polymer Cladding</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stephan Suckow</w:t>
+                <w:t xml:space="preserve">Photoluminescence Enhancement at Telecom Wavelengths from PbS/CdS Quantum Dots coupled to a Plasmonic Crescent Metasurface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Areeg Al-Hamadani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vaibhav Gupta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Horst Windgassen</w:t>
+                <w:t xml:space="preserve">José Luis Montaño-Priede</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Harry Biller</w:t>
+                <w:t xml:space="preserve">Rijil Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Konstantinos Fotiadis</w:t>
+                <w:t xml:space="preserve">Alina Muravitskaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Express</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">ACS Applied Nano Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 8 (40), pp.19474-19482. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1364/OE.553386⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsanm.5c03473⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04951876v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05419711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theoretical Analysis of Efficient Thermo-Optic Switching on Si3N4 Waveguide Platform Using SiOC-Based Plasmo-Photonics</w:t>
               </w:r>
@@ -770,697 +770,697 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04539940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-Sensitivity Bimodal Plasmo-Photonic Refractive Index Sensor</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Timescale dependent sign of amorphous titanium dioxide thermo-optic coefficient</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evangelia Chatzianagnostou</w:t>
+                <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dimosthenis Spasopoulos</w:t>
+                <w:t xml:space="preserve">Aurore Andrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stelios Simos</w:t>
+                <w:t xml:space="preserve">Marie-Maxime Gourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dimitris Bellas</w:t>
+                <w:t xml:space="preserve">Juan Arocas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Markey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS photonics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 10 (8), pp.2580-2588. </w:t>
+              <w:t xml:space="preserve">Optical Materials Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (10), pp.2882-2894. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsphotonics.3c00290⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1364/ome.496559⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04920498v1</w:t>
+                <w:t xml:space="preserve">hal-04287458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inline Photothermal Surface Plasmon Detector Integrated in Titanium Dioxide Waveguides</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">High-Sensitivity Bimodal Plasmo-Photonic Refractive Index Sensor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Konstantinos Fotiadis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andres Martinez</w:t>
+                <w:t xml:space="preserve">Evangelia Chatzianagnostou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vittorio Grimaldi</w:t>
+                <w:t xml:space="preserve">Dimosthenis Spasopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian de Vita</w:t>
+                <w:t xml:space="preserve">Stelios Simos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deepak Kumar Sharma</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Gallet</w:t>
+                <w:t xml:space="preserve">Dimitris Bellas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Journal of Quantum Electronics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/JQE.2023.3244281⟩</w:t>
+              <w:t xml:space="preserve">ACS photonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 10 (8), pp.2580-2588. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsphotonics.3c00290⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04287498v1</w:t>
+                <w:t xml:space="preserve">hal-04920498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Timescale dependent sign of amorphous titanium dioxide thermo-optic coefficient</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Inline Photothermal Surface Plasmon Detector Integrated in Titanium Dioxide Waveguides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andres Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
+                <w:t xml:space="preserve">Vittorio Grimaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurore Andrieux</w:t>
+                <w:t xml:space="preserve">Christian de Vita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Maxime Gourier</w:t>
+                <w:t xml:space="preserve">Deepak Kumar Sharma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juan Arocas</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laurent Markey</w:t>
+                <w:t xml:space="preserve">Isabelle Gallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optical Materials Express</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 13 (10), pp.2882-2894. </w:t>
+              <w:t xml:space="preserve">IEEE Journal of Quantum Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 59 (3), pp.1-8. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1364/ome.496559⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/JQE.2023.3244281⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04287458v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04287498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A long-range plasmonic optical waveguide corner mirror chip</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurent Markey</w:t>
+                <w:t xml:space="preserve">Colloidal quantum dots decorated micro-ring resonators for efficient integrated waveguides excitation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Vernoux</w:t>
+                <w:t xml:space="preserve">Gérard Colas des Francs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Bouhelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kamal Hammani</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
+                <w:t xml:space="preserve">Aymeric Leray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kirill Vasilev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Micro and Nano Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mne.2020.100049⟩</w:t>
+              <w:t xml:space="preserve">Nanophotonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9, pp.1411 - 1423. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/nanoph-2019-0516⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02508816v1</w:t>
+                <w:t xml:space="preserve">hal-03025710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Colloidal quantum dots decorated micro-ring resonators for efficient integrated waveguides excitation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
+                <w:t xml:space="preserve">A long-range plasmonic optical waveguide corner mirror chip</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Markey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Vernoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal Hammani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Arocas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Kirill Vasilev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanophotonics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 9, pp.1411 - 1423. </w:t>
+              <w:t xml:space="preserve">Micro and Nano Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 7, pp.100049. </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1515/nanoph-2019-0516⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.mne.2020.100049⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03025710v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02508816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delocalized Hot Electron Generation with Propagative Surface Plasmon Polaritons</w:t>
               </w:r>
@@ -1498,51 +1498,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Agreda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS photonics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 6 (6), pp.1500-1505. </w:t>
@@ -1708,325 +1708,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02355567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plasmonic Stripes in Aqueous Environment Co-Integrated With Si3N4 Photonics</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">CMOS plasmonics in WDM data transmission: 200 Gb/s (8 × 25Gb/s) transmission over aluminum plasmonic waveguides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dimitra Ketzaki</w:t>
+                <w:t xml:space="preserve">G. Dabos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Athanasios Manolis</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jean Claude Weeber</w:t>
+                <w:t xml:space="preserve">A. Manolis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Papaioannou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Tsiokos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Markey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Photonics Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/JPHOT.2018.2792533⟩</w:t>
+              <w:t xml:space="preserve">Optics Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 26 (10), pp.12469. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/OE.26.012469⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03543137v1</w:t>
+                <w:t xml:space="preserve">hal-03550902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CMOS plasmonics in WDM data transmission: 200 Gb/s (8 × 25Gb/s) transmission over aluminum plasmonic waveguides</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">S. Papaioannou</w:t>
+                <w:t xml:space="preserve">Plasmonic Stripes in Aqueous Environment Co-Integrated With Si3N4 Photonics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Dabos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Tsiokos</w:t>
+                <w:t xml:space="preserve">Dimitra Ketzaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Markey</w:t>
+                <w:t xml:space="preserve">Athanasios Manolis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Markey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Claude Weeber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Express</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 26 (10), pp.12469. </w:t>
+              <w:t xml:space="preserve">IEEE Photonics Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 10 (1), pp.1-8. </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1364/OE.26.012469⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/JPHOT.2018.2792533⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03550902v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03543137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flexible long-range surface plasmon polariton single-mode waveguide for optical interconnects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Vernoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yiting Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2034,51 +2034,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Markey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cosmin Spârchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Arocas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optical Materials Express</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 8 (2), pp.469. </w:t>
@@ -2110,827 +2110,827 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01966853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correlation between electrical direct current resistivity and plasmonic properties of CMOS compatible titanium nitride thin films</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Octave spanning supercontinuum in titanium dioxide waveguides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal Hammani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Markey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Viarbitskaya</w:t>
+                <w:t xml:space="preserve">Manon Lamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Arocas</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">D. Rusakov</w:t>
+                <w:t xml:space="preserve">Bertrand Kibler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Arocas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Express</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1364/OE.26.009813⟩</w:t>
+              <w:t xml:space="preserve">Applied Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8, pp.543. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/app8040543⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03550913v1</w:t>
+                <w:t xml:space="preserve">hal-01729370v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Octave spanning supercontinuum in titanium dioxide waveguides</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laurent Markey</w:t>
+                <w:t xml:space="preserve">Correlation between electrical direct current resistivity and plasmonic properties of CMOS compatible titanium nitride thin films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Viarbitskaya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Arocas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Heintz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manon Lamy</w:t>
+                <w:t xml:space="preserve">G. Colas-Des-Francs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bertrand Kibler</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Juan Arocas</w:t>
+                <w:t xml:space="preserve">D. Rusakov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 8, pp.543. </w:t>
+              <w:t xml:space="preserve">Optics Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 26 (8), pp.9813. </w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/app8040543⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1364/OE.26.009813⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01729370v2</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03550913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Water Cladded Plasmonic Slot Waveguide Vertically Coupled With Si&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;N&amp;lt;sub&amp;gt;4&amp;lt;/sub&amp;gt; Photonics</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Electromigrated electrical optical antennas for transducing electrons and photons at the nanoscale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaggelia Chatzianagnostou</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laurent Markey</w:t>
+                <w:t xml:space="preserve">Arindam Dasgupta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Buret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Cazier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Maxime Mennemanteuil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reinaldo Chacon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Photonics Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/JPHOT.2018.2832461⟩</w:t>
+              <w:t xml:space="preserve">Beilstein Journal of Nanotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9, pp.1964-1976. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3762/bjnano.9.187⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03543138v1</w:t>
+                <w:t xml:space="preserve">hal-03546198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electromigrated electrical optical antennas for transducing electrons and photons at the nanoscale</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Marie-Maxime Mennemanteuil</w:t>
+                <w:t xml:space="preserve">Water Cladded Plasmonic Slot Waveguide Vertically Coupled With Si&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;N&amp;lt;sub&amp;gt;4&amp;lt;/sub&amp;gt; Photonics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Dabos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitra Ketzaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Manolis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reinaldo Chacon</w:t>
+                <w:t xml:space="preserve">Evaggelia Chatzianagnostou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Markey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Beilstein Journal of Nanotechnology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 9, pp.1964-1976. </w:t>
+              <w:t xml:space="preserve">IEEE Photonics Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 10 (3), pp.2700308. </w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3762/bjnano.9.187⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/JPHOT.2018.2832461⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03546198v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03543138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Demonstration of high speed optical transmission at 2 µm in titanium dioxide waveguides</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId100" w:history="1">
+                <w:t xml:space="preserve">Broadband etching-free metal grating couplers embedded in titanium dioxide waveguides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Lamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal Hammani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Arocas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/app7060631⟩</w:t>
+              <w:t xml:space="preserve">Optics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 42 (12), pp.2778-2781. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/OL.42.002778⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01508186v2</w:t>
+                <w:t xml:space="preserve">hal-01503970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Broadband etching-free metal grating couplers embedded in titanium dioxide waveguides</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId100" w:history="1">
+                <w:t xml:space="preserve">Demonstration of high speed optical transmission at 2 µm in titanium dioxide waveguides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Lamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Finot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Fatome</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Arocas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Claude Weeber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 42 (12), pp.2778-2781. </w:t>
+              <w:t xml:space="preserve">Applied Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7 (6), pp.631. </w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1364/OL.42.002778⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/app7060631⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01503970v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01508186v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Significant decrease of the optical losses in the coupling between colloidal CdSe/CdS nanocrystals and a flat gold film at cryogenic temperature</w:t>
               </w:r>
@@ -2955,51 +2955,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Eloi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Arnold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Colas des Francs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Quélin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3063,90 +3063,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of CMOS metal based dielectric loaded surface plasmon waveguides at telecom wavelengths</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-C. Weeber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Arocas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Heintz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Markey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Viarbitskaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics Express</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 25 (1), pp.394. </w:t>
@@ -3446,441 +3446,441 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01721945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recess Photomask Contact Lithography and the fabrication of coupled silicon photonic and plasmonic waveguide switches</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ultracompact and Low-Power Plasmonic MZI Switch Using Cyclomer Loading</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Sotirios Papaioannou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giannis Giannoulis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Konstantinos Vyrsokinos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriane Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Filimon Zacharatos</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Michael Waldow</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microelectronic Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mee.2015.02.009⟩</w:t>
+              <w:t xml:space="preserve">IEEE Photonics Technology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 27 (9), pp.963-966. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LPT.2015.2404942⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03551149v1</w:t>
+                <w:t xml:space="preserve">hal-03551159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatially uniform enhancement of single quantum dot emission using plasmonic grating decoupler</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
+                <w:t xml:space="preserve">Recess Photomask Contact Lithography and the fabrication of coupled silicon photonic and plasmonic waveguide switches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Markey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filimon Zacharatos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Eloi</w:t>
+                <w:t xml:space="preserve">Andreas Prinzen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Buil</w:t>
+                <w:t xml:space="preserve">Michael Waldow</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, </w:t>
+              <w:t xml:space="preserve">Microelectronic Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 141, pp.129-134. </w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/srep16796⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.mee.2015.02.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01337647v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03551149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultracompact and Low-Power Plasmonic MZI Switch Using Cyclomer Loading</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Spatially uniform enhancement of single quantum dot emission using plasmonic grating decoupler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giannis Giannoulis</w:t>
+                <w:t xml:space="preserve">Arunandan Kumar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Bouhelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Konstantinos Vyrsokinos</w:t>
+                <w:t xml:space="preserve">Fabien Eloi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Floriane Leroy</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Filimon Zacharatos</w:t>
+                <w:t xml:space="preserve">Stéphanie Buil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Photonics Technology Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 27 (9), pp.963-966. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, </w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/LPT.2015.2404942⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/srep16796⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03551159v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01337647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Single-molecule controlled emission in planar plasmonic cavities</w:t>
               </w:r>
@@ -4128,1401 +4128,1401 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00911957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">0.48Tb/s (12x40Gb/s) WDM transmission and high-quality thermo-optic switching in dielectric loaded plasmonics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Efficient photo-thermal activation of gold nanoparticle-doped polymer plasmonic switches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Hassan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Kalavrouziotis</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">S. Papaioannou</w:t>
+                <w:t xml:space="preserve">L. Saviot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Giannoulis</w:t>
+                <w:t xml:space="preserve">A. Dereux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Apostolopoulos</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Karim Hassan</w:t>
+                <w:t xml:space="preserve">C. Boissière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics Express</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 20 (-), pp.7655-7662. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10707-011-0133-8⟩</w:t>
+              <w:t xml:space="preserve">, 2012, 20 (25), pp.27636-27649. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/OE.20.027636⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00715922v1</w:t>
+                <w:t xml:space="preserve">hal-01492848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interfacing Dielectric-Loaded Plasmonic and Silicon Photonic Waveguides: Theoretical Analysis and Experimental Demonstration</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">0.48Tb/s (12x40Gb/s) WDM transmission and high-quality thermo-optic switching in dielectric loaded plasmonics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Kalavrouziotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Papaioannou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Giannoulis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Odysseas Tsilipakos</w:t>
+                <w:t xml:space="preserve">D. Apostolopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandros Pitilakis</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Konstantinos Vyrsokinos</w:t>
+                <w:t xml:space="preserve">Karim Hassan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Journal of Quantum Electronics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Optics Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 20 (-), pp.7655-7662. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10707-011-0133-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/JQE.2012.2189757⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00715921v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00715922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Active plasmonics in WDM traffic switching applications</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId153" w:history="1">
+                <w:t xml:space="preserve">Interfacing Dielectric-Loaded Plasmonic and Silicon Photonic Waveguides: Theoretical Analysis and Experimental Demonstration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odysseas Tsilipakos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandros Pitilakis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Traianos V. Yioultsis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sotirios Papaioannou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantinos Vyrsokinos</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Karim Hassan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/srep00652⟩</w:t>
+              <w:t xml:space="preserve">IEEE Journal of Quantum Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 48 (-), pp.678-687. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JQE.2012.2189757⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00750102v1</w:t>
+                <w:t xml:space="preserve">hal-00715921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grating Couplers for Fiber-to-Fiber Characterizations of Stand-Alone Dielectric Loaded Surface Plasmon Waveguide Components</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId175" w:history="1">
+                <w:t xml:space="preserve">Active plasmonics in WDM traffic switching applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sotirios Papaioannou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitrios Kalavrouziotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Konstantinos Vyrsokinos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Hassan</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Julien Fatome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Lightwave Technology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 2, pp.652. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/srep00652⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/JLT.2012.2212418⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00734461v1</w:t>
+                <w:t xml:space="preserve">hal-00750102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Active Plasmonics in True Data Traffic Applications: Thermo-Optic On/Off Gating Using a Silicon-Plasmonic Asymmetric MachZehnder Interferometer</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sergey I. Bozhevolnyi</w:t>
+                <w:t xml:space="preserve">Determinant role of the edges in defining surface plasmon propagation in stripe waveguides and tapered concentrators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Tantussi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Rai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Colas Des Francs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Claude Weeber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Photonics Technology Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/LPT.2012.2191147⟩</w:t>
+              <w:t xml:space="preserve">Journal of the Optical Society of America B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 29 (2), pp.226. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/JOSAB.29.000226⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00715917v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00703524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Data Transmission and Thermo-Optic Tuning Performance of Dielectric-Loaded Plasmonic Structures Hetero-Integrated on a Silicon Chip</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Ashwani Kumar</w:t>
+                <w:t xml:space="preserve">Grating Couplers for Fiber-to-Fiber Characterizations of Stand-Alone Dielectric Loaded Surface Plasmon Waveguide Components</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael G. Nielsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Claude Weeber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Hassan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Finot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Fatome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Photonics Technology Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/LPT.2011.2177964⟩</w:t>
+              <w:t xml:space="preserve">Journal of Lightwave Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 30 (19), pp.3118-3125. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JLT.2012.2212418⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00715923v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00734461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determinant role of the edges in defining surface plasmon propagation in stripe waveguides and tapered concentrators</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean Claude Weeber</w:t>
+                <w:t xml:space="preserve">Active Plasmonics in True Data Traffic Applications: Thermo-Optic On/Off Gating Using a Silicon-Plasmonic Asymmetric MachZehnder Interferometer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitrios Kalavrouziotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sotirios Papaioannou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Konstantinos Vyrsokinos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ashwani Kumar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey I. Bozhevolnyi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Optical Society of America B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1364/JOSAB.29.000226⟩</w:t>
+              <w:t xml:space="preserve">IEEE Photonics Technology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 24 (-), pp.1036-1038. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LPT.2012.2191147⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00703524v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00715917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermo-electric detection of waveguided surface plasmon propagation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Juan Arocas</w:t>
+                <w:t xml:space="preserve">Data Transmission and Thermo-Optic Tuning Performance of Dielectric-Loaded Plasmonic Structures Hetero-Integrated on a Silicon Chip</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giannis Giannoulis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitrios Kalavrouziotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitrios Apostolopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sotirios Papaioannou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ashwani Kumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.3613964⟩</w:t>
+              <w:t xml:space="preserve">IEEE Photonics Technology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 24 (-), pp.374-376. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LPT.2011.2177964⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00638255v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00715923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Excitation of a one-dimensional evanescent wave by conical edge diffraction of surface plasmon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johann Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bouhelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Colas Des Francs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Claude Weeber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dereux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics Express</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 19 (6), pp.5303. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1364/OE.19.005303⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00703538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Near-field beam displacement at surface plasmon resonance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Claude Weeber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Colas Des Francs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bouhelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dereux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 83, pp.115433. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevB.83.115433⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00638260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Purcell factor for a point-like dipolar emitter coupled to a two-dimensional plasmonic waveguide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Barthes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Colas Des Francs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bouhelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5540,3057 +5540,3057 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dereux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 84, pp.073403. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevB.84.073403⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00638258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optical gain, spontaneous and stimulated emission of surface plasmon polaritons in confined plasmonic waveguide</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId200" w:history="1">
+                <w:t xml:space="preserve">Thermo-electric detection of waveguided surface plasmon propagation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Claude Weeber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Hassan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Bouhelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Colas Des Francs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">J. C. Weeber</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Arocas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Express</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 18, pp.16327-16334. </w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 99, pp.031113. </w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1364/OE.18.016327⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/1.3613964⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00509222v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00638255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leakage radiation microscopy of surface plasmon coupled emission: investigation of gain-assisted propagation in an integrated plasmonic waveguide</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId214" w:history="1">
+                <w:t xml:space="preserve">Dielectric-loaded surface plasmon polariton waveguides on a finite-width metal strip</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Grandidier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Colas Des Francs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Markey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Bouhelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Massenot</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laurent Markey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Microscopy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1365-2818.2010.03368.x⟩</w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 96, pp.063105. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.3300839⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00509223v1</w:t>
+                <w:t xml:space="preserve">hal-00472375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dielectric-loaded surface plasmon polariton waveguides on a finite-width metal strip</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId214" w:history="1">
+                <w:t xml:space="preserve">Leakage radiation microscopy of surface plasmon coupled emission: investigation of gain-assisted propagation in an integrated plasmonic waveguide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Grandidier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Colas Des Francs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Massenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Bouhelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Markey</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sebastien Massenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Microscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 239 (2), pp.167-172. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2818.2010.03368.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.3300839⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00472375v1</w:t>
+                <w:t xml:space="preserve">hal-00509223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">External control of the scattering properties of a single optical nanoantenna</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Caijin Huang</w:t>
+                <w:t xml:space="preserve">Optical gain, spontaneous and stimulated emission of surface plasmon polaritons in confined plasmonic waveguide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Colas Des Francs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bramant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Grandidier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bouhelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Eric Finot</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. C. Weeber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.3385155⟩</w:t>
+              <w:t xml:space="preserve">Optics Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 18, pp.16327-16334. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/OE.18.016327⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02319295v1</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00509222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gain-Assisted Propagation in a Plasmonic Waveguide at Telecom Wavelength</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId200" w:history="1">
+                <w:t xml:space="preserve">External control of the scattering properties of a single optical nanoantenna</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caijin Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Bouhelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johann Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Colas Des Francs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Laurent Markey</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nano Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 96 (14), pp.143116. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.3385155⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/nl901314u⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00472376v1</w:t>
+                <w:t xml:space="preserve">hal-02319295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrated plasmonic waveguides: A mode solver based on density of states formulation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId200" w:history="1">
+                <w:t xml:space="preserve">Gain-Assisted Propagation in a Plasmonic Waveguide at Telecom Wavelength</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Grandidier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Colas Des Francs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Massenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bouhelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Markey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.80.115419⟩</w:t>
+              <w:t xml:space="preserve">Nano Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 9, pp.2935-2939. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/nl901314u⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00472370v1</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00472376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tuning of an Optical Dimer Nanoantenna by Electrically Controlling Its Load Impedance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johann Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bouhelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremie Margueritat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Colas Des Francs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nano Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 9, pp.3914-3921. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/nl902126z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00472363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dielectric-loaded surface plasmon polariton waveguides: Figures of merit and mode characterization by image and Fourier plane leakage microscopy</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId214" w:history="1">
+                <w:t xml:space="preserve">Integrated plasmonic waveguides: A mode solver based on density of states formulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Colas Des Francs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Grandidier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Massenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bouhelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 78, pp.245419. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.78.245419⟩</w:t>
+              <w:t xml:space="preserve">, 2009, 80, pp.115419. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.80.115419⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00472378v1</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00472370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gain, detuning, and radiation patterns of nanoparticle optical antennas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bouhelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Colas Des Francs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Bruyant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Guenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 78, pp.155407. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.78.155407⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId239" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00472387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fluorescence relaxation in the near-field of a mesoscopic metallic particle : distance dependence and role of plasmon modes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId200" w:history="1">
+                <w:t xml:space="preserve">Dielectric-loaded surface plasmon polariton waveguides: Figures of merit and mode characterization by image and Fourier plane leakage microscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Grandidier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Massenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Colas Des Francs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bouhelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alain Dereux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Express</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1364/OE.16.017654⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 78, pp.245419. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.78.245419⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00453142v1</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00472378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differential method for modelling dielectric-loaded surface plasmon polariton waveguides</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
+                <w:t xml:space="preserve">Fluorescence relaxation in the near-field of a mesoscopic metallic particle : distance dependence and role of plasmon modes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Colas Des Francs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Bouhelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Finot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Grandidier</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Dereux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics Express</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 16, pp.17599-17608</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2008, 16, pp.17654. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/OE.16.017654⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00472403v1</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00453142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Far-field imaging of the electromagnetic local density of optical states</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">C. Huang</w:t>
+                <w:t xml:space="preserve">Differential method for modelling dielectric-loaded surface plasmon polariton waveguides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Massenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bouhelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Colas Des Francs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Grandidier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 33, pp.300--302</w:t>
+              <w:t xml:space="preserve">Optics Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 16, pp.17599-17608</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00472388v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00472403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modulation of surface plasmon coupling-in by one-dimensional surface corrugation</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Luis Martin-Moreno</w:t>
+                <w:t xml:space="preserve">Far-field imaging of the electromagnetic local density of optical states</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Bouhelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Colas Des Francs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. J. Garcia-Vidal</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eloïse Devaux</w:t>
+                <w:t xml:space="preserve">Guillaume Legay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Journal of Physics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Optics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 33, pp.300--302</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00472396v1</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00472388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High spatial resolution strain measurements at the surface of duplex stainless steels</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modulation of surface plasmon coupling-in by one-dimensional surface corrugation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Lopez-Tejeira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. J. Rodrigo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Kempf</w:t>
+                <w:t xml:space="preserve">Luis Martin-Moreno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Vignal</w:t>
+                <w:t xml:space="preserve">F. J. Garcia-Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Georges Cailletaud</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">J.C. Weeber</w:t>
+                <w:t xml:space="preserve">Eloïse Devaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Philosophical Magazine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/14786430600928527⟩</w:t>
+              <w:t xml:space="preserve">New Journal of Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 10, pp.033035. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1367-2630/10/3/033035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00513756v1</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00472396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of the angular acceptance of surface plasmon Bragg mirrors</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alain Dereux</w:t>
+                <w:t xml:space="preserve">Efficient unidirectional nanoslit couplers for surface plasmons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Lopez-Tejeira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. J. Rodrigo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Martin-Moreno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. J. Garcia-Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eloïse Devaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nature Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 3, pp.324-328. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nphys584⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00472373v1</w:t>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00472397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization of surface plasmons launching from subwavelength hole arrays: modelling and experiments</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">High spatial resolution strain measurements at the surface of duplex stainless steels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Kempf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Cailletaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland Oltra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Y. Laluet</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Alain Dereux</w:t>
+                <w:t xml:space="preserve">J.C. Weeber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Express</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Philosophical Magazine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 87, pp.1379-1399. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/14786430600928527⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00472391v1</w:t>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00513756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient unidirectional nanoslit couplers for surface plasmons</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Eloïse Devaux</w:t>
+                <w:t xml:space="preserve">Analysis of the angular acceptance of surface plasmon Bragg mirrors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. U. Gonzalez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. L. Stepanov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Hohenau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Dereux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Physics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Optics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 32, pp.2704--2706</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00472397v1</w:t>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00472373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Submicrometer in-plane integrated surface plasmon cavities</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Laurent Markey</w:t>
+                <w:t xml:space="preserve">Optimization of surface plasmons launching from subwavelength hole arrays: modelling and experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Y. Laluet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eloïse Devaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyriaque Genet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas W. Ebbesen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dereux</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nano Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Optics Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 15, pp.3488-3495</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/nl070403y⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00472406v1</w:t>
+                <w:t xml:space="preserve">hal-00472391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface-plasmon hopping along coupled coplanar cavities</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
+                <w:t xml:space="preserve">Submicrometer in-plane integrated surface plasmon cavities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bouhelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Colas Des Francs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Markey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Dereux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.76.113405⟩</w:t>
+              <w:t xml:space="preserve">Nano Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 7, pp.1352-1359. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/nl070403y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00472407v1</w:t>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00472406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surface plasmon interference excited by tightly focused laser beams</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bouhelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Ignatovitch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Bruyant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Colas Des Francs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 32, pp.2535-2537</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00472364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polymer-metal waveguides characterization by Fourier plane leakage radiation microscopy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Surface-plasmon hopping along coupled coplanar cavities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Bouhelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Colas Des Francs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Massenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastien Massenot</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Jonathan Grandidier</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Laurent Markey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.2824840⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 76}, pp.113405. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.76.113405⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00472400v1</w:t>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00472407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the filling factor on the spectral properties of plasmonic crystals</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Philippe Lalanne</w:t>
+                <w:t xml:space="preserve">Polymer-metal waveguides characterization by Fourier plane leakage radiation microscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Massenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Grandidier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Bouhelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Colas Des Francs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Markey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 74 (12), pp.125406. </w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 91, pp.243102. </w:t>
             </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.74.125406⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/1.2824840⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00437242v1</w:t>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00472400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient surface plasmon field confinement in one-dimensional crystal line-defect waveguides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Baudrion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bouhelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Bruyant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Colas Des Francs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Physics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 89 (21), pp.211109. </w:t>
@@ -8641,64 +8641,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surface plasmon interference fringes in back-reflection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Drezet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. L. Stepanov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Hohenau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Steinberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8762,4033 +8762,4167 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design, near-field characterization, and modeling of 45 circle surface-plasmon Bragg mirrors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. U. Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Claude Weeber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laure Baudrion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dereux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. L. Stepanov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 73 (15), pp.155416. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevB.73.155416⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00437246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface plasmon routing along right angle bent metal strips</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId278" w:history="1">
+                <w:t xml:space="preserve">Influence of the filling factor on the spectral properties of plasmonic crystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laure Baudrion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Claude Weeber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dereux</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lecamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lalanne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 74 (12), pp.125406. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.74.125406⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00472596v1</w:t>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00437242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Near-field characterization of Bragg mirrors engraved in surface plasmon waveguides</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId215" w:history="1">
+                <w:t xml:space="preserve">Surface plasmon routing along right angle bent metal strips</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. C. Weeber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Y. Lacroute</w:t>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. U. Gonzalez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Laure Baudrion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dereux</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 87 (22), pp.221101</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.70.235406⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00472585v1</w:t>
+                <w:t xml:space="preserve">hal-00472596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optical near-field distributions of surface plasmon waveguide modes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId215" w:history="1">
+                <w:t xml:space="preserve">Near-field characterization of Bragg mirrors engraved in surface plasmon waveguides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. C. Weeber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Lacroute</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dereux</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Devaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T.W. Ebbesen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2003, 68 (11), pp.115401. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.68.115401⟩</w:t>
+              <w:t xml:space="preserve">, 2004, 70 (23), pp.235406. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.70.235406⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00472590v1</w:t>
+                <w:t xml:space="preserve">hal-00472585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Near-field observation of evanescent light wave coupling in subwavelength optical waveguides</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId215" w:history="1">
+                <w:t xml:space="preserve">Optical near-field distributions of surface plasmon waveguide modes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. C. Weeber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Lacroute</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dereux</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 68 (11), pp.115401. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.68.115401⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00473016v1</w:t>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00472590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imaging the local density of states of optical corrals</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Near-field observation of evanescent light wave coupling in subwavelength optical waveguides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry David</w:t>
+                <w:t xml:space="preserve">R. Quidant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. C. Weeber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Dereux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Quidant</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
+                <w:t xml:space="preserve">D. Peyrade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yvon Lacroute</w:t>
+                <w:t xml:space="preserve">Y. Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 57 (2), pp.191--197</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00472366v1</w:t>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00473016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Near-field observation of surface plasmon polariton propagation on thin metal stripes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">J. C. Weeber</w:t>
+                <w:t xml:space="preserve">Imaging the local density of states of optical corrals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Chicanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. R. Krenn</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alain Dereux</w:t>
+                <w:t xml:space="preserve">Thierry David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Lamprecht</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Y. Lacroute</w:t>
+                <w:t xml:space="preserve">Romain Quidant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvon Lacroute</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 88 (9), pp.097402. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.88.097402⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00472593v1</w:t>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00472366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Direct interpretation of near-field optical images</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Near-field observation of surface plasmon polariton propagation on thin metal stripes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. C. Weeber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. R. Krenn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dereux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Lamprecht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Lacroute</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JOURNAL OF MICROSCOPY-OXFORD</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, 202, pp.320--331</w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 64 (4), pp.045411</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId313" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00473014v1</w:t>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00472593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theoretical principles of near-field optical microscopies and spectroscopies</w:t>
+                <w:t xml:space="preserve">Direct interpretation of near-field optical images</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dereux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Devaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. C. Weeber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. P. Goudonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Girard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">J. C. Weeber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2000, 112 (18), pp.7775--7789</w:t>
+              <w:t xml:space="preserve">JOURNAL OF MICROSCOPY-OXFORD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 202, pp.320--331</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00472372v1</w:t>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00473014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Local detection of the optical magnetic field in the near zone of dielectric samples</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Theoretical principles of near-field optical microscopies and spectroscopies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dereux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId318" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. C. Weeber</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2000, 62 (15), pp.10504--10514</w:t>
+              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 112 (18), pp.7775--7789</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId317" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00473023v1</w:t>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00472372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Local detection of the optical magnetic field in the near zone of dielectric samples</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Devaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Dereux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Bourillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. C. Weeber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Lacroute</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 62 (15), pp.10504--10514</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00473023v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Progress in the interpretation of near-field optics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dereux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bourillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Goudonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales de Physique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1998, 23, pp.27-34</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00472409v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (19)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On-chip plasmo-photonic waveguide sensors with microfluidics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Markey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pratyusha Das</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omkar Bhalerao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephan Suckow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées Nano, Micro et Optoélectronique (JNMO 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05240730v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le dioxyde de titane pour la photonique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Andrieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Maxime Mennemanteuil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Lamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Finot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Markey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">session nanophotonique, Optique Dijon 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Dijon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03247311v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ultra-compact single-arm interferometric plasmonic sensor co-integrated on a TiO2 photonic waveguide platform</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evangelia Chatzianagnostou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Dabos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Manolis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Markey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Integrated Optics: Devices, Materials, and Technologies XXIII</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2019, San Francisco, France. pp.55, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.2509951⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03550916v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Titanium dioxide waveguides for supercontinuum generation and optical transmissions in the near-and mid-infrared</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Lamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Finot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Markey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Arocas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Fatome</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">21th International Conference on Transparent Optical Network (ICTON)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Angers, France. pp.Th.A1.4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02190034v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exploring titanium dioxide as a new photonic platform</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Lamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Maxime Mennemanteuil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Claude Weeber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Finot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal Hammani</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Conference on Integrate d Optics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Ghent, Belgium</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02085784v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Supercontinuum generation in titanium dioxide waveguides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal Hammani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Markey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Lamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Kibler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Arocas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conference on Lasers &amp; Electro-Optics US</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, San Jose, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02085787v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Various materials for 2-µm telecom applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Lamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Finot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Fatome</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Claude Weeber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bart Kuyken</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée PhyBFC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Dijon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03147579v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">High speed optical transmission at 2 µm in subwavelength waveguides made of various materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Lamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Finot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Fatome</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Millot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nonlinear Photonics, Osa Advanced Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Zurich, Switzerland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02054763v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Demonstration of high speed optical transmission at 2 µm in various material based waveguides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Lamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Finot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Fatome</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Arocas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SPIE Photonics Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02054733v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Octave spanning supercontinuum in titanium dioxide waveguides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal Hammani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Markey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Lamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Kibler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Arocas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nonlinear Photonics, Osa Advanced Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Zurich, Switzerland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02054764v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Octave-spanning supercontinuum generation in titanium dioxide waveguides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal Hammani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Markey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Kibler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Lamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Arocas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SPIE Photonics Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02054738v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Titanium Dioxide Waveguides for Data Transmissions at 1.55 µm and 1.98 µm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Lamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal Hammani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Arocas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Fatome</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">19th International Conference on Transparent Optical Networks (ICTON 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Gérone, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01574541v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exploring 10 Gb/s transmissions in Titanium dioxide based waveguides at 1.55 µm and 2.0 µm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Lamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Finot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Fatome</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Arocas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Claude Weeber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conference on Lasers and Electro-Optics Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Munich, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01575495v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réseaux métalliques pour le couplage dans des guides en dioxyde de titane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Lamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal Hammani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Arocas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Finot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Claude Weeber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">36ièmes Journées Nationales d’Optique Guidée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFO, Jul 2016, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01312335v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gold nanowire plasmonic mode photo-thermal modulation at telecom wavelengths</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serkan Kaya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Bernardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Colas Des Francs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Fatome</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Finot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Photon14</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Londres, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01059408v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thermo-plasmonic components at telecom wavelength</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Claude Weeber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim K Hassan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Markey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Zacharatos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Grondahl-Nielsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6Th International Conference on Surface Plasmon Photonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Ottawa, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01576340v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dielectric loaded surface plasmon waveguides for datacom applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Claude Weeber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Hassan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. M. Nielsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Pitilakis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Tsilipakos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Photonics Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Bruxelles, Belgium. pp.842407, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.921766⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00694612v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Surface plasmon routing in dielectric-loaded surface plasmon polariton waveguides - art. no. 70330S</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Grandidier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Massenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Bouhelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Colas Des Francs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conference on Plasmonics - Nanoimaging, Nanofabrication, and theirEOLEOLApplication IV</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2008, San Diego, CA}, United States. pp.S330-S330</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00472377v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Measuring the differential scattering cross-section of gold nanoparticles - art. no. 70321E</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Bouhelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Colas Des Francs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Dereux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conference on Plasmonics - Metallic Nanostructures and their Optical Properties VI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2008, San Diego, CA, United States. pp.E321--E321</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00472389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On-chip infrared photonic waveguides excitation by quantum dots</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Markey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pratyusha Das</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan-Miguel Arocas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th International Micro and Nano Engineering Conference 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05237664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Supercontinuum generation in titanium dioxide waveguides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Markey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Lamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Kibler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Arocas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FRench-Israel Symposium on Non-Linear &amp; Quantum Optics, FRISNO 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2019, Aussois, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02056911v1</w:t>
-              </w:r>
-[...2407 lines deleted...]
-                <w:t xml:space="preserve">hal-00472377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId354"/>
+      <w:footerReference w:type="default" r:id="rId359"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -12935,51 +13069,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05474286v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Markey" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omkar Bhalerao" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Suckow" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bernier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Dortu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/photon/202513537" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419711v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Areeg Al-Hamadani" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vaibhav Gupta" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Luis Monta&#241;o-Priede" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rijil Thomas" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina Muravitskaya" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.5c03473" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951876v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Horst Windgassen" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Biller" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Fotiadis" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.553386" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05237486v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitris V Bellas" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleftheria Lampadariou" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Dabos" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Vangelidis" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano15040296" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04539940v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X Yu" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Weeber" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan-Miguel Arocas" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bouhelier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/ad3742" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920498v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evangelia Chatzianagnostou" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimosthenis Spasopoulos" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stelios Simos" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitris Bellas" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.3c00290" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287498v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Martinez" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vittorio Grimaldi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian de Vita" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deepak Kumar Sharma" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gallet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JQE.2023.3244281" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287458v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Weeber" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Andrieux" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Maxime Gourier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Arocas" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ome.496559" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508816v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Vernoux" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Hammani" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mne.2020.100049" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03025710v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Colas des Francs" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Leray" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirill Vasilev" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/nanoph-2019-0516" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358619v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Hernandez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Juliano Martins" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Agreda" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Petit" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.9b00245" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355567v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deepak Sharma" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sviatlana Viarbitskaya" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Cluzel" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.9b00181" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03543137v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitra Ketzaki" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athanasios Manolis" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JPHOT.2018.2792533" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550902v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dabos" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Manolis" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Papaioannou" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Tsiokos" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Markey" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.26.012469" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01966853v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiting Chen" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cosmin Sp&#226;rchez" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OME.8.000469" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550913v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Viarbitskaya" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Arocas" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Heintz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Colas-Des-Francs" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rusakov" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.26.009813" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01729370v2" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Lamy" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Kibler" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app8040543" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03543138v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evaggelia Chatzianagnostou" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JPHOT.2018.2832461" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546198v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arindam Dasgupta" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Buret" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cazier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Maxime Mennemanteuil" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinaldo Chacon" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3762/bjnano.9.187" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01508186v2" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Finot" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fatome" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app7060631" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01503970v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.42.002778" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02353144v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Coste" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Eloi" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Arnold" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Qu&#233;lin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.96.195416" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546196v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Weeber" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.25.000394" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvsq.hal.science/hal-01491328v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Eloi" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Frederich" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Maz&#233;as" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Kumar" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Buil" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.94.085301" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01721945v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Colas Des Francs" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Barthes" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bouhelier" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dereux" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2040-8978/18/9/094005" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551149v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filimon Zacharatos" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Prinzen" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Waldow" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2015.02.009" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7J4L7L80-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvsq.hal.science/hal-01337647v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arunandan Kumar" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Eloi" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Buil" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep16796" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551159v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sotirios Papaioannou" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giannis Giannoulis" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Vyrsokinos" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Leroy" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LPT.2015.2404942" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvsq.hal.science/hal-01337603v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Derom" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bouhelier" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashish Kumar" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Leray" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-C Weeber" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.89.035401" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911957v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serkan Kaya" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Zacharatos" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hassan" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Bernardin" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.21.022269" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715922v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Kalavrouziotis" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Giannoulis" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Apostolopoulos" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Hassan" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10707-011-0133-8" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-85FCK06F-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715921v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odysseas Tsilipakos" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandros Pitilakis" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Traianos V. Yioultsis" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JQE.2012.2189757" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00750102v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios Kalavrouziotis" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep00652" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734461v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael G. Nielsen" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JLT.2012.2212418" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715917v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashwani Kumar" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey I. Bozhevolnyi" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LPT.2012.2191147" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715923v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios Apostolopoulos" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LPT.2011.2177964" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00703524v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Berthelot" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Tantussi" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Rai" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Colas Des Francs" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.29.000226" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638255v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3613964" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00703538v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Berthelot" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.19.005303" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638260v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.83.115433" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638258v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Barthes" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.84.073403" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509222v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bramant" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Grandidier" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Weeber" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.18.016327" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509223v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Massenot" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2818.2010.03368.x" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472375v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3300839" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02319295v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caijin Huang" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Finot" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3385155" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472376v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nl901314u" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472370v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.80.115419" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472363v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Huang" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Margueritat" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nl902126z" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472378v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.78.245419" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472387v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Bruyant" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Guenot" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.78.155407" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00453142v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.16.017654" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472403v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472388v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Legay" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472396v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lopez-Tejeira" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. J. Rodrigo" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Martin-Moreno" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. J. Garcia-Vidal" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Devaux" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/10/3/033035" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00513756v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Kempf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Vignal" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Cailletaud" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Oltra" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Weeber" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786430600928527" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472373v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. U. Gonzalez" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. L. Stepanov" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hohenau" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472391v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Y. Laluet" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyriaque Genet" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas W. Ebbesen" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472397v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nphys584" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472406v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nl070403y" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472407v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.76.113405" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472364v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ignatovitch" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472400v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2824840" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00437242v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laure Baudrion" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lecamp" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lalanne" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.74.125406" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472405v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Baudrion" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2392998" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00437260v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Drezet" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Steinberger" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Galler" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/epl/i2006-10027-7" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00437246v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.73.155416" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472596v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472585v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Lacroute" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Devaux" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.W. Ebbesen" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.70.235406" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472590v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.68.115401" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00473016v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Quidant" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Peyrade" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Chen" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472366v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Chicanne" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry David" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Quidant" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Lacroute" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.88.097402" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472593v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. R. Krenn" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lamprecht" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00473014v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Goudonnet" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Girard" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472372v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00473023v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bourillot" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472409v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bourillot" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Goudonnet" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05237664v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pratyusha Das" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02056911v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05240730v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03247311v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02085784v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550916v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2509951" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190034v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02085787v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054733v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054764v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03147579v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart Kuyken" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054763v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Millot" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054738v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01574541v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01575495v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01312335v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01059408v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bernardin" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576340v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim K Hassan" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Grondahl-Nielsen" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694612v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. M. Nielsen" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pitilakis" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Tsilipakos" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.921766" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472389v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472377v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05474286v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Markey" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omkar Bhalerao" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Suckow" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bernier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Dortu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/photon/202513537" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951876v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Horst Windgassen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Biller" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Fotiadis" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.553386" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419711v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Areeg Al-Hamadani" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vaibhav Gupta" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Luis Monta&#241;o-Priede" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rijil Thomas" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina Muravitskaya" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.5c03473" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05237486v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitris V Bellas" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleftheria Lampadariou" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Dabos" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Vangelidis" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano15040296" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04539940v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X Yu" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Weeber" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan-Miguel Arocas" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bouhelier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/ad3742" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287458v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Weeber" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Andrieux" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Maxime Gourier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Arocas" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ome.496559" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920498v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evangelia Chatzianagnostou" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimosthenis Spasopoulos" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stelios Simos" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitris Bellas" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.3c00290" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287498v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Martinez" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vittorio Grimaldi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian de Vita" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deepak Kumar Sharma" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gallet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JQE.2023.3244281" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03025710v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Colas des Francs" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Leray" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirill Vasilev" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/nanoph-2019-0516" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508816v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Vernoux" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Hammani" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mne.2020.100049" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358619v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Hernandez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Juliano Martins" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Agreda" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Petit" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.9b00245" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355567v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deepak Sharma" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sviatlana Viarbitskaya" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Cluzel" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.9b00181" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550902v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dabos" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Manolis" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Papaioannou" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Tsiokos" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Markey" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.26.012469" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03543137v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitra Ketzaki" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athanasios Manolis" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JPHOT.2018.2792533" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01966853v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiting Chen" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cosmin Sp&#226;rchez" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OME.8.000469" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01729370v2" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Lamy" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Kibler" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app8040543" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550913v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Viarbitskaya" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Arocas" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Heintz" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Colas-Des-Francs" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rusakov" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.26.009813" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546198v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arindam Dasgupta" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Buret" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cazier" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Maxime Mennemanteuil" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinaldo Chacon" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3762/bjnano.9.187" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03543138v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evaggelia Chatzianagnostou" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JPHOT.2018.2832461" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01503970v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Finot" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.42.002778" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01508186v2" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fatome" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app7060631" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02353144v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Coste" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Eloi" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Arnold" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Qu&#233;lin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.96.195416" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546196v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Weeber" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.25.000394" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvsq.hal.science/hal-01491328v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Eloi" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Frederich" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Maz&#233;as" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Kumar" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Buil" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.94.085301" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01721945v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Colas Des Francs" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Barthes" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bouhelier" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dereux" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2040-8978/18/9/094005" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551159v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sotirios Papaioannou" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giannis Giannoulis" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Vyrsokinos" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Leroy" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filimon Zacharatos" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LPT.2015.2404942" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551149v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Prinzen" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Waldow" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2015.02.009" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7J4L7L80-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvsq.hal.science/hal-01337647v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arunandan Kumar" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Eloi" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Buil" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep16796" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvsq.hal.science/hal-01337603v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Derom" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bouhelier" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashish Kumar" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Leray" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-C Weeber" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.89.035401" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911957v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serkan Kaya" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Zacharatos" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hassan" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Bernardin" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.21.022269" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01492848v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Saviot" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dereux" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Boissi&#232;re" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.20.027636" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715922v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Kalavrouziotis" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Giannoulis" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Apostolopoulos" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Hassan" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10707-011-0133-8" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-85FCK06F-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715921v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odysseas Tsilipakos" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandros Pitilakis" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Traianos V. Yioultsis" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JQE.2012.2189757" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00750102v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios Kalavrouziotis" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep00652" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00703524v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Berthelot" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Tantussi" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Rai" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Colas Des Francs" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.29.000226" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734461v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael G. Nielsen" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JLT.2012.2212418" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715917v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashwani Kumar" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey I. Bozhevolnyi" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LPT.2012.2191147" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715923v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios Apostolopoulos" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LPT.2011.2177964" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00703538v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Berthelot" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.19.005303" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638260v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.83.115433" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638258v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Barthes" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.84.073403" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638255v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3613964" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472375v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Grandidier" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Massenot" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3300839" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509223v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2818.2010.03368.x" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509222v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bramant" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Weeber" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.18.016327" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02319295v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caijin Huang" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Finot" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3385155" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472376v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nl901314u" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472363v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Huang" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Margueritat" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nl902126z" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472370v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.80.115419" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472387v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Bruyant" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Guenot" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.78.155407" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472378v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.78.245419" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00453142v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.16.017654" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472403v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472388v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Legay" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472396v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lopez-Tejeira" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. J. Rodrigo" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Martin-Moreno" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. J. Garcia-Vidal" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Devaux" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/10/3/033035" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472397v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nphys584" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00513756v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Kempf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Vignal" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Cailletaud" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Oltra" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Weeber" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786430600928527" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472373v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. U. Gonzalez" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. L. Stepanov" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hohenau" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472391v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Y. Laluet" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyriaque Genet" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas W. Ebbesen" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472406v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nl070403y" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472364v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ignatovitch" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472407v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.76.113405" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472400v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2824840" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472405v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Baudrion" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2392998" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00437260v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Drezet" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Steinberger" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Galler" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/epl/i2006-10027-7" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00437246v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laure Baudrion" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.73.155416" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00437242v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lecamp" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lalanne" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.74.125406" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472596v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472585v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Lacroute" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Devaux" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.W. Ebbesen" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.70.235406" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472590v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.68.115401" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00473016v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Quidant" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Peyrade" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Chen" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472366v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Chicanne" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry David" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Quidant" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Lacroute" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.88.097402" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472593v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. R. Krenn" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lamprecht" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00473014v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Goudonnet" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Girard" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472372v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00473023v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bourillot" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472409v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bourillot" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Goudonnet" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05240730v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pratyusha Das" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03247311v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550916v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2509951" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190034v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02085784v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02085787v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03147579v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart Kuyken" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054763v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Millot" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054733v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054764v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054738v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01574541v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01575495v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01312335v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01059408v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bernardin" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576340v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim K Hassan" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Grondahl-Nielsen" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694612v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. M. Nielsen" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pitilakis" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Tsilipakos" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.921766" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472377v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472389v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05237664v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02056911v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>