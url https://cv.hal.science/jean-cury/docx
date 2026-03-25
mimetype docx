--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -66,4047 +66,4047 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (27)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exploring the diversity of anti-defense systems across prokaryotes, phages and mobile genetic elements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Tesson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erin Huiting</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linlin Wei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jie Ren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew Johnson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 53 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/nar/gkae1171⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05230529v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evolutionary origins of archaeal and eukaryotic RNA-guided RNA modification in bacterial IS110 transposons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Vaysset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chance Meers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Cury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Bernheim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Sternberg</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 10 (1), pp.20-27. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41564-024-01889-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05230530v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A human homolog of SIR2 antiphage proteins mediates immunity via the Toll-like receptor pathway</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Bonhomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Vaysset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eirene Marie Q. Ednacot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vasco Rodrigues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yazan Salloum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 389 (6758), pp.eadr8536. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/science.adr8536⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05230522v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The pathway to resolve dimeric forms distinguishes plasmids from megaplasmids in Enterobacteriaceae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Fournes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Campos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Cury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Schiavon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Pagès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 53 (2), pp.gkae1300. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/nar/gkae1300⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04888819v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Comprehensive Resource for Exploring Antiphage Defense: DefenseFinder Webservice, Wiki and Databases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Tesson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Planel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Egorov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Héloïse Georjon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Vaysset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Peer Community Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.24072/pcjournal.470⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04600530v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conservation of antiviral systems across domains of life reveals immune genes in humans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Cury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Haudiquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronica Hernandez Trejo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ernest Mordret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anael Hanouna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cell Host &amp; Microbe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 32 (9), pp.1594-1607.e5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chom.2024.08.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04735152v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viperin immunity evolved across the tree of life through serial innovations on a conserved scaffold</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helena Shomar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Héloïse Georjon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanlei Feng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bismarck Olympio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature Ecology &amp; Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 8 (9), pp.667-1679. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41559-024-02463-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04690206v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The immune modules conserved across the tree of life: Towards a definition of ancestral immunity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Bernheim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Cury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enzo Poirier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 22 (7), pp.e3002717. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pbio.3002717⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05230525v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Integron cassettes commonly integrate into bacterial genomes via widespread non-classical attG sites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Loot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gael A Millot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Egill Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eloi Littner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 9 (1), pp.228-240. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41564-023-01548-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-04384854v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">dnadna: a deep learning framework for population genetics inference</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théophile Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erik Madison Bray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Jobic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Guez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Catherine Letournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 39 (1), pp.btac765. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btac765⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03352910v4</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cultural transmission of reproductive success impacts genomic diversity, coalescent tree topologies and demographic inferences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Guez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Achaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bienvenu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Cury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Toupance</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 223 (4), pp.iyad007. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/genetics/iyad007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03875721v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A descriptive study of IgG4-related disease in children and young adults.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin de Sainte Marie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Ebbo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Grados</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vinciane Rebours</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heloise Reumaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Autoimmunity Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Autoimmunity Reviews, 21 (4), pp.103035. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.autrev.2022.103035⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04502819v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Systematic and quantitative view of the antiviral arsenal of prokaryotes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Tesson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Hervé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ernest Mordret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Touchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille D’humières</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13 (1), pp.2561. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-022-30269-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03823827v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simulation of bacterial populations with SLiM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Cury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin C Haller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Achaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Jay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Peer Community Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 2, pp.e7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.24072/pcjournal.72⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03152153v3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">IntegronFinder 2.0: Identification and Analysis of Integrons across Bacteria, with a Focus on Antibiotic Resistance in Klebsiella</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Néron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eloi Littner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Haudiquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Cury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microorganisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10 (4), pp.700. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/microorganisms10040700⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03655020v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deep learning for population size history inference: Design, comparison and combination with approximate Bayesian computation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théophile Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Cury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Charpiat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Jay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 21 (8), pp.2645-2660. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1755-0998.13224⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02942328v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Intracellular Positioning Systems Limit the Entropic Eviction of Secondary Replicons Toward the Nucleoid Edges in Bacterial Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Dauverd -Girault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Planchenault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine C Pons</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Schiavon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Siguier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 432 (3), pp.745-761. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmb.2019.11.027⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02392007v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Structure-specific DNA recombination sites: Design, validation, and machine learning–based refinement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aleksandra Nivina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maj Svea Grieb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Loot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bikard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Cury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Science Advances </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 6 (30), pp.eaay2922. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/sciadv.aay2922⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03084479v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A simple, reproducible and cost- effective procedure to analyse gut phageome: from phage isolation to bioinformatic approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille d'Humières</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Touchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Dion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Cury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Ghozlane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-019-47656-w⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02329655v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Host Range and Genetic Plasticity Explain the Coexistence of Integrative and Extrachromosomal Mobile Genetic Elements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Cury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro De Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando de La Cruz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo P C Rocha</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 35 (9), pp.2230-2239. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/molbev/msy123⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02098387v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The chromosomal organization of horizontal gene transfer in bacteria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro H. Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Touchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Cury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo P C Rocha</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8 (1), pp.841. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-017-00808-w⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04325283v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Integrative and conjugative elements and their hosts: composition, distribution and organization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Cury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Touchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo P. C. Rocha</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 45 (15), pp.8943 - 8956. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/nar/gkx607⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-04076019v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Differences in Integron Cassette Excision Dynamics Shape a Trade-Off between Evolvability and Genetic Capacitance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Loot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aleksandra Nivina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Cury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Antonio Escudero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magaly Ducos-Galand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">mBio</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8 (2), pp.e02296-16. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/mBio.02296-16⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01689524v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evolutionary dynamics and genomic features of the Elizabethkingia anophelis 2015 to 2016 Wisconsin outbreak strain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Larsonneur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ainsley Nicholson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Edwards</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kristin Gundlach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8 (1), pp.15483. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/ncomms15483⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02613118v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Identification of protein secretion systems in bacterial genomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie S. Abby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Cury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Guglielmini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Néron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Touchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/srep23080⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01374967v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Identification and analysis of integrons and cassette arrays in bacterial genomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Cury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Jové</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Touchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Néron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Pc Rocha</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 44 (10), pp.4539 - 4550. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/nar/gkw319⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01374968v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The genomic diversification of the whole Acinetobacter genus: origins, mechanisms, and consequences.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Touchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Cury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eun-Jeong Yoon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lenka Krizova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gustavo C Cerqueira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Genome Biology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 6 (10), pp.2866-82. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gbe/evu225⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01132634v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ancient genomic insights into Salmonella enterica Paratyphi C from Central Mexico</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miriam Bravo-Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eduardo Arrieta-Donato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viridiana Villa-Islas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Åshild Joanne Vågene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Villaseñor-Altamirano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05407381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Protein and genomic language models chart a vast landscape of antiphage defenses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ernest Mordret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Hervé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Hervé</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Hugo Vaysset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tyler Clabby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Tesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05407383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new route for integron cassette dissemination among bacterial genomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Loot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gael A Millot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Egill Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Vit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Darracq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-03826688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intracellular positioning systems limit the entropic eviction of secondary replicons toward the nucleoid edges in bacterial cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlene Planchenault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine C Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Schiavon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Siguier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Rech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02366139v1</w:t>
-              </w:r>
-[...3512 lines deleted...]
-                <w:t xml:space="preserve">pasteur-01132634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Logiciel (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4124,282 +4124,439 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integron_Finder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Néron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Cury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eduardo Rocha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Perrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨swh:1:dir:6cc5d36f34974f2264a2ea9e195edb1981b2f9ba;origin=https://github.com/gem-pasteur/Integron_Finder;visit=swh:1:snp:f5d82d096a64d390358869946048ca7f801b2ded;anchor=swh:1:rev:0388197211bd9b232082a2dd9275623b62c5599a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Logiciel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04603009v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inferring effective population sizes of bacterial populations while accounting for unknown recombination and selection: a deep learning approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Cury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théophile Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erik Madison Bray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jazeps Medina-Tretmanis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">María Ávila-Arcos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ECML PKDD 2022 - Machine Learning for Microbial Genomics workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05554282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Understanding and inferring cultural transmission of reproductive success</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Guez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Achaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bienvenu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Cury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Toupance</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Probabilistic Modeling in Genomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2022, Oxford, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04016758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4409,176 +4566,176 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identifying Conjugative Plasmids and Integrative Conjugative Elements with CONJscan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Cury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie S. Abby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivia Doppelt-Azeroual</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Néron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eduardo P C Rocha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Fernando de la Cruz. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Horizontal Gene Transfer : Methods and Protocols</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Springer Science; Business Media</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.265-283, 2019, 978-1-4939-9876-0. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-1-4939-9877-7_19⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-02867882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4588,114 +4745,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolutionary genomics of conjugative elements and integrons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Cury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Human health and pathology. Université Sorbonne Paris Cité, 2017. English. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2017USPCB062⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02130756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId168"/>
+      <w:footerReference w:type="default" r:id="rId171"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4842,51 +4999,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407381v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Bravo-Lopez" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Arrieta-Donato" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viridiana Villa-Islas" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#197;shild Joanne V&#229;gene" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Villase&#241;or-Altamirano" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407383v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernest Mordret" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Herv&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Vaysset" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tyler Clabby" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Tesson" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03826688v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Loot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael A Millot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Egill Richard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Vit" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Darracq" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02366139v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlene Planchenault" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine C Pons" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Schiavon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Siguier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rech" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230530v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chance Meers" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Cury" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Bernheim" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Sternberg" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41564-024-01889-2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230529v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erin Huiting" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linlin Wei" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Ren" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Johnson" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkae1171" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230522v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bonhomme" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eirene Marie Q. Ednacot" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasco Rodrigues" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yazan Salloum" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.adr8536" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888819v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Fournes" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Campos" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Pag&#232;s" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkae1300" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600530v2" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Planel" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Egorov" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Georjon" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.470" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735152v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Haudiquet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Hernandez Trejo" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anael Hanouna" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chom.2024.08.002" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230525v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enzo Poirier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3002717" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690206v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Shomar" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanlei Feng" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bismarck Olympio" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Guillaume" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-024-02463-z" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04384854v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloi Littner" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41564-023-01548-y" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352910v4" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;ophile Sanchez" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Madison Bray" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Jobic" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Guez" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Catherine Letournel" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btac765" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03875721v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Achaz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bienvenu" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Toupance" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/genetics/iyad007" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03152153v3" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin C Haller" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Jay" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.72" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04502819v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin de Sainte Marie" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Ebbo" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Grados" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinciane Rebours" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heloise Reumaux" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.autrev.2022.103035" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823827v2" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Touchon" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille D&#8217;humi&#232;res" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-30269-9" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03655020v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand N&#233;ron" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Perrin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10040700" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02942328v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Charpiat" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13224" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392007v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Dauverd -Girault" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Planchenault" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2019.11.027" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03084479v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Nivina" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maj Svea Grieb" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bikard" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.aay2922" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02329655v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille d'Humi&#232;res" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Dion" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Ghozlane" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-47656-w" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02098387v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro De Oliveira" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando de La Cruz" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo P C Rocha" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msy123" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325283v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro H. Oliveira" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-017-00808-w" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04076019v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo P. C. Rocha" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkx607" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01689524v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Antonio Escudero" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magaly Ducos-Galand" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.02296-16" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02613118v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Larsonneur" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ainsley Nicholson" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Edwards" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristin Gundlach" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms15483" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01374967v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie S. Abby" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Guglielmini" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep23080" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01374968v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jov&#233;" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Pc Rocha" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkw319" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01132634v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eun-Jeong Yoon" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenka Krizova" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo C Cerqueira" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evu225" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603009v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Rocha" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:6cc5d36f34974f2264a2ea9e195edb1981b2f9ba;origin=https://github.com/gem-pasteur/Integron_Finder;visit=swh:1:snp:f5d82d096a64d390358869946048ca7f801b2ded;anchor=swh:1:rev:0388197211bd9b232082a2dd9275623b62c5599a" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016758v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02867882v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Doppelt-Azeroual" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/protocol/10.1007%2F978-1-4939-9877-7_19" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-9877-7_19" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02130756v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017USPCB062" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230529v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Tesson" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erin Huiting" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linlin Wei" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Ren" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Johnson" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkae1171" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230530v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Vaysset" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chance Meers" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Cury" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Bernheim" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Sternberg" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41564-024-01889-2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230522v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bonhomme" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eirene Marie Q. Ednacot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasco Rodrigues" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yazan Salloum" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.adr8536" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888819v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Fournes" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Campos" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Schiavon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Pag&#232;s" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkae1300" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600530v2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Planel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Egorov" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Georjon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.470" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735152v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Haudiquet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Hernandez Trejo" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernest Mordret" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anael Hanouna" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chom.2024.08.002" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690206v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Shomar" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanlei Feng" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bismarck Olympio" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Guillaume" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-024-02463-z" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230525v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enzo Poirier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3002717" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04384854v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Loot" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael A Millot" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Egill Richard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloi Littner" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Vit" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41564-023-01548-y" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352910v4" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;ophile Sanchez" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Madison Bray" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Jobic" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Guez" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Catherine Letournel" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btac765" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03875721v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Achaz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bienvenu" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Toupance" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/genetics/iyad007" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04502819v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin de Sainte Marie" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Ebbo" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Grados" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinciane Rebours" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heloise Reumaux" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.autrev.2022.103035" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823827v2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Herv&#233;" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Touchon" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille D&#8217;humi&#232;res" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-30269-9" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03152153v3" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin C Haller" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Jay" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.72" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03655020v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand N&#233;ron" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Perrin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10040700" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02942328v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Charpiat" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13224" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392007v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Dauverd -Girault" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Planchenault" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine C Pons" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Siguier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2019.11.027" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03084479v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Nivina" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maj Svea Grieb" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bikard" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.aay2922" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02329655v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille d'Humi&#232;res" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Dion" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Ghozlane" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-47656-w" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02098387v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro De Oliveira" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando de La Cruz" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo P C Rocha" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msy123" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325283v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro H. Oliveira" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-017-00808-w" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04076019v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo P. C. Rocha" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkx607" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01689524v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Antonio Escudero" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magaly Ducos-Galand" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.02296-16" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02613118v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Larsonneur" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ainsley Nicholson" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Edwards" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristin Gundlach" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms15483" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01374967v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie S. Abby" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Guglielmini" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep23080" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01374968v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jov&#233;" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Pc Rocha" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkw319" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01132634v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eun-Jeong Yoon" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenka Krizova" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo C Cerqueira" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evu225" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407381v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Bravo-Lopez" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Arrieta-Donato" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viridiana Villa-Islas" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#197;shild Joanne V&#229;gene" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Villase&#241;or-Altamirano" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407383v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tyler Clabby" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03826688v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Darracq" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02366139v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlene Planchenault" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rech" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603009v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Rocha" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:6cc5d36f34974f2264a2ea9e195edb1981b2f9ba;origin=https://github.com/gem-pasteur/Integron_Finder;visit=swh:1:snp:f5d82d096a64d390358869946048ca7f801b2ded;anchor=swh:1:rev:0388197211bd9b232082a2dd9275623b62c5599a" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05554282v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jazeps Medina-Tretmanis" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a &#193;vila-Arcos" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016758v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02867882v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Doppelt-Azeroual" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/protocol/10.1007%2F978-1-4939-9877-7_19" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-9877-7_19" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02130756v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017USPCB062" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>