--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -2251,908 +2251,908 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05399970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réseaux d'adaptation utilisant des lignes couplées en technologie CMOS en bande millimétrique</w:t>
+                <w:t xml:space="preserve">Substrate Integrated Waveguide in 3D Integrated Technology for D-Band Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joao Eduardo Gentil Lé</w:t>
+                <w:t xml:space="preserve">Hajar Zidane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Margalef-Rovira</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Daniel Arnould</w:t>
+                <w:t xml:space="preserve">Christopher Pouzou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ariana Maria da Conceiçao Lacorte Caniato Serrano</w:t>
+                <w:t xml:space="preserve">Jordan Corsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gustavo Plamplona Rehder</w:t>
+                <w:t xml:space="preserve">Christophe Dubarry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales Microondes (JNM 2024)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">19th European Microwave Integrated Circuits Conference (EuMIC 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/EuMIC61603.2024.10732684⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04911439v1</w:t>
+                <w:t xml:space="preserve">hal-04791543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Substrate Integrated Waveguide in 3D Integrated Technology for D-Band Applications</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Réseaux d'adaptation utilisant des lignes couplées en technologie CMOS en bande millimétrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christopher Pouzou</w:t>
+                <w:t xml:space="preserve">Joao Eduardo Gentil Lé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jordan Corsi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Loïc Vincent</w:t>
+                <w:t xml:space="preserve">Marc Margalef-Rovira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Daniel Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Dubarry</w:t>
+                <w:t xml:space="preserve">Ariana Maria da Conceiçao Lacorte Caniato Serrano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gustavo Plamplona Rehder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th European Microwave Integrated Circuits Conference (EuMIC 2024)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journées Nationales Microondes (JNM 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Antibes Juan-Les-Pins, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04791543v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04911439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesures de Guides SIW dans un Empilement Microélectronique 3D dans la Bande Millimétrique D</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sonde haute fréquence avec couplage réduit pour la mesure on-wafer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tarek Bouzar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Daniel Arnould</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Zimmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Fregonese</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales Microondes (JNM 2024)</w:t>
+              <w:t xml:space="preserve">XXIIIèmes Journées Nationales Microondes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Antibes Juan-Les-Pins, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04911409v1</w:t>
+                <w:t xml:space="preserve">hal-04697436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparaison des Modèles de Calibrage pour l'Extraction Précise des Performances RF d'un Transistor HBT SiGe en haute fréquence</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Magali de Matos</w:t>
+                <w:t xml:space="preserve">Mesures de Guides SIW dans un Empilement Microélectronique 3D dans la Bande Millimétrique D</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hajar Zidane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Pouzou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Corsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Dubarry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1ères Journées techniques du Radio Frequency Test Facility Network : Workshop Calibrage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, P. Besnier, Nov 2024, Lille, France</w:t>
+              <w:t xml:space="preserve">Journées Nationales Microondes (JNM 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Antibes Juan-Les-Pins, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04818103v1</w:t>
+                <w:t xml:space="preserve">hal-04911409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Die-to-Wafer Hybrid Bonding Impact at MM-Wave Frequencies</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Extension of Quasi-Load Insensitive Class-E Doherty Operation with Complex Load Trajectories</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Otmani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayssar Serhan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Daniel Arnould</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Lauga-Larroze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Giry</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International 3D Systems Integration Conference (3DIC 2024)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/3DIC63395.2024.10830066⟩</w:t>
+              <w:t xml:space="preserve">19th Conference on Ph.D Research in Microelectronics and Electronics (PRIME 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Larnaca, Cyprus. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/PRIME61930.2024.10559702⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04919954v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04634025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extension of Quasi-Load Insensitive Class-E Doherty Operation with Complex Load Trajectories</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ayssar Serhan</w:t>
+                <w:t xml:space="preserve">Comparaison des Modèles de Calibrage pour l'Extraction Précise des Performances RF d'un Transistor HBT SiGe en haute fréquence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tarek Bouzar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippine Billy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jojo Varghese</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Daniel Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali de Matos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th Conference on Ph.D Research in Microelectronics and Electronics (PRIME 2024)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">1ères Journées techniques du Radio Frequency Test Facility Network : Workshop Calibrage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, P. Besnier, Nov 2024, Lille, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04634025v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04818103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonde haute fréquence avec couplage réduit pour la mesure on-wafer</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Die-to-Wafer Hybrid Bonding Impact at MM-Wave Frequencies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad Alsukour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Valorge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margot Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Milon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIIIèmes Journées Nationales Microondes</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International 3D Systems Integration Conference (3DIC 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Sendai, Japan. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/3DIC63395.2024.10830066⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04697436v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04919954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diviseur de puissance 1 vers 4 compact basé sur des lignes couplées en technologie BiCMOS à 28 GHz</w:t>
               </w:r>
@@ -3177,51 +3177,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Occello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Margalef-Rovira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Daniel Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3257,273 +3257,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04911386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transformateur d'impédance basé sur des lignes couplées en technologie alumine nanoporeuse 3D</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marc Margalef-Rovira</w:t>
+                <w:t xml:space="preserve">WM-02 Mechanical Investigations for High Frequency Probe Design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Fregonese</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tarek Bouzar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Daniel Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Joly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Zimmer</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales Microondes (JNM 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Antibes Juan-Les-Pins, France</w:t>
+              <w:t xml:space="preserve">2024 European Microwave Week: Workshop: On-wafer measurements and material characterisation for communications and quantum applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Xiaobang Shang, Nick Ridler, Sep 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04911432v1</w:t>
+                <w:t xml:space="preserve">hal-04736870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">WM-02 Mechanical Investigations for High Frequency Probe Design</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Tarek Bouzar</w:t>
+                <w:t xml:space="preserve">Transformateur d'impédance basé sur des lignes couplées en technologie alumine nanoporeuse 3D</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joao Eduardo Gentil Lé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Margalef-Rovira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Daniel Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariana Maria da Conceiçao Lacorte Caniato Serrano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gustavo Plamplona Rehder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 European Microwave Week: Workshop: On-wafer measurements and material characterisation for communications and quantum applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Xiaobang Shang, Nick Ridler, Sep 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">Journées Nationales Microondes (JNM 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Antibes Juan-Les-Pins, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04736870v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04911432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrated test circuit for off-state dynamic drain stress evaluation</w:t>
               </w:r>
@@ -3637,347 +3637,347 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04105262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Switched-Mode Power Supply Impact on a Bluetooth Low Energy Receiver Inside a Microcontroller</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Malbec</w:t>
+                <w:t xml:space="preserve">What causes the fluctuations in fmax with respect to frequency?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Zimmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tarek Bouzar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Daniel Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">David Chesneau</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Fregonese</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">53rd European Microwave Conference (EuMC 2023)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">35th BipAK 2023 (Bipolar Arbeit Kreis )</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Corbeil-Essonnes, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04283054v1</w:t>
+                <w:t xml:space="preserve">hal-04409931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What causes the fluctuations in fmax with respect to frequency?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Tarek Bouzar</w:t>
+                <w:t xml:space="preserve">Switched-Mode Power Supply Impact on a Bluetooth Low Energy Receiver Inside a Microcontroller</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Malbec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Daniel Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sebastien Fregonese</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Vollaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Duchamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Chesneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">35th BipAK 2023 (Bipolar Arbeit Kreis )</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">53rd European Microwave Conference (EuMC 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Berlin, Germany. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/EuMC58039.2023.10290583⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04409931v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04283054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intégration d’une alimentation à découpage et d’un émetteur-récepteur Bluetooth Low Energy dans un même système sur puce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Malbec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Daniel Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Vollaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Duchamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Chesneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nationales Microondes (JNM 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Limoges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3996,412 +3996,412 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04049013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comprehensive Analysis of RF Hot-Carrier Reliability Sensitivity and Design Explorations for 28GHz Power Amplifier Applications</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Estelle Lauga-Larroze</w:t>
+                <w:t xml:space="preserve">Méthode de conception d’amplificateurs distribués millimétriques basée sur la matrice chaîne (ABCD) 4 ports</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamad El Chaar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Podevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Bourdel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Augusto Lisboa de Souza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Daniel Arnould</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Reliability Physics Symposium (IRPS 2022)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">22èmes Journées Nationales Microondes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Limoges, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04050556v1</w:t>
+                <w:t xml:space="preserve">hal-04028971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of input receiver transistors behavior during a CDM event</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Simeu</w:t>
+                <w:t xml:space="preserve">Comprehensive Analysis of RF Hot-Carrier Reliability Sensitivity and Design Explorations for 28GHz Power Amplifier Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Hai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Cacho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Divay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Lauga-Larroze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Daniel Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">44th Annual EOS/ESD Symposium (EOS/ESD 2022)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.23919/EOS/ESD54763.2022.9928471⟩</w:t>
+              <w:t xml:space="preserve">IEEE International Reliability Physics Symposium (IRPS 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, Mar 2022, Dallas, United States. pp.4B.2-1-4B.2-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IRPS48227.2022.9764535⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03856978v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04050556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Méthode de conception d’amplificateurs distribués millimétriques basée sur la matrice chaîne (ABCD) 4 ports</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Antonio Augusto Lisboa de Souza</w:t>
+                <w:t xml:space="preserve">Analysis of input receiver transistors behavior during a CDM event</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Troussier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Bourgeat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Simeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Daniel Arnould</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blaise Jacquier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22èmes Journées Nationales Microondes</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">44th Annual EOS/ESD Symposium (EOS/ESD 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Reno, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/EOS/ESD54763.2022.9928471⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04028971v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03856978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrated Wideband Millimeter-Wave Bias-Tee – Application to Distributed Amplifier Biasing</w:t>
               </w:r>
@@ -4521,90 +4521,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation of Oxide Breakdown Voltage During a CDM Event Using Very Fast Transmission Line Pulse and Transmission Line Pulse Measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Troussier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johan Bourgeat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blaise Jacquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Simeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Daniel Arnould</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4664,51 +4664,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A fully-integrated high-isolation transfer switch for G-band in-situ reflectometer applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Walid Aouimeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Margalef-Rovira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Lauga-Larroze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4785,77 +4785,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of Inter-Power Domain Failures during a CDM Event</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Troussier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johan Bourgeat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Simeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Daniel Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6247,51 +6247,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01361602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contributions aux circuits de commande gate driver dédiés à la haute température et aux très fortes vitesses de commutation</w:t>
+                <w:t xml:space="preserve">Contributions to dedicated gate driver circuitry for very high switching speed high temperature power devices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Van-Sang Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thanh Long Le</w:t>
@@ -6326,97 +6326,97 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davy Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium de Génie Electrique (SGE'16)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Power Semiconductor Devices and ICs (ISPSD), 2016 28th International Symposium on</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01333015v1</w:t>
+                <w:t xml:space="preserve">hal-01362327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contributions to dedicated gate driver circuitry for very high switching speed high temperature power devices</w:t>
+                <w:t xml:space="preserve">Contributions aux circuits de commande gate driver dédiés à la haute température et aux très fortes vitesses de commutation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Van-Sang Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thanh Long Le</w:t>
@@ -6451,73 +6451,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davy Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Power Semiconductor Devices and ICs (ISPSD), 2016 28th International Symposium on</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Prague, Czech Republic</w:t>
+              <w:t xml:space="preserve">Symposium de Génie Electrique (SGE'16)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01362327v1</w:t>
+                <w:t xml:space="preserve">hal-01333015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A 130-nm SOI CMOS reconfigurable multimode multiband power amplifier for 2G/3G/4G handset applications</w:t>
               </w:r>
@@ -7118,51 +7118,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02022292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling and characterization of 0.35 μm CMOS coreless transformer for gate drivers</w:t>
+                <w:t xml:space="preserve">Integrated gate driver circuits with an ultra-compact design and high level of galvanic isolation for power transistors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Duc Ngoc To</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Clément, Jean-Paul Rouger</w:t>
@@ -7182,84 +7182,88 @@
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Corrao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves Lembeye</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jean-Christophe Crébier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISPSD 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2014, Hawai, United States</w:t>
+              <w:t xml:space="preserve">International Conference on Integrated Power Electronics Systems (CIPS 2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2014, Nuremberg, Germany. ISBN 978-3-8007-3578-5, pp 348-353</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00989648v1</w:t>
+                <w:t xml:space="preserve">hal-00957347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Half-Thru de-embedding method for millimeter-wave and sub-millimeter-wave integrated circuits</w:t>
               </w:r>
@@ -7334,51 +7338,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02016758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrated gate driver circuits with an ultra-compact design and high level of galvanic isolation for power transistors</w:t>
+                <w:t xml:space="preserve">Modeling and characterization of 0.35 μm CMOS coreless transformer for gate drivers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Duc Ngoc To</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Clément, Jean-Paul Rouger</w:t>
@@ -7398,88 +7402,84 @@
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Corrao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Christophe Crébier</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Yves Lembeye</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Integrated Power Electronics Systems (CIPS 2014)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2014, Nuremberg, Germany. ISBN 978-3-8007-3578-5, pp 348-353</w:t>
+              <w:t xml:space="preserve">ISPSD 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2014, Hawai, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00957347v1</w:t>
+                <w:t xml:space="preserve">hal-00989648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of De-embedding Methods for Long Millimeter and Sub-Millimeter-Wave Integrated Circuits</w:t>
               </w:r>
@@ -9071,51 +9071,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothé Simonot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Clément, Jean-Paul Rouger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Crébier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Daniel Arnould</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10243,1166 +10243,1166 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00148420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matériaux nouveaux pour l'intégration de composants passifs dans les circuits intégrés avancés</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">M. Gallitre</w:t>
+                <w:t xml:space="preserve">Potentialités des structures magnétiques pour les fonctions RF reconfigurables</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Pistono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Xavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Daniel Arnould</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JCMM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, Grenoble, France. pp.XX</w:t>
+              <w:t xml:space="preserve">Journées scientifiques Hypermag</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, TOURS, France. pp.XX</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00148423v1</w:t>
+                <w:t xml:space="preserve">hal-00148430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of a miniaturized ultra wideband bandpass filter based on a hybrid lumped capacitors - distributed transmission lines topology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">D. Kaddour</w:t>
+                <w:t xml:space="preserve">Matériaux nouveaux pour l'intégration de composants passifs dans les circuits intégrés avancés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Bermond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Gallitre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Daniel Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ph. Benech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Sauviac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">36th European Microwave Conference, EuMC'06</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, MANCHESTER, United Kingdom. pp.XX</w:t>
+              <w:t xml:space="preserve">JCMM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Grenoble, France. pp.XX</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00147867v1</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00148423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extraction of equivalent electrical models for damascene MIM capacitors in a standard 120~nm CMOS technology for ultra wide band applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">P. Lemoigne</w:t>
+                <w:t xml:space="preserve">Design of a miniaturized ultra wideband bandpass filter based on a hybrid lumped capacitors - distributed transmission lines topology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Kaddour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Daniel Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE IECON Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, PARIS, France. pp.XX</w:t>
+              <w:t xml:space="preserve">36th European Microwave Conference, EuMC'06</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, MANCHESTER, United Kingdom. pp.XX</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00147864v1</w:t>
+                <w:t xml:space="preserve">hal-00147867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Potentialités des structures magnétiques pour les fonctions RF reconfigurables</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">P. Xavier</w:t>
+                <w:t xml:space="preserve">Extraction of equivalent electrical models for damascene MIM capacitors in a standard 120~nm CMOS technology for ultra wide band applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Lemoigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Daniel Arnould</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P.E. Bailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Corrao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ph. Benech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées scientifiques Hypermag</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, TOURS, France. pp.XX</w:t>
+              <w:t xml:space="preserve">IEEE IECON Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, PARIS, France. pp.XX</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00148430v1</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00147864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MIM capacitors model determination and analysis of parameter influence</w:t>
+                <w:t xml:space="preserve">Caractérisation de capacités MIM Cu-Si3N4-Cu en technologie CMOS 0,12 µm pour des applications radiofréquences.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ph. Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Daniel Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Exshaw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ph. Benech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Farcy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Symposium on Industrial Electronics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, DUBROVNIK, Croatia. pp.XX</w:t>
+              <w:t xml:space="preserve">Telecom'2005 &amp; 4èmes Journées Franco-Maghrébines des Microondes et leurs Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, RABAT, Morocco. pp.XX</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00147186v1</w:t>
+                <w:t xml:space="preserve">hal-00147181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contrôle optique pour fonctionnalités microondes</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">M. El Khaldi</w:t>
+                <w:t xml:space="preserve">MIM capacitors model determination and analysis of parameter influence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ph. Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Daniel Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Exshaw</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Eusèbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ph. Benech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Thématique du club EEA : Optique Intégrée et Photonique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, GRENOBLE, France. pp.XX</w:t>
+              <w:t xml:space="preserve">IEEE International Symposium on Industrial Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, DUBROVNIK, Croatia. pp.XX</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00148291v1</w:t>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00147186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation de capacités MIM Cu-Si3N4-Cu en technologie CMOS 0,12 µm pour des applications radiofréquences.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ph. Lombard</w:t>
+                <w:t xml:space="preserve">Contrôle optique pour fonctionnalités microondes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Gary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. El Khaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Daniel Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Podevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Vilcot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Telecom'2005 &amp; 4èmes Journées Franco-Maghrébines des Microondes et leurs Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, RABAT, Morocco. pp.XX</w:t>
+              <w:t xml:space="preserve">Journée Thématique du club EEA : Optique Intégrée et Photonique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, GRENOBLE, France. pp.XX</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00147181v1</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00148291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Filtres passe-bas fixes ou accordables à base de structures périodiques</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">D. Kaddour</w:t>
+                <w:t xml:space="preserve">Analyse tridimensionnelle de l'injection optique pour les dispositifs opto-microondes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Gary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Duvillaret</w:t>
+                <w:t xml:space="preserve">A. Perron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Daniel Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.M. Duchamp</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">G. Pananakakis</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14èmes Journées Nationales Microondes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, NANTES, France. pp.XX</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00148304v1</w:t>
+                <w:t xml:space="preserve">hal-00148288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse tridimensionnelle de l'injection optique pour les dispositifs opto-microondes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">R. Gary</w:t>
+                <w:t xml:space="preserve">Filtres passe-bas fixes ou accordables à base de structures périodiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Pistono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Kaddour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Perron</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Daniel Arnould</w:t>
+                <w:t xml:space="preserve">L. Duvillaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Pananakakis</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">J.M. Duchamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Vilcot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14èmes Journées Nationales Microondes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, NANTES, France. pp.XX</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00148288v1</w:t>
+                <w:t xml:space="preserve">hal-00148304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation analytique tridimensionnelle de l'injection optique de porteurs dans un substrat semiconducteur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Gary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Perron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Daniel Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Pananakakis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Telecom'2005 &amp; 4èmes Journées Franco-Maghrébines des Microondes et leurs Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, France. pp.XX</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11793,51 +11793,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05539705v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Bouzar" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jojo Varghese" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Arnould" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Derrier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali de Matos" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMTT.2026.3666244" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048979v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Podevin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Vincent" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea/20221001" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775893v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad El Chaar" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bourdel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Augusto Lisboa de Souza" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/lssc.2022.3172992" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03772267v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCSI.2022.3197436" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012343v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cl&#233;ment, Jean-Paul Rouger" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Vafaei" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. To" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Le" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Corrao" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09398368.2016.1260259" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011664v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitor Freitas" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ferrari" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00625189v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darine Kaddour" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02084228v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s1759078709000117" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02084223v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hoarau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Corrao" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ferrari" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Xavier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMTT.2008.2006105" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02084224v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-Y. Bailly" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/el:20072188" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146030v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Gary" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vilcot" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mop.21754" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B39B28362FDDA6D73835E9EF67B02D256F3EDBD6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146035v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Pistono" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Duchamp" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Eusebe" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMTT.2006.875290" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00395983v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gary" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vilcot" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JLT.2006.872284" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146025v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02084226v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mop.11380" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QH33BT79-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00599143v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Meunier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/20.996177" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05215309v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Otmani" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayssar Serhan" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Lauga-Larroze" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Giry" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NewCAS64648.2025.11106994" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05399970v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Zimmer" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Fregonese" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuMIC65284.2025.11234505" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911439v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao Eduardo Gentil L&#233;" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Margalef-Rovira" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariana Maria da Concei&#231;ao Lacorte Caniato Serrano" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Plamplona Rehder" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791543v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajar Zidane" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Pouzou" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Corsi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dubarry" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuMIC61603.2024.10732684" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911409v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04818103v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippine Billy" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919954v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Alsukour" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Valorge" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Faure" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Milon" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/3DIC63395.2024.10830066" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634025v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PRIME61930.2024.10559702" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697436v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911386v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larbi Boukhezar" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Occello" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Durand" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911432v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736870v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Joly" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105262v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joycelyn Hai" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Cacho" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Federspiel" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tidjani Garba-Seybou" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Divay" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRPS48203.2023.10117885" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283054v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Malbec" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Vollaire" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Chesneau" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuMC58039.2023.10290583" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04409931v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04049013v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050556v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hai" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cacho" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Divay" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRPS48227.2022.9764535" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856978v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Troussier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Bourgeat" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Simeu" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaise Jacquier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EOS/ESD54763.2022.9928471" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028971v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371374v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel J. Barragan" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS50681.2021.9462766" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03433046v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRPS46558.2021.9405110" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02934668v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Aouimeur" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Gloria" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gaqui&#232;re" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICMIM48759.2020.9299098" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02934691v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Jimenez" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911387v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saad Boutayeb" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Reynier" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Parat" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/S3S46989.2019.9320747" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788144v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Lepilliet" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/INMMIC.2018.8430015" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012682v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Moron Guerra" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Qu&#233;merais" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SIRF.2017.7874371" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020034v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02016759v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vipin Velayudhan" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012859v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020036v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021513v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012681v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/INMMIC.2017.7927310" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02019237v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361602v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van-Sang Nguyen" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh-Long Le" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farshid Sarrafin-Ardebili" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davy Colin" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc-Duc To" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01333015v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Long Le" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farshid Sarrafin_ardebili" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duc Ngoc To" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01362327v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012869v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ferris" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Tant" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Fournier" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021516v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tant" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Parat" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02019222v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015026v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Giry" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ferris" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pares" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022292v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Fournier" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00989648v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Lembeye" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02016758v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00957347v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Cr&#233;bier" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01054246v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065361v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raha Vafaei" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Long Thanh Le" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00994514v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Freitas" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020778v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vincent" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00997120v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020343v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020272v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01073011v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01069274v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Romanescu" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fonteneau" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.-A. Legrand" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01073387v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01073345v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Paiva-Guedes" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01068863v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sonnerat" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Debroucke" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Morandini" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gloria" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00800125v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICMTS.2011.5976868" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00679370v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00599260v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233; Simonot" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01068882v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Simonot" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Crebier" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01069250v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00604456v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00604495v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Duchamp" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00602876v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Kaddour" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603022v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01075713v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaddour D." TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00399508v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00398405v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Berrag" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Benech" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Thomas" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148420v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gallitre" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Exshaw" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Farcy" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148423v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bermond" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Sauviac" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147867v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147864v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lemoigne" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.E. Bailly" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148430v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147186v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Lombard" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Eus&#232;be" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148291v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. El Khaldi" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147181v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148304v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Duvillaret" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Duchamp" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148288v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Perron" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pananakakis" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00149033v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00422342v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00714096v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05539705v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Bouzar" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jojo Varghese" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Arnould" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Derrier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali de Matos" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMTT.2026.3666244" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048979v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Podevin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Vincent" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea/20221001" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775893v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad El Chaar" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bourdel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Augusto Lisboa de Souza" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/lssc.2022.3172992" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03772267v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCSI.2022.3197436" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012343v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cl&#233;ment, Jean-Paul Rouger" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Vafaei" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. To" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Le" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Corrao" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09398368.2016.1260259" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011664v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitor Freitas" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ferrari" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00625189v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darine Kaddour" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02084228v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s1759078709000117" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02084223v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hoarau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Corrao" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ferrari" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Xavier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMTT.2008.2006105" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02084224v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-Y. Bailly" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/el:20072188" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146030v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Gary" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vilcot" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mop.21754" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B39B28362FDDA6D73835E9EF67B02D256F3EDBD6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146035v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Pistono" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Duchamp" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Eusebe" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMTT.2006.875290" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00395983v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gary" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vilcot" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JLT.2006.872284" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146025v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02084226v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mop.11380" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QH33BT79-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00599143v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Meunier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/20.996177" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05215309v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Otmani" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayssar Serhan" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Lauga-Larroze" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Giry" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NewCAS64648.2025.11106994" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05399970v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Zimmer" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Fregonese" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuMIC65284.2025.11234505" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791543v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajar Zidane" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Pouzou" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Corsi" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dubarry" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuMIC61603.2024.10732684" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911439v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao Eduardo Gentil L&#233;" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Margalef-Rovira" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariana Maria da Concei&#231;ao Lacorte Caniato Serrano" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Plamplona Rehder" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697436v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911409v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634025v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PRIME61930.2024.10559702" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04818103v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippine Billy" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919954v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Alsukour" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Valorge" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Faure" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Milon" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/3DIC63395.2024.10830066" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911386v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larbi Boukhezar" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Occello" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Durand" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736870v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Joly" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911432v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105262v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joycelyn Hai" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Cacho" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Federspiel" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tidjani Garba-Seybou" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Divay" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRPS48203.2023.10117885" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04409931v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283054v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Malbec" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Vollaire" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Chesneau" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuMC58039.2023.10290583" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04049013v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028971v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050556v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hai" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cacho" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Divay" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRPS48227.2022.9764535" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856978v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Troussier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Bourgeat" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Simeu" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaise Jacquier" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EOS/ESD54763.2022.9928471" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371374v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel J. Barragan" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS50681.2021.9462766" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03433046v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRPS46558.2021.9405110" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02934668v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Aouimeur" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Gloria" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gaqui&#232;re" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICMIM48759.2020.9299098" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02934691v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Jimenez" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911387v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saad Boutayeb" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Reynier" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Parat" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/S3S46989.2019.9320747" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788144v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Lepilliet" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/INMMIC.2018.8430015" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012682v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Moron Guerra" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Qu&#233;merais" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SIRF.2017.7874371" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020034v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02016759v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vipin Velayudhan" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012859v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020036v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021513v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012681v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/INMMIC.2017.7927310" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02019237v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361602v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van-Sang Nguyen" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh-Long Le" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farshid Sarrafin-Ardebili" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davy Colin" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc-Duc To" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01362327v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Long Le" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farshid Sarrafin_ardebili" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duc Ngoc To" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01333015v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012869v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ferris" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Tant" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Fournier" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021516v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tant" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Parat" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02019222v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015026v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Giry" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ferris" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pares" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022292v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Fournier" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00957347v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Cr&#233;bier" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02016758v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00989648v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Lembeye" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01054246v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065361v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raha Vafaei" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Long Thanh Le" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00994514v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Freitas" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020778v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vincent" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00997120v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020343v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020272v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01073011v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01069274v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Romanescu" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fonteneau" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.-A. Legrand" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01073387v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01073345v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Paiva-Guedes" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01068863v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sonnerat" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Debroucke" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Morandini" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gloria" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00800125v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICMTS.2011.5976868" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00679370v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00599260v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233; Simonot" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01068882v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Simonot" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Crebier" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01069250v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00604456v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00604495v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Duchamp" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00602876v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Kaddour" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603022v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01075713v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaddour D." TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00399508v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00398405v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Berrag" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Benech" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Thomas" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148420v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gallitre" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Exshaw" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Farcy" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148430v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148423v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bermond" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Sauviac" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147867v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147864v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lemoigne" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.E. Bailly" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147181v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Lombard" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147186v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Eus&#232;be" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148291v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. El Khaldi" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148288v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Perron" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pananakakis" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148304v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Duvillaret" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Duchamp" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00149033v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00422342v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00714096v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>