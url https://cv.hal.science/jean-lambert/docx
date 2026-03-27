--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:95.833333333333px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Jean Lambert </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Depuis le 1er janvier 2018 : Maître de conférences, Musée de l'Homme (MNHN) (depuis 1991)UMR 7206 &amp;quot;Éco-anthropologie et Ethnobiologie, &amp;quot;Equipe &amp;quot;Diversité et Evolution culturelles&amp;quot;</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">jean-lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-3889-0059</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">075903881</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">37093596</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ISNI : </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000000114420223</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean Lambert est anthropologue et ethnomusicologue, maître de conférence au Muséum National d'Histoire Naturelle (MNHN).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">- Membre du Laboratoire Eco-Anthropologie, UMR 7206, Musée de l'Homme, équipe DIVEC (Diversité et Evolutions Culturelles)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">- Chercheur associé au Centre de Recherche en Ethnomusicologie (CREM-LESC, UMR 7186).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">- Habilité à diriger des recherches et directeur de thèses à l’Université Paris Nanterre</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Spécialiste du Yémen et de la Péninsule arabique, il s'attache à étudier la musique dans la société et dans la culture, notamment en relation avec la langue, la poésie chantée et plus largement, la littérature orale. Ses recherches actuelles sur l'histoire de la musique arabe le conduisent à s'interroger sur les relations entre la musique et la construction des identités contemporaines.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Il a publié plusieurs livres et de nombreux articles et CDs, dont :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La médecine de l'âme. Le chant de Sanaa dans la société yéménite</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (1997)</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les musiques du monde arabe et du monde musulman. Bibliographie et discographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">. (2000) (En collaboration avec Christian POCHÉ).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Qanbûs, tarab. Le luth monoxyle et la musique du Yémen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (2013) (en collaboration avec Samir Mokrani et alq.).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de Musique Arabe du Caire, 1932</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">. (Coffret de 18 CD) (2015) (en collaboration avec Bernard Moussali et Pascal Cordereix).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Contact : </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lambert@mnhn.fr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Site personnel : </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.jean-lambert.com/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (17)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2022 « Giovanni de Zorzi : Maqām. Percorsi tra le musiche d’arte in area mediorientale e centroasiatica [Maqâm. Parcours à travers les musiques d’art dans l’aire moyen-orientale et centre-asiatique]. Roma : Squilibri, 2019. 322 p., ill. n.b. & coul. »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers d'ethnomusicologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 39, pp.293-297</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03907414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les oralités secondes. Ethnomusicologie et historicité dans le monde arabe. Entretien avec Jean Lambert » (par Hélène Sechehaye)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers d'ethnomusicologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 39, pp.244-269</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03907424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Moussali (1953-1996) et le « chant du cygne » de la musique arabe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Traditions Musicales du Monde Arabe et Méditerranéen 13, 43-57</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 13, pp.43-57</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05018716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The first commercial recordings of music in Aden (1935-1960) and their “digital patrimonialization”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafik Al-Akouri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Égypte Soudan mondes arabes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 22, pp.137-153. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ema.13191⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03893273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrimonialisation « sauvage » et archéologie industrielle de la musique yéménite.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafik Al-Akouri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Annales Islamologiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Matérialisation, dématérialisation et circulations des musiques du Moyen-Orient, XIXe-XXIe siècles, 53, pp.49-94. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/anisl.5552⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03133897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Patrimonialisation « sauvage » et archéologie industrielle de la musique yéménite. Les premiers enregistrements commerciaux à Aden (1935-1960)”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Annales Islamologiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Varia : Matérialisation, dématérialisation et circulations des musiques du Moyen-Orient, XIXe-XXIe siècles (53 (coordonné par Séverine Gabry et Frédéric Lagrange)), pp.49-94</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03897554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Bernard Moussali (1953-1996) et le « chant du cygne » de la musique arabe »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Traditions Musicales des Mondes Arabe et Méditerranéen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 13, pp.43-57</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03893311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Dufour : « La Belle aux sonnailles et quatorze autres nouveaux poèmes du faqīh ʿAbd Allāh b. Abī Bakr al-Mazzāḥ (Yémen, début du XVe siècle) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chroniques du Manuscrit Yéménite</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, juillet 2019 (9 (28)), pp.14-17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03905032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert LACHMANN : The Oriental Music Broadcasts, 1936-1937. A Musical Ethnography of Mandatory Palestine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers d'ethnomusicologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 31, pp.343-347</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03905007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Music from Yemen Arabia. Sanaani, Laheji, Adeni, Samar, 2 CD recorded by Ragnar Johnson et Jessica Mayer. Sub Rosa SR438</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Yearbook for Traditional Music</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 50, pp.230-231. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5921/yeartradmusi.50.2018.0230⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03904816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« The Role of Music and Poetry in the Revolutionary Transformations and Political Mobilization in Yemen (2011-2015) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The British-Yemeni Society Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 26,, pp.20-31</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03904352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le manuscrit Leyde Or. 6980. 2e partie. Poésies chantées dans le Ḥiǧāz au début du XXe siècle : la transcription par un lettré de documents sonores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Regourd</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chroniques du Manuscrit Yéménite</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, juillet 2017 (24), pp.112-216</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03904499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Un rythme pour empêcher de danser : les aksak &amp;quot;additifs&amp;quot; et modulaires dans la musique yémenite »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Traditions Musicales des Mondes Arabe et Méditerranéen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 8, pp.23-60</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03893324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le 'quanto syllabique'. Métrique poétique arabe et rythmique bichrone au Yémen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Traditions Musicales des Mondes Arabe et Méditerranéen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Sémiotique et psychocognition des monodies modales, 6, pp.19-42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00440753v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Famille, état, nation : un regard franco-libanais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najwa Ksaifi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carrefour des Nouvelles du Liban</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1992, Carrefour des Nouvelles du Liban, 2, pp.69-86</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01081447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le qat au Yémen. Imaginaire d'une drogue imaginaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychotropes. Un journal d'information sur les drogues et leurs usages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1992, VIII (1-2), pp.91-102</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04693851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La geste d''Ibn Zâ'id ou la sagesse de l'honneur.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1985, 17, pp.163-194</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02012685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The first commercial Recordings of Music in Aden (1935-1960) and their “wild” Patrimonialization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The international conference on Digital Archiving in the Arab World</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Abou Dhabi, Sorbonne Université;; Archives Nationales, Emirat d’Abou Dhabi, Sep 2019, Abou Dhabi, United Arab Emirates</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03984136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L'héritage du Congrès du Caire. Le futur des archives sonores à l’heure d’Internet »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès international : Sauvegarde et transmission des musiques dans le monde de l’islam. Assilah (Maroc). Conférencier invité.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fondation du Forum d’Assilah (Maroc); Maison des Cultures du Monde (Paris-Vitré, France)., Jul 2018, Assilah, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03984093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Travels of the Monoxyle Lute Qanbûs/Tarab: Central Asia, Arabian Peninsula, Indian Ocean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International workshop : “Music Beyond Cultural Borders”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Iena, Université; Deutsch Archeologik Institut, Berlin, Jul 2018, Iena, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03984109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le chant de Sanaa : Quel destin au-delà d’une campagne internationale de préservation ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaber Ali Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Mokrani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès des Musiques dans le monde de l'islam</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, Assilah, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04085741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retour sur le congrès de musique arabe du Caire de 1932. Identité, diversité, acculturation : les prémisses d'une mondialisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès des Musiques dans le monde de l'islam. 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Forum d'Assilah, Maison des Cultures du Monde, Aug 2007, Assilah, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04085822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qanbûs, tarab. Le luth monoxyle et la musique du Yémen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre D’hérouville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nizar Ghanim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Werner Graebner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Werner Graebner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean Lambert; Samir Mokrani (ed.). </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geuthner; Centre Français d’Archéologie et de Sciences Sociales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03940329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Civil Society, Associations and Local Governance in Yemen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Ben Nefissa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maggy Grabundzija</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean Lambert; Sara Ben Nefissa; Maggy Grabundzija. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CEFAS, Friedrich Ebert Stifftung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 1 volume en français/anglais et 1 volume en arabe (370 p), Un volume français-anglais, 335 p, 2008, ISBN 2 909194 17 1. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.cefas.1242⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03939620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(avec Hervé Champollion) Yémen. Arabia Felix,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Paris, Hermé-La Martinière,, 201 p., 150 photos., 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03939582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les musiques du monde arabe et du monde musulman. Bibliographie et discographie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Christian Poché et Jean Lambert. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geuthner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 404 p, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (dictionnaire, encyclopédie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03919068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trésors méconnus du Musée de l'Homme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miya Awazu Pereira da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claire Bataille Benguigui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teresa Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Lise Beffa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tatiana Benfoughal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Catherine Eve Di Chiara. Le Cherche Midi, pp.143, 1999, Henry de Lumley</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (dictionnaire, encyclopédie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00366373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La médecine de l'âme. Le chant de Sanaa dans la société yéménite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Société d'ethnologie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 320 p, 1997</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03917456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Which Lute was played in the Sawt of the Gulf before the 20th century ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Issa Boulos, Virginia Danielson and Anne Rasmussen. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Music in Arabia. Perspectives on Heritage, Mobility and Nation.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Indiana University Press, pp.87-106, 2021, 9780253057532. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2307/j.ctv21hrhz3.11⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03662827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Yemen to Central Asia (and Back): Towards an Archeology of the Monoxyle Lute</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ricardo Eichmann; Dahlia Shehata. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Music beyond Cultural Borders</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Verlag Marie Leidorf GmbH, pp.11-44, 2021, Studien zur Musikarchäologie XII, Orient-Archäologie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03662805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La modalité dans l'inventaire du Chant de Sanaa : Un paramètre empirique pour la description</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Collectif. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La modalité au prisme de la modernité. (Actes du Congrès international : « Créativité musicale et cheminements culturels, entre apports, hybridations et mutations identitaires », Tunis, CMAM, ISM, 7-9 décembre 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ennejma Ezzahra; Sotumedia, pp 103-119, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03895541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Message religieux et pratiques musicales »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Véronique Rieffel (éd.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Al-Musiqa. Voix et musiques du monde arabe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Philarmonie de Paris., pp.45-49, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03905685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le Congrès de Musique Arabe du Caire »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Véronique Rieffel (éd.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Al-Musiqa. Voix et musiques du monde arabe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Philarmonie de Paris, pp.109-113, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03905699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les musiques du Moyen-Orient : Patrimoine en danger ? »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Véronique Rieffel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Al-Musiqa. Voix et musiques du monde arabe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Philarmonie de Paris, pp.73-79, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03907177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les joutes de poésie zajal au Liban. Entre rhétorique du défi et expression des conflits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Boustani, Sobhi, Karam Rizk et Joseph Chraïm. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traditions poétiques et narratives arabes. Littératures dialectale et populaire. Actes du colloque international 2015-2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INALCO ; Université de Kaslik, pp.113-161, 2016, 978-614-8007-63-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03873090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Music in the Arabian Peninsula. An Overview.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Virginia Danielson, Scott Marcus, Dwight Reynolds (Ed.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Garland Encyclopaedia of World Music volume 6, The Middle East</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, volume 6, New York, London, Routledge, pp.649-661, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00995989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Il vit, il est encore vivant&amp;quot;. Rumeurs et légendes urbaines jordano-palestiniennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Riccardo Bocco, Blandine Destremau, Jean Hannoyer. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palestine, Palestiniens. Territoire national, espaces communautaires,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre d'Etudes et de Recherches sur le Moyen-Orient Contemporain (CERMOC), pp 367-390, 1997, 2-905465-11-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01259795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Chanter, danser, célébrer...“ (page d'exposition virtuelle).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatima Al-Baydani-Alzawiya</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enfances au Yémen (Commissaires : Juliette Honvault et Vanessa Guéno. MMSH, Aix-en-Provence).</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03662860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Unité et métissages. Un panorama des musiques du monde arabe »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Orient sonore. Musiques oubliées, musiques vivantes.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, pp.22-33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03890998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tasjîlât al-Mu'tamar kâmilatan, wa-akhîran !&amp;quot; ! تسجيلات المؤتمر كاملةً، وأخيراً</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">مؤتمرالموسيقى العربي، القاهرة، ١٩٣٢. (كتيب بثلاث لغات، فرنسية، انجليزية، عربية٢٥٠ ص) مىافق لمجموعة التسجيلات التي تمت خلال المؤتمر (١٨ قرص CD). (نص: برنارد موصلي ؛ تنسيق ونشر : جان لامبرت وبسكال كوردريكس).</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, pp.7-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04091367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Congrès de musique arabe du Caire : 1932</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Cordereix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01315437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Congrès de musique arabe du Caire, 1932 : édition intégrale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Cordereix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Moussali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Verrier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015, 18 disques compacts ; livret de 256 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04363433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalogue du fond Bernard Moussali de musique arabe et orientale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01363550v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Base de données : &amp;quot;Corpus du Chant de Sanaa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03905676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Yemeni Sources of Poetry and Music in the Sawt of the Gulf: The Role of the Arabian Diaspora in India</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02476223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ملحق 3 للمقال: &amp;quot;مناظرات الشعر &amp;quot;الزجل&amp;quot; في لبنان بين بلاغة التحدّي والتعبير عن النزاعات&amp;quot; البابلية، آب 1989، ينشر في مجلة بدايات، بيروت</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02189835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les joutes de poésie zajal au Liban. Entre rhétorique du défi et expression des conflits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01359906v4</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joute de poésie zajal, El-Bâbiliyye, Liban</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01360530v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId92"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:95.833333333333px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Jean Lambert </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Depuis le 1er janvier 2018 : Maître de conférences, Musée de l'Homme (MNHN) (depuis 1991)UMR 7206 &amp;quot;Éco-anthropologie et Ethnobiologie, &amp;quot;Equipe &amp;quot;Diversité et Evolution culturelles&amp;quot;</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">jean-lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-3889-0059</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">075903881</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">37093596</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ISNI : </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000000114420223</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean Lambert est anthropologue et ethnomusicologue, maître de conférence au Muséum National d'Histoire Naturelle (MNHN).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">- Membre du Laboratoire Eco-Anthropologie, UMR 7206, Musée de l'Homme, équipe DIVEC (Diversité et Evolutions Culturelles)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">- Chercheur associé au Centre de Recherche en Ethnomusicologie (CREM-LESC, UMR 7186).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">- Habilité à diriger des recherches et directeur de thèses à l’Université Paris Nanterre</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Spécialiste du Yémen et de la Péninsule arabique, il s'attache à étudier la musique dans la société et dans la culture, notamment en relation avec la langue, la poésie chantée et plus largement, la littérature orale. Ses recherches actuelles sur l'histoire de la musique arabe le conduisent à s'interroger sur les relations entre la musique et la construction des identités contemporaines.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Il a publié plusieurs livres et de nombreux articles et CDs, dont :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La médecine de l'âme. Le chant de Sanaa dans la société yéménite</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (1997)</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les musiques du monde arabe et du monde musulman. Bibliographie et discographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">. (2000) (En collaboration avec Christian POCHÉ).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Qanbûs, tarab. Le luth monoxyle et la musique du Yémen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (2013) (en collaboration avec Samir Mokrani et alq.).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de Musique Arabe du Caire, 1932</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">. (Coffret de 18 CD) (2015) (en collaboration avec Bernard Moussali et Pascal Cordereix).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Contact : </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lambert@mnhn.fr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Site personnel : </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.jean-lambert.com/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (17)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les oralités secondes. Ethnomusicologie et historicité dans le monde arabe. Entretien avec Jean Lambert » (par Hélène Sechehaye)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers d'ethnomusicologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 39, pp.244-269</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03907424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2022 « Giovanni de Zorzi : Maqām. Percorsi tra le musiche d’arte in area mediorientale e centroasiatica [Maqâm. Parcours à travers les musiques d’art dans l’aire moyen-orientale et centre-asiatique]. Roma : Squilibri, 2019. 322 p., ill. n.b. & coul. »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers d'ethnomusicologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 39, pp.293-297</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03907414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Moussali (1953-1996) et le « chant du cygne » de la musique arabe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Traditions Musicales du Monde Arabe et Méditerranéen 13, 43-57</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 13, pp.43-57</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05018716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The first commercial recordings of music in Aden (1935-1960) and their “digital patrimonialization”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafik Al-Akouri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Égypte Soudan mondes arabes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 22, pp.137-153. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ema.13191⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03893273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Bernard Moussali (1953-1996) et le « chant du cygne » de la musique arabe »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Traditions Musicales des Mondes Arabe et Méditerranéen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 13, pp.43-57</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03893311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Dufour : « La Belle aux sonnailles et quatorze autres nouveaux poèmes du faqīh ʿAbd Allāh b. Abī Bakr al-Mazzāḥ (Yémen, début du XVe siècle) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chroniques du Manuscrit Yéménite</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, juillet 2019 (9 (28)), pp.14-17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03905032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Patrimonialisation « sauvage » et archéologie industrielle de la musique yéménite. Les premiers enregistrements commerciaux à Aden (1935-1960)”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Annales Islamologiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Varia : Matérialisation, dématérialisation et circulations des musiques du Moyen-Orient, XIXe-XXIe siècles (53 (coordonné par Séverine Gabry et Frédéric Lagrange)), pp.49-94</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03897554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrimonialisation « sauvage » et archéologie industrielle de la musique yéménite.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafik Al-Akouri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Annales Islamologiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Matérialisation, dématérialisation et circulations des musiques du Moyen-Orient, XIXe-XXIe siècles, 53, pp.49-94. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/anisl.5552⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03133897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert LACHMANN : The Oriental Music Broadcasts, 1936-1937. A Musical Ethnography of Mandatory Palestine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers d'ethnomusicologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 31, pp.343-347</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03905007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Music from Yemen Arabia. Sanaani, Laheji, Adeni, Samar, 2 CD recorded by Ragnar Johnson et Jessica Mayer. Sub Rosa SR438</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Yearbook for Traditional Music</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 50, pp.230-231. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5921/yeartradmusi.50.2018.0230⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03904816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« The Role of Music and Poetry in the Revolutionary Transformations and Political Mobilization in Yemen (2011-2015) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The British-Yemeni Society Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 26,, pp.20-31</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03904352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le manuscrit Leyde Or. 6980. 2e partie. Poésies chantées dans le Ḥiǧāz au début du XXe siècle : la transcription par un lettré de documents sonores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Regourd</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chroniques du Manuscrit Yéménite</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, juillet 2017 (24), pp.112-216</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03904499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Un rythme pour empêcher de danser : les aksak &amp;quot;additifs&amp;quot; et modulaires dans la musique yémenite »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Traditions Musicales des Mondes Arabe et Méditerranéen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 8, pp.23-60</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03893324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le 'quanto syllabique'. Métrique poétique arabe et rythmique bichrone au Yémen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Traditions Musicales des Mondes Arabe et Méditerranéen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Sémiotique et psychocognition des monodies modales, 6, pp.19-42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00440753v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Famille, état, nation : un regard franco-libanais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najwa Ksaifi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carrefour des Nouvelles du Liban</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1992, Carrefour des Nouvelles du Liban, 2, pp.69-86</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01081447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le qat au Yémen. Imaginaire d'une drogue imaginaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychotropes. Un journal d'information sur les drogues et leurs usages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1992, VIII (1-2), pp.91-102</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04693851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La geste d''Ibn Zâ'id ou la sagesse de l'honneur.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1985, 17, pp.163-194</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02012685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The first commercial Recordings of Music in Aden (1935-1960) and their “wild” Patrimonialization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The international conference on Digital Archiving in the Arab World</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Abou Dhabi, Sorbonne Université;; Archives Nationales, Emirat d’Abou Dhabi, Sep 2019, Abou Dhabi, United Arab Emirates</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03984136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L'héritage du Congrès du Caire. Le futur des archives sonores à l’heure d’Internet »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès international : Sauvegarde et transmission des musiques dans le monde de l’islam. Assilah (Maroc). Conférencier invité.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fondation du Forum d’Assilah (Maroc); Maison des Cultures du Monde (Paris-Vitré, France)., Jul 2018, Assilah, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03984093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Travels of the Monoxyle Lute Qanbûs/Tarab: Central Asia, Arabian Peninsula, Indian Ocean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International workshop : “Music Beyond Cultural Borders”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Iena, Université; Deutsch Archeologik Institut, Berlin, Jul 2018, Iena, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03984109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retour sur le congrès de musique arabe du Caire de 1932. Identité, diversité, acculturation : les prémisses d'une mondialisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès des Musiques dans le monde de l'islam. 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Forum d'Assilah, Maison des Cultures du Monde, Aug 2007, Assilah, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04085822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le chant de Sanaa : Quel destin au-delà d’une campagne internationale de préservation ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaber Ali Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Mokrani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès des Musiques dans le monde de l'islam</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, Assilah, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04085741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qanbûs, tarab. Le luth monoxyle et la musique du Yémen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre D’hérouville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nizar Ghanim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Werner Graebner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Werner Graebner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean Lambert; Samir Mokrani (ed.). </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geuthner; Centre Français d’Archéologie et de Sciences Sociales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03940329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Civil Society, Associations and Local Governance in Yemen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Ben Nefissa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maggy Grabundzija</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean Lambert; Sara Ben Nefissa; Maggy Grabundzija. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CEFAS, Friedrich Ebert Stifftung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 1 volume en français/anglais et 1 volume en arabe (370 p), Un volume français-anglais, 335 p, 2008, ISBN 2 909194 17 1. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.cefas.1242⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03939620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(avec Hervé Champollion) Yémen. Arabia Felix,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Paris, Hermé-La Martinière,, 201 p., 150 photos., 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03939582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les musiques du monde arabe et du monde musulman. Bibliographie et discographie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Christian Poché et Jean Lambert. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geuthner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 404 p, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (dictionnaire, encyclopédie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03919068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trésors méconnus du Musée de l'Homme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miya Awazu Pereira da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claire Bataille Benguigui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teresa Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Lise Beffa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tatiana Benfoughal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Catherine Eve Di Chiara. Le Cherche Midi, pp.143, 1999, Henry de Lumley</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (dictionnaire, encyclopédie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00366373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La médecine de l'âme. Le chant de Sanaa dans la société yéménite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Société d'ethnologie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 320 p, 1997</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03917456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Which Lute was played in the Sawt of the Gulf before the 20th century ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Issa Boulos, Virginia Danielson and Anne Rasmussen. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Music in Arabia. Perspectives on Heritage, Mobility and Nation.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Indiana University Press, pp.87-106, 2021, 9780253057532. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2307/j.ctv21hrhz3.11⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03662827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Yemen to Central Asia (and Back): Towards an Archeology of the Monoxyle Lute</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ricardo Eichmann; Dahlia Shehata. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Music beyond Cultural Borders</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Verlag Marie Leidorf GmbH, pp.11-44, 2021, Studien zur Musikarchäologie XII, Orient-Archäologie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03662805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La modalité dans l'inventaire du Chant de Sanaa : Un paramètre empirique pour la description</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Collectif. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La modalité au prisme de la modernité. (Actes du Congrès international : « Créativité musicale et cheminements culturels, entre apports, hybridations et mutations identitaires », Tunis, CMAM, ISM, 7-9 décembre 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ennejma Ezzahra; Sotumedia, pp 103-119, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03895541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Message religieux et pratiques musicales »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Véronique Rieffel (éd.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Al-Musiqa. Voix et musiques du monde arabe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Philarmonie de Paris., pp.45-49, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03905685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le Congrès de Musique Arabe du Caire »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Véronique Rieffel (éd.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Al-Musiqa. Voix et musiques du monde arabe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Philarmonie de Paris, pp.109-113, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03905699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les musiques du Moyen-Orient : Patrimoine en danger ? »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Véronique Rieffel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Al-Musiqa. Voix et musiques du monde arabe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Philarmonie de Paris, pp.73-79, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03907177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les joutes de poésie zajal au Liban. Entre rhétorique du défi et expression des conflits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Boustani, Sobhi, Karam Rizk et Joseph Chraïm. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traditions poétiques et narratives arabes. Littératures dialectale et populaire. Actes du colloque international 2015-2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INALCO ; Université de Kaslik, pp.113-161, 2016, 978-614-8007-63-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03873090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Music in the Arabian Peninsula. An Overview.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Virginia Danielson, Scott Marcus, Dwight Reynolds (Ed.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Garland Encyclopaedia of World Music volume 6, The Middle East</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, volume 6, New York, London, Routledge, pp.649-661, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00995989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Il vit, il est encore vivant&amp;quot;. Rumeurs et légendes urbaines jordano-palestiniennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Riccardo Bocco, Blandine Destremau, Jean Hannoyer. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palestine, Palestiniens. Territoire national, espaces communautaires,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre d'Etudes et de Recherches sur le Moyen-Orient Contemporain (CERMOC), pp 367-390, 1997, 2-905465-11-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01259795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Chanter, danser, célébrer...“ (page d'exposition virtuelle).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatima Al-Baydani-Alzawiya</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enfances au Yémen (Commissaires : Juliette Honvault et Vanessa Guéno. MMSH, Aix-en-Provence).</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03662860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Unité et métissages. Un panorama des musiques du monde arabe »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Orient sonore. Musiques oubliées, musiques vivantes.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, pp.22-33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03890998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tasjîlât al-Mu'tamar kâmilatan, wa-akhîran !&amp;quot; ! تسجيلات المؤتمر كاملةً، وأخيراً</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">مؤتمرالموسيقى العربي، القاهرة، ١٩٣٢. (كتيب بثلاث لغات، فرنسية، انجليزية، عربية٢٥٠ ص) مىافق لمجموعة التسجيلات التي تمت خلال المؤتمر (١٨ قرص CD). (نص: برنارد موصلي ؛ تنسيق ونشر : جان لامبرت وبسكال كوردريكس).</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, pp.7-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04091367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Congrès de musique arabe du Caire : 1932</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Cordereix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01315437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Congrès de musique arabe du Caire, 1932 : édition intégrale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Cordereix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Moussali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Verrier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015, 18 disques compacts ; livret de 256 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04363433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalogue du fond Bernard Moussali de musique arabe et orientale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01363550v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Base de données : &amp;quot;Corpus du Chant de Sanaa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03905676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Yemeni Sources of Poetry and Music in the Sawt of the Gulf: The Role of the Arabian Diaspora in India</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02476223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ملحق 3 للمقال: &amp;quot;مناظرات الشعر &amp;quot;الزجل&amp;quot; في لبنان بين بلاغة التحدّي والتعبير عن النزاعات&amp;quot; البابلية، آب 1989، ينشر في مجلة بدايات، بيروت</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02189835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les joutes de poésie zajal au Liban. Entre rhétorique du défi et expression des conflits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01359906v4</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joute de poésie zajal, El-Bâbiliyye, Liban</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01360530v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId92"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="076F9F0E"/>
+    <w:nsid w:val="09789C21"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jean-lambert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3889-0059" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/075903881" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/37093596" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000114420223" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lambert@mnhn.fr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jean-lambert.com/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03907414v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Lambert" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03907424v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05018716v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03893273v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafik Al-Akouri" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ema.13191" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03133897v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anisl.5552" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03897554v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03893311v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03905032v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03905007v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03904816v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5921/yeartradmusi.50.2018.0230" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03904352v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03904499v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Regourd" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03893324v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00440753v2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01081447v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najwa Ksaifi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04693851v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02012685v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03984136v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03984093v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03984109v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04085741v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaber Ali Ahmed" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Mokrani" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04085822v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03940329v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre D&#8217;h&#233;rouville" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Ghanim" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Werner Graebner" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geuthner.com/livre/qanbus-tarab/1024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03939620v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Ben Nefissa" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maggy Grabundzija" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/cefas/1242" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cefas.1242" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03939582v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03919068v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geuthner.com/livre/musiques-du-monde-arabe-et-musulman/784" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00366373v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miya Awazu Pereira da Silva" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Bataille Benguigui" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Battesti" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Lise Beffa" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Benfoughal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03917456v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lcdpu.fr/livre/?GCOI=27000100102740&amp;amp;fa=description" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03662827v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/j.ctv21hrhz3.11" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03662805v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03895541v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03905685v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03905699v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03907177v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03873090v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00995989v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01259795v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03662860v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Al-Baydani-Alzawiya" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03890998v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04091367v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bnf.hal.science/hal-01315437v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Cordereix" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bnf.hal.science/hal-04363433v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Moussali" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Verrier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01363550v2" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03905676v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02476223v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02189835v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01359906v4" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01360530v3" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jean-lambert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3889-0059" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/075903881" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/37093596" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000114420223" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lambert@mnhn.fr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jean-lambert.com/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03907424v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Lambert" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03907414v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05018716v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03893273v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafik Al-Akouri" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ema.13191" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03893311v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03905032v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03897554v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03133897v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anisl.5552" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03905007v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03904816v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5921/yeartradmusi.50.2018.0230" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03904352v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03904499v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Regourd" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03893324v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00440753v2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01081447v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najwa Ksaifi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04693851v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02012685v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03984136v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03984093v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03984109v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04085822v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04085741v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaber Ali Ahmed" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Mokrani" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03940329v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre D&#8217;h&#233;rouville" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Ghanim" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Werner Graebner" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geuthner.com/livre/qanbus-tarab/1024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03939620v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Ben Nefissa" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maggy Grabundzija" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/cefas/1242" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cefas.1242" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03939582v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03919068v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geuthner.com/livre/musiques-du-monde-arabe-et-musulman/784" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00366373v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miya Awazu Pereira da Silva" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Bataille Benguigui" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Battesti" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Lise Beffa" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Benfoughal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03917456v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lcdpu.fr/livre/?GCOI=27000100102740&amp;amp;fa=description" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03662827v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/j.ctv21hrhz3.11" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03662805v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03895541v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03905685v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03905699v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03907177v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03873090v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00995989v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01259795v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03662860v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Al-Baydani-Alzawiya" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03890998v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04091367v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bnf.hal.science/hal-01315437v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Cordereix" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bnf.hal.science/hal-04363433v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Moussali" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Verrier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01363550v2" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03905676v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02476223v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02189835v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01359906v4" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01360530v3" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>