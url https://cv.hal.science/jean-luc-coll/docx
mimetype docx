--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -100,161 +100,161 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photodynamic drug delivery for cancer therapy: Designing liposomes for light-controlled release and enhanced drug efficacy</w:t>
+                <w:t xml:space="preserve">The physicochemical and biochemical mechanisms of porphyrinoid-mediated radiodynamic therapy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tristan Le Clainche</w:t>
+                <w:t xml:space="preserve">Sofia Leo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ahmed Gamal Ali Abdelhamid</w:t>
+                <w:t xml:space="preserve">Nazareth Milagros Carigga Gutierrez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nazareth Milagros Carigga Gutierrez</w:t>
+                <w:t xml:space="preserve">Anne-Laure Bulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Anne Jourdain</w:t>
+                <w:t xml:space="preserve">Jean-Luc Coll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sofia Leo</w:t>
+                <w:t xml:space="preserve">Lucie Sancey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Pharmaceutical Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 213, pp.107221. </w:t>
+              <w:t xml:space="preserve">European Journal of Medicinal Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 296, pp.117861. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ejps.2025.107221⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ejmech.2025.117861⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-05273829v1</w:t>
+                <w:t xml:space="preserve">hal-05281367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Self‐Assembled Small Interfering RNA‐Gold Supraclusters Detected at the Single‐Molecule Level in the Near‐Infrared‐II Window</w:t>
               </w:r>
@@ -368,161 +368,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05268222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The physicochemical and biochemical mechanisms of porphyrinoid-mediated radiodynamic therapy</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Photodynamic drug delivery for cancer therapy: Designing liposomes for light-controlled release and enhanced drug efficacy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Le Clainche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Gamal Ali Abdelhamid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nazareth Milagros Carigga Gutierrez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Anne Jourdain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofia Leo</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Lucie Sancey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Medicinal Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 296, pp.117861. </w:t>
+              <w:t xml:space="preserve">European Journal of Pharmaceutical Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 213, pp.107221. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ejmech.2025.117861⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ejps.2025.107221⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05281367v1</w:t>
+                <w:t xml:space="preserve">inserm-05273829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bioorthogonal conjugation of NIR luminescent gold nanoclusters with multifunctional polymers</w:t>
               </w:r>
@@ -770,347 +770,347 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-05280566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combined physical and biological contributions to radiotherapy enhancement by Lu-based nanoscintillators in pancreatic cancer models</w:t>
+                <w:t xml:space="preserve">In vivo vectorization and delivery systems for gene therapies and RNA-based therapeutics in oncology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Stelse-Masson</w:t>
+                <w:t xml:space="preserve">Julie Schock Vaiani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xenie Lytvynenko</w:t>
+                <w:t xml:space="preserve">Mans Broekgaarden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Coll</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Sancey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kristel Bedregal-Portugal</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Benoit Busser</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanotheranostics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7150/ntno.115120⟩</w:t>
+              <w:t xml:space="preserve">Nanoscale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 17 (10), pp.5501-5525. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d4nr05371k⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05167148v1</w:t>
+                <w:t xml:space="preserve">inserm-04945753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In vivo vectorization and delivery systems for gene therapies and RNA-based therapeutics in oncology</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Combined physical and biological contributions to radiotherapy enhancement by Lu-based nanoscintillators in pancreatic cancer models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Stelse-Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xenie Lytvynenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Schock Vaiani</w:t>
+                <w:t xml:space="preserve">Kristel Bedregal-Portugal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mans Broekgaarden</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Lucie Sancey</w:t>
+                <w:t xml:space="preserve">Clémentine Aubrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit Busser</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Matéo Lavaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanoscale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 17 (10), pp.5501-5525. </w:t>
+              <w:t xml:space="preserve">Nanotheranostics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 9 (3), pp.199 - 215. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/d4nr05371k⟩</w:t>
+                <w:t xml:space="preserve">⟨10.7150/ntno.115120⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-04945753v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05167148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Photochemical internalization with verteporfin-liposomes enhances oxaliplatin retention and efficacy in models of pancreatic cancer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nazareth Milagros Carigga Gutierrez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Garden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Le Clainche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malika Kadri Dakir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1200,51 +1200,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agoston Barta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Vanwonterghem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matéo Lavaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Molton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1334,51 +1334,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémentine Aubrun Fulbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fréderic Chaput</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Stelse-Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1576,90 +1576,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Engineering Radiocatalytic Nanoliposomes with Hydrophobic Gold Nanoclusters for Radiotherapy Enhancement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nazareth Milagros Carigga Gutierrez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Le Clainche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne‐laure Bulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofia Leo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malika Kadri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2004,64 +2004,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Bendellaa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lelièvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Coll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Sancey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Deniaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2106,161 +2106,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04205230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correction to: VEGF165b, a splice variant of VEGF-A, promotes lung tumor progression and escape from anti-angiogenic therapies through a β1 integrin/VEGFR autocrine loop</w:t>
+                <w:t xml:space="preserve">Enhanced brightness of ultra-small gold nanoparticles in the second biological window through thiol ligand shell control</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asma Boudria</w:t>
+                <w:t xml:space="preserve">Walaa Mohammad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cherine Abou Faycal</w:t>
+                <w:t xml:space="preserve">K. David Wegner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tao Jia</w:t>
+                <w:t xml:space="preserve">Clothilde Comby-Zerbino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephanie Gout</w:t>
+                <w:t xml:space="preserve">Vanessa Trouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michelle Keramidas</w:t>
+                <w:t xml:space="preserve">Marina Paris Ogayar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oncogene</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 42 (32), pp.2471-2472. </w:t>
+              <w:t xml:space="preserve">Journal of Materials Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 11 (42), pp.14714-14724. </w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41388-023-02764-w⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/D3TC03021K⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-05216855v1</w:t>
+                <w:t xml:space="preserve">hal-04371920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis of cRGD peptide cluster-decorated NIR-fluorescent PISA-RAFT nanoparticles targeting integrin expressing cells</w:t>
               </w:r>
@@ -2374,511 +2374,511 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04733243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced brightness of ultra-small gold nanoparticles in the second biological window through thiol ligand shell control</w:t>
+                <w:t xml:space="preserve">Correction to: VEGF165b, a splice variant of VEGF-A, promotes lung tumor progression and escape from anti-angiogenic therapies through a β1 integrin/VEGFR autocrine loop</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Walaa Mohammad</w:t>
+                <w:t xml:space="preserve">Asma Boudria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. David Wegner</w:t>
+                <w:t xml:space="preserve">Cherine Abou Faycal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clothilde Comby-Zerbino</w:t>
+                <w:t xml:space="preserve">Tao Jia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vanessa Trouillet</w:t>
+                <w:t xml:space="preserve">Stephanie Gout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marina Paris Ogayar</w:t>
+                <w:t xml:space="preserve">Michelle Keramidas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Chemistry C</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 11 (42), pp.14714-14724. </w:t>
+              <w:t xml:space="preserve">Oncogene</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 42 (32), pp.2471-2472. </w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/D3TC03021K⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41388-023-02764-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04371920v1</w:t>
+                <w:t xml:space="preserve">inserm-05216855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NIR-II Aza-BODIPY Dyes Bioconjugated to Monoclonal Antibody Trastuzumab for Selective Imaging of HER2-Positive Ovarian Cancer</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Benoit Busser</w:t>
+                <w:t xml:space="preserve">Synthesis of cRGD peptide cluster-decorated NIR-fluorescent PISA-RAFT nanoparticles targeting integrin expressing cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Duret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Grassin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Alcouffe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Raja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Medicinal Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jmedchem.3c00100⟩</w:t>
+              <w:t xml:space="preserve">Polymer Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 15 (4), pp.310-320. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d3py01176c⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04091996v1</w:t>
+                <w:t xml:space="preserve">hal-04428680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of cRGD peptide cluster-decorated NIR-fluorescent PISA-RAFT nanoparticles targeting integrin expressing cells</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sebastian Raja</w:t>
+                <w:t xml:space="preserve">NIR-II Aza-BODIPY Dyes Bioconjugated to Monoclonal Antibody Trastuzumab for Selective Imaging of HER2-Positive Ovarian Cancer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Godard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghadir Kalot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malorie Privat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Bendellaa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Busser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymer Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 15 (4), pp.310-320. </w:t>
+              <w:t xml:space="preserve">Journal of Medicinal Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 66 (7), pp.5185-5195. </w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/d3py01176c⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jmedchem.3c00100⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04428680v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04091996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimizing the Pharmacological and Optical Dosimetry for Photodynamic Therapy with Methylene Blue and Nanoliposomal Benzoporphyrin on Pancreatic Cancer Spheroids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Le Clainche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nazareth Milagros Carigga Gutierrez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Núria Pujol-Solé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Coll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mans Broekgaarden</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Onco</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 2 (1), pp.19-33. </w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2925,51 +2925,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tailoring the SWIR emission of gold nanoclusters by surface ligand rigidification and their application in 3D bioimaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Le Guével</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. David Wegner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Würth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3448,77 +3448,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lipoprotein interactions with water-soluble NIR-II emitting aza-BODIPYs boost the fluorescence signal and favor selective tumor targeting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghadir Kalot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Godard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Busser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Bendellaa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3710,325 +3710,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03715094v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chromophore reconstruction at depth in bilayered media: a method for quantification</w:t>
+                <w:t xml:space="preserve">Design of PEGylated Three Ligands Silica Nanoparticles for Multi-Receptor Targeting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Dot</w:t>
+                <w:t xml:space="preserve">Manon Maurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Georges Bettega</w:t>
+                <w:t xml:space="preserve">Titouan Montheil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rodolphe Lartizien</w:t>
+                <w:t xml:space="preserve">Julie Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Berger</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Maxime Henry</w:t>
+                <w:t xml:space="preserve">Line Chaar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronica Guzman-Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomedical optics express</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1364/boe.401108⟩</w:t>
+              <w:t xml:space="preserve">Nanomaterials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (1), pp.177. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/nano11010177⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-04902829v1</w:t>
+                <w:t xml:space="preserve">hal-03108193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of PEGylated Three Ligands Silica Nanoparticles for Multi-Receptor Targeting</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Chromophore reconstruction at depth in bilayered media: a method for quantification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Titouan Montheil</w:t>
+                <w:t xml:space="preserve">Audrey Dot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Martin</w:t>
+                <w:t xml:space="preserve">Georges Bettega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Line Chaar</w:t>
+                <w:t xml:space="preserve">Rodolphe Lartizien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Veronica Guzman-Gonzalez</w:t>
+                <w:t xml:space="preserve">Michel Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanomaterials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 11 (1), pp.177. </w:t>
+              <w:t xml:space="preserve">Biomedical optics express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12 (3), pp.1279. </w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/nano11010177⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1364/boe.401108⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03108193v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04902829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechano-Bactericidal Titanium Surfaces for Bone Tissue Engineering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Le Clainche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denver Linklater</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4112,364 +4112,364 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03740134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-Resolution Shortwave Infrared Imaging of Vascular Disorders Using Gold Nanoclusters</w:t>
+                <w:t xml:space="preserve">Optimization of spatial resolution and scattering effects for biomedical fluorescence imaging by using sub-regions of the shortwave infrared spectrum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zhixi Yu</w:t>
+                <w:t xml:space="preserve">Benjamin Musnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Vollaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Coll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Musnier</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Benoit Chovelon</w:t>
+                <w:t xml:space="preserve">Yves Usson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Nano</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, </w:t>
+              <w:t xml:space="preserve">Journal of Biophotonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 14 (4), pp.4973-4981. </w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsnano.0c01174⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/jbio.202000345⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02945280v1</w:t>
+                <w:t xml:space="preserve">hal-02985264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization of spatial resolution and scattering effects for biomedical fluorescence imaging by using sub-regions of the shortwave infrared spectrum</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId178" w:history="1">
+                <w:t xml:space="preserve">High-Resolution Shortwave Infrared Imaging of Vascular Disorders Using Gold Nanoclusters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhixi Yu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Musnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Yves Usson</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K David Wegner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Chovelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biophotonics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 14 (4), pp.4973-4981. </w:t>
+              <w:t xml:space="preserve">ACS Nano</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/jbio.202000345⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsnano.0c01174⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02985264v1</w:t>
+                <w:t xml:space="preserve">hal-02945280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surface functionalization of gold nanoclusters with arginine: a trade-off between microtumor uptake and radiotherapy enhancement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mans Broekgaarden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Bulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Porret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Musnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Chovelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4520,51 +4520,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A collagen Vα1-derived fragment inhibits FGF-2 induced-angiogenesis by modulating endothelial cells plasticity through its heparin-binding site</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tao Jia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Vaganay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4648,563 +4648,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03092658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photodynamic Diagnosis and Therapy for Peritoneal Carcinomatosis: Emerging Perspectives</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Water-Soluble Aza-BODIPYs: Biocompatible Organic Dyes for High Contrast In Vivo NIR-II Imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Godard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghadir Kalot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Si Xu</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Coll</w:t>
+                <w:t xml:space="preserve">Jacques Pliquett</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Busser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Le Guével</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/cancers12092491⟩</w:t>
+              <w:t xml:space="preserve">Bioconjugate Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 31 (4), pp.1088-1092. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.bioconjchem.0c00175⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-02974925v1</w:t>
+                <w:t xml:space="preserve">inserm-02941480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Augmented interaction of multivalent arginine coated gold nanoclusters with lipid membranes and cells</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Estelle Porret</w:t>
+                <w:t xml:space="preserve">Multiparametric investigation of non functionalized-AGuIX nanoparticles in 3D human airway epithelium models demonstrates preferential targeting of tumor cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Sancey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Sabido</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Baptiste Fleury</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lucie Sancey</w:t>
+                <w:t xml:space="preserve">Zhiguo He</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mylène Pezet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Coll</w:t>
+                <w:t xml:space="preserve">Fabien Rossetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Guignandon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSC Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c9ra10047d⟩</w:t>
+              <w:t xml:space="preserve">Journal of Nanobiotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 18 (1), pp.129. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12951-020-00683-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02941483v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02941434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiparametric investigation of non functionalized-AGuIX nanoparticles in 3D human airway epithelium models demonstrates preferential targeting of tumor cells</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Augmented interaction of multivalent arginine coated gold nanoclusters with lipid membranes and cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Porret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Fleury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Sancey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Rossetti</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alain Guignandon</w:t>
+                <w:t xml:space="preserve">Mylène Pezet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Coll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nanobiotechnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12951-020-00683-6⟩</w:t>
+              <w:t xml:space="preserve">RSC Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (11), pp.6436-6443. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c9ra10047d⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02941434v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02941483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Water-Soluble Aza-BODIPYs: Biocompatible Organic Dyes for High Contrast In Vivo NIR-II Imaging</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ghadir Kalot</w:t>
+                <w:t xml:space="preserve">Photodynamic Diagnosis and Therapy for Peritoneal Carcinomatosis: Emerging Perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Si Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Bulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Hurbin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacques Pliquett</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Xavier Le Guével</w:t>
+                <w:t xml:space="preserve">Hélène Elleaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Coll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioconjugate Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 31 (4), pp.1088-1092. </w:t>
+              <w:t xml:space="preserve">Cancers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12 (9), pp.2491. </w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.bioconjchem.0c00175⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/cancers12092491⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02941480v1</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02974925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis and Biological Characterization of Monomeric and Tetrameric RGD‐Cryptophycin Conjugates</w:t>
               </w:r>
@@ -5242,51 +5242,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eduard Figueras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malika Kadri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Coll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 26 (12), pp.2602-2605. </w:t>
@@ -5318,256 +5318,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02565761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aza-BODIPY: A New Vector for Enhanced Theranostic Boron Neutron Capture Therapy Applications</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Metal Nanoclusters for Biomedical Applications: Toward In Vivo Studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Porret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Le Guével</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Coll</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cells</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Materials Chemistry B: Materials for Biology and Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-02941457v1</w:t>
+                <w:t xml:space="preserve">hal-03006087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metal Nanoclusters for Biomedical Applications: Toward In Vivo Studies</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Aza-BODIPY: A New Vector for Enhanced Theranostic Boron Neutron Capture Therapy Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghadir Kalot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Godard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Busser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Pliquett</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mans Broekgaarden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Chemistry B: Materials for Biology and Medicine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cells</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9 (9), pp.1953. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/cells9091953⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03006087v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02941457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Two Antagonistic Microtubule Targeting Drugs Act Synergistically to Kill Cancer Cells</w:t>
               </w:r>
@@ -5681,269 +5681,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03034449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metal Nanoclusters for Biomedical Applications: Toward In Vivo Studies</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Noninvasive monitoring of liver metastasis development via combined multispectral photoacoustic imaging and fluorescence diffuse optical tomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Lavaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Gayet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnold Fertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Vollaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Chemistry B: Materials for Biology and Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c9tb02767j⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Biological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 2020, pp.1616 - 1628. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7150/ijbs.40896⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02988880v1</w:t>
+                <w:t xml:space="preserve">hal-02945254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noninvasive monitoring of liver metastasis development via combined multispectral photoacoustic imaging and fluorescence diffuse optical tomography</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Metal Nanoclusters for Biomedical Applications: Toward In Vivo Studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Porret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Le Guével</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Coll</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Biological Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 2020, pp.1616 - 1628. </w:t>
+              <w:t xml:space="preserve">Journal of Materials Chemistry B: Materials for Biology and Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8 (11), pp.2216-2232. </w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7150/ijbs.40896⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/c9tb02767j⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-02945254v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02988880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renal Clearable Theranostic Nanoplatforms for Gastrointestinal Stromal Tumors</w:t>
               </w:r>
@@ -6057,498 +6057,498 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-02438324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gold nanoclusters as a contrast agent for image-guided surgery of head and neck tumors</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The presence of PEG on nanoparticles presenting the c[RGDfK]- and/or ATWLPPR peptides deeply affects the RTKs-AKT-GSK3β-eNOS signaling pathway and endothelial cells survival</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tao Jia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cindy Colombé</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Xavier Le Guével</w:t>
+                <w:t xml:space="preserve">Jéremy Ciccione</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angela Martín-Serrano</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Estelle Porret</w:t>
+                <w:t xml:space="preserve">Thibault Jacquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Maurel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Titouan Montheil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanomedicine: Nanotechnology, Biology and Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 20, pp.102011. </w:t>
+              <w:t xml:space="preserve">International Journal of Pharmaceutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 568, pp.118507. </w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.nano.2019.04.014⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijpharm.2019.118507⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02355599v1</w:t>
+                <w:t xml:space="preserve">inserm-02337436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Verteporfin-Loaded Lipid Nanoparticles Improve Ovarian Cancer Photodynamic Therapy In Vitro and In Vivo</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Gold nanoclusters as a contrast agent for image-guided surgery of head and neck tumors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibault Massias</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Laetitia Vanwonterghem</w:t>
+                <w:t xml:space="preserve">Cindy Colombé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Le Guével</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angela Martín-Serrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Porret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/cancers11111760⟩</w:t>
+              <w:t xml:space="preserve">Nanomedicine: Nanotechnology, Biology and Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 20, pp.102011. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nano.2019.04.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04990776v1</w:t>
+                <w:t xml:space="preserve">hal-02355599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The presence of PEG on nanoparticles presenting the c[RGDfK]- and/or ATWLPPR peptides deeply affects the RTKs-AKT-GSK3β-eNOS signaling pathway and endothelial cells survival</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jéremy Ciccione</w:t>
+                <w:t xml:space="preserve">Verteporfin-Loaded Lipid Nanoparticles Improve Ovarian Cancer Photodynamic Therapy In Vitro and In Vivo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Michy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibault Jacquet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Titouan Montheil</w:t>
+                <w:t xml:space="preserve">Thibault Massias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Vanwonterghem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Pharmaceutics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 568, pp.118507. </w:t>
+              <w:t xml:space="preserve">Cancers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 11, pp.1760. </w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijpharm.2019.118507⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/cancers11111760⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02337436v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04990776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High photoluminescence of shortwave infrared-emitting anisotropic surface charged gold nanoclusters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Musnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Karl Wegner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clothilde Comby-Zerbino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Trouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Jourdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6593,1233 +6593,1233 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02353153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elemental and optical imaging evaluation of zwitterionic gold nanoclusters in glioblastoma mouse models</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Iterative Photoinduced Chain Functionalization as a Generic Platform for Advanced Polymeric Drug Delivery Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Motto-Ros</w:t>
+                <w:t xml:space="preserve">Assala Al Samad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elena Longo</w:t>
+                <w:t xml:space="preserve">Audrey Bethry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Montañez</w:t>
+                <w:t xml:space="preserve">Olga Janouskova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jéremie Ciccione</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christiane Wenk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanoscale</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c8nr05299a⟩</w:t>
+              <w:t xml:space="preserve">Macromolecular Rapid Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 39 (3), pp.1700502. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/marc.201700502⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02356149v1</w:t>
+                <w:t xml:space="preserve">hal-02387415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iterative Photoinduced Chain Functionalization as a Generic Platform for Advanced Polymeric Drug Delivery Systems</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Audrey Bethry</w:t>
+                <w:t xml:space="preserve">Elemental and optical imaging evaluation of zwitterionic gold nanoclusters in glioblastoma mouse models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Le Guével</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olga Janouskova</w:t>
+                <w:t xml:space="preserve">Vincent Motto-Ros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jéremie Ciccione</w:t>
+                <w:t xml:space="preserve">Elena Longo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christiane Wenk</w:t>
+                <w:t xml:space="preserve">Maria Montañez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macromolecular Rapid Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 39 (3), pp.1700502. </w:t>
+              <w:t xml:space="preserve">Nanoscale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 10 (39), pp.18657-18664. </w:t>
             </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/marc.201700502⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/c8nr05299a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02387415v1</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02356149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heteromultivalent targeting of integrin αvβ3 and neuropilin 1 promotes cell survival via the activation of the IGF-1/insulin receptors</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
+                <w:t xml:space="preserve">VEGF 165 b, a splice variant of VEGF-A, promotes lung tumor progression and escape from anti-angiogenic therapies through a β1 integrin/VEGFR autocrine loop</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asma Boudria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cherine Abou Faycal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tao Jia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jungyoon Choi</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Ahmad Mehdi</w:t>
+                <w:t xml:space="preserve">Stéphanie Gout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle Keramidas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomaterials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.biomaterials.2017.10.042⟩</w:t>
+              <w:t xml:space="preserve">Oncogene</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 38 (7), pp.1050-1066. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41388-018-0486-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-02337431v1</w:t>
+                <w:t xml:space="preserve">inserm-02345366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">VEGF 165 b, a splice variant of VEGF-A, promotes lung tumor progression and escape from anti-angiogenic therapies through a β1 integrin/VEGFR autocrine loop</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
+                <w:t xml:space="preserve">Heteromultivalent targeting of integrin αvβ3 and neuropilin 1 promotes cell survival via the activation of the IGF-1/insulin receptors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tao Jia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jungyoon Choi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremy Ciccione</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Gout</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Michelle Keramidas</w:t>
+                <w:t xml:space="preserve">Ahmad Mehdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oncogene</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 38 (7), pp.1050-1066. </w:t>
+              <w:t xml:space="preserve">Biomaterials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 155, pp.64-79. </w:t>
             </w:r>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41388-018-0486-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.biomaterials.2017.10.042⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02345366v1</w:t>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02337431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of pyrrolopyrimidine derivative PP-13 as a novel microtubule-destabilizing agent with promising anticancer properties</w:t>
+                <w:t xml:space="preserve">Atelocollagen-mediated in vivo siRNA transfection in ovarian carcinoma is influenced by tumor site, siRNA target and administration route</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Gilson</w:t>
+                <w:t xml:space="preserve">Matthieu Meryet-Figuière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fernando Josa-Prado</w:t>
+                <w:t xml:space="preserve">Charlotte Lecerf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Beauvineau</w:t>
+                <w:t xml:space="preserve">Emilie Varin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Coll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Naud-Martin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laetitia Vanwonterghem</w:t>
+                <w:t xml:space="preserve">Marie-Hélène Louis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 7 (1), pp.10209. </w:t>
+              <w:t xml:space="preserve">Oncology Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 38 (4), pp.1949 - 1958. </w:t>
             </w:r>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-017-09491-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3892/or.2017.5882⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-01599698v2</w:t>
+                <w:t xml:space="preserve">inserm-01856064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atelocollagen-mediated in vivo siRNA transfection in ovarian carcinoma is influenced by tumor site, siRNA target and administration route</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Targeting tumors with cyclic RGD-conjugated lipid nanoparticles loaded with an IR780 NIR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jungyoon Choi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Meryet-Figuière</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Marie-Hélène Louis</w:t>
+                <w:t xml:space="preserve">Emilie Rustique</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Guidetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Josserand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oncology Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3892/or.2017.5882⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Pharmaceutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, [Epub ahead of print]. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijpharm.2017.03.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-01856064v1</w:t>
+                <w:t xml:space="preserve">inserm-01488572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Systemic Delivery of Tumor-Targeted Bax-Derived Membrane-Active Peptides for the Treatment of Melanoma Tumors in a Humanized SCID Mouse Model</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Fabien Thoreau</w:t>
+                <w:t xml:space="preserve">Plasma circulating tumor DNA levels for the monitoring of melanoma patients: landscape of available technologies and clinical applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Busser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Lupo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Sancey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Mouret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Therapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ymthe.2016.11.002⟩</w:t>
+              <w:t xml:space="preserve">BioMed Research International </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Part of Special Issue: Cancer Diagnostic and Predictive Biomarkers 2016, 2017, pp.5986129. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1155/2017/5986129⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02000186v1</w:t>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02059900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Targeting tumors with cyclic RGD-conjugated lipid nanoparticles loaded with an IR780 NIR</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Véronique Josserand</w:t>
+                <w:t xml:space="preserve">Systemic Delivery of Tumor-Targeted Bax-Derived Membrane-Active Peptides for the Treatment of Melanoma Tumors in a Humanized SCID Mouse Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anastassia Karageorgis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Claron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Jugé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Aspord</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Thoreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Pharmaceutics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijpharm.2017.03.007⟩</w:t>
+              <w:t xml:space="preserve">Molecular Therapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 25 (2), pp.534-546. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ymthe.2016.11.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-01488572v1</w:t>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02000186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plasma circulating tumor DNA levels for the monitoring of melanoma patients: landscape of available technologies and clinical applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benoit Busser</w:t>
+                <w:t xml:space="preserve">Identification of pyrrolopyrimidine derivative PP-13 as a novel microtubule-destabilizing agent with promising anticancer properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Gilson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Lupo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lucie Sancey</w:t>
+                <w:t xml:space="preserve">Fernando Josa-Prado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Mouret</w:t>
+                <w:t xml:space="preserve">Claire Beauvineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrice Faure</w:t>
+                <w:t xml:space="preserve">Delphine Naud-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Vanwonterghem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioMed Research International </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Part of Special Issue: Cancer Diagnostic and Predictive Biomarkers 2016, 2017, pp.5986129. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7 (1), pp.10209. </w:t>
             </w:r>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1155/2017/5986129⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-017-09491-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02059900v1</w:t>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-01599698v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“Polymultivalent” Polymer–Peptide Cluster Conjugates for an Enhanced Targeting of Cells Expressing α v β 3 Integrins</w:t>
               </w:r>
@@ -7831,51 +7831,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Duret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Jacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Thoreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7965,51 +7965,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Jeannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Mazzaferro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Lavaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Vanwonterghem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8219,51 +8219,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corrigendum to “Clustering and Internalization of Integrin αvβ3 With a Tetrameric RGD-synthetic Peptide”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Sancey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth C Garanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8347,404 +8347,404 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04837283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface delivery of tunable doses of BMP-2 from an adaptable polymeric scaffold induces volumetric bone regeneration</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Renal Clearable Organic Nanocarriers for Bioimaging and Drug Delivery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Homan Kang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael Bouyer</w:t>
+                <w:t xml:space="preserve">Julien Gravier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kai Bao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaël Guillot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Lavaud</w:t>
+                <w:t xml:space="preserve">Hideyuki Wada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cedric Plettinx</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cécile Olivier</w:t>
+                <w:t xml:space="preserve">Jeong Heon Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomaterials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.biomaterials.2016.06.001⟩</w:t>
+              <w:t xml:space="preserve">Advanced Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 28 (37), pp.8162-8168. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/adma.201601101⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01376574v1</w:t>
+                <w:t xml:space="preserve">hal-02141678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Renal Clearable Organic Nanocarriers for Bioimaging and Drug Delivery</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Homan Kang</w:t>
+                <w:t xml:space="preserve">Surface delivery of tunable doses of BMP-2 from an adaptable polymeric scaffold induces volumetric bone regeneration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Bouyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Gravier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Kai Bao</w:t>
+                <w:t xml:space="preserve">Raphaël Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Lavaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hideyuki Wada</w:t>
+                <w:t xml:space="preserve">Cedric Plettinx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeong Heon Lee</w:t>
+                <w:t xml:space="preserve">Cécile Olivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 28 (37), pp.8162-8168. </w:t>
+              <w:t xml:space="preserve">Biomaterials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 104, pp.168-181. </w:t>
             </w:r>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/adma.201601101⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.biomaterials.2016.06.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId325" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02141678v1</w:t>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01376574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renal Clearable Organic Nanocarriers for Bioimaging and Drug Delivery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Homan Kang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Gravier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kai Bao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hideyuki Wada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeong Heon Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 28 (37), pp.8162-8168. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/adma.201601101⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02347285v1</w:t>
@@ -8794,64 +8794,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Monge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jorge Almodóvar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Guillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Lavaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Biomaterialia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 15, pp.139-149. </w:t>
@@ -9061,51 +9061,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michelle Kéramidas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence de Fraipont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anastassia Karageorgis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïck Moisan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9169,90 +9169,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrin and matrix metalloprotease dual-targeting with an MMP substrate–RGD conjugate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Wenk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Veronique Josserand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Dumy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Coll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Boturyn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9796,64 +9796,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed G Abdelhamid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Hurbin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Bulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Coll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optical Methods for Tumor Treatment and Detection: Mechanisms and Techniques in Photodynamic Therapy XXXIII</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2025, San Francisco, France. </w:t>
@@ -9960,77 +9960,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lelièvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Nogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Coll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Jabin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Sancey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annual Meeting of the American-Association-for-Cancer-Research (AACR)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, San Diego, Californie, United States. CANCER RESEARCH, 84 (6_Supplement), pp.4681., 2024, </w:t>
@@ -10107,51 +10107,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Nogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Renier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Coll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Jabin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10219,77 +10219,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Núria Pujol-Solé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Letícia da Mata Lazinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nazareth Milagros Carigga Gutierrez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malika Kadri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Le Clainche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18e Forum de la recherche en cancérologie (CLARA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Lyon, France</w:t>
@@ -10902,51 +10902,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Bianchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Dufort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Coll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th annual meeting SFNano 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2017, Bordeaux, France</w:t>
@@ -11007,121 +11007,121 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utilisation de composés fluorophores de type aza-BODIPY comme agents de contraste dans l'infrarouge très lointain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Sancey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Goze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ewen Bodio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Busser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Pliquett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">France, Patent n° : FR19315089.3. 2019</w:t>
+              <w:t xml:space="preserve">France, N° de brevet: FR19315089.3. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05466100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
@@ -11308,51 +11308,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Near-infrared optical imaging of nucleic acid nanocarriers in vivo.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Rome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Gravier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Morille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11598,51 +11598,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05273829v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Le Clainche" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Gamal Ali Abdelhamid" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazareth Milagros Carigga Gutierrez" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Jourdain" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Leo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejps.2025.107221" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05268222v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeineb Ayed" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanca Mart&#237;n Mu&#241;oz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catharina Vandekerckhove" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Faure" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syed Nafis Shadman Ali" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/sstr.202500381" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281367v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Bulin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Coll" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Sancey" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2025.117861" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-05322408v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Furhan Abdul Rezak" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pelin Catal" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Mantout" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernande da Cruz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Boturyn" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5na00687b" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05280566v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henri Lano&#235;" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Loiseau" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Philouze" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Latouche" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laeticia Falcon" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5MA00964B" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05167148v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Stelse-Masson" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xenie Lytvynenko" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristel Bedregal-Portugal" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Aubrun" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mat&#233;o Lavaud" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7150/ntno.115120" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04945753v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Schock Vaiani" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mans Broekgaarden" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Busser" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4nr05371k" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05273846v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Garden" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Kadri Dakir" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Johnson-Corrales" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2025.114201" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05071288v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agoston Barta" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Vanwonterghem" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Molton" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Micouin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsabm.5c00393" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542875v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Aubrun Fulbert" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Chaput" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Henry" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Chovelon" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smsc.202400041" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04788802v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Castillo-Ferrer" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Marguet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sule Erbek" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Chuffart" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jid.2023.07.016" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04788875v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;laure Bulin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Kadri" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.202404605" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987266v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eli&#353;ka Grosmanov&#225;" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Pola" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcela Filipov&#225;" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;luc Coll" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/viw.20230116" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04892004v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean Moro" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Omrani" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Jourdan" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smsc.202400156" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205230v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Bendellaa" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Leli&#232;vre" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Deniaud" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijc.34679" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05216855v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Boudria" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cherine Abou Faycal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Jia" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Gout" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Keramidas" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41388-023-02764-w" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04733243v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Duret" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Grassin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Alcouffe" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Raja" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3PY01176C" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371920v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walaa Mohammad" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. David Wegner" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clothilde Comby-Zerbino" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Trouillet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Paris Ogayar" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3TC03021K" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04091996v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Godard" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghadir Kalot" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malorie Privat" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jmedchem.3c00100" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428680v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3py01176c" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04945826v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#250;ria Pujol-Sol&#233;" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/onco2010002" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05268133v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Le Gu&#233;vel" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian W&#252;rth" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Baulin" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Musnier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1cc07055j" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03740197v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K David Wegner" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir A Baulin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/x0xx00000x" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760219v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemie Dutrieux" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Le Coupanec" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Gil" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Koenig" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Abraham" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10103-022-03556-6" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04788784v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Josserand" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bernard" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Michy" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Guidetti" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Vollaire" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomedicines10051059" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04253882v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Dalonneau" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2bm01271e" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03715094v2" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bulteau" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Th&#233;paut" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Hurbin" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.molpharmaceut.1c00744" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04902829v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Dot" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Bettega" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Lartizien" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Berger" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/boe.401108" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03108193v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Maurel" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Montheil" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Martin" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Line Chaar" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Guzman-Gonzalez" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano11010177" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03740134v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denver Linklater" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sherman Wong" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phuc Le" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saulius Juodkazis" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.0c11502" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02945280v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhixi Yu" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Musnier" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.0c01174" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02985264v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Usson" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jbio.202000345" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02985258v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Porret" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0nr01138j" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092658v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Vaganay" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Carpentier" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Coudert" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Guzman-Gonzales" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matbio.2020.07.001" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02974925v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Si Xu" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Elleaume" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers12092491" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02941483v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Fleury" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Pezet" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9ra10047d" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02941434v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Sabido" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiguo He" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Rossetti" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Guignandon" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12951-020-00683-6" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02941480v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Pliquett" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.bioconjchem.0c00175" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02565761v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adina Borb&#233;ly" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Thoreau" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduard Figueras" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201905437" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02941457v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Busser" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells9091953" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006087v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034449v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauralie Peronne" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Denarier" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ankit Rai" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Prudent" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Vernet" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers12082196" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02988880v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9tb02767j" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02945254v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Lavaud" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Gayet" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnold Fertin" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7150/ijbs.40896" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02438324v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Homan Kang" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wesley Stiles" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoonji Baek" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shinsuke Nomura" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Bao" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.201905899" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355599v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Colomb&#233;" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Mart&#237;n-Serrano" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nano.2019.04.014" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990776v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Massias" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers11111760" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02337436v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;remy Ciccione" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Jacquet" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2019.118507" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02353153v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Karl Wegner" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9nr04120f" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356149v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Motto-Ros" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Longo" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Monta&#241;ez" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8nr05299a" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02387415v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assala Al Samad" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bethry" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Janouskova" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;remie Ciccione" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Wenk" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.201700502" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02337431v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jungyoon Choi" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Ciccione" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Mehdi" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biomaterials.2017.10.042" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02345366v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Gout" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41388-018-0486-7" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01599698v2" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Gilson" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Josa-Prado" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Beauvineau" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Naud-Martin" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-09491-9" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01856064v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Meryet-Figui&#232;re" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Lecerf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Varin" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Louis" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3892/or.2017.5882" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02000186v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastassia Karageorgis" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Claron" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Jug&#233;" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Aspord" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymthe.2016.11.002" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01488572v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Rustique" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2017.03.007" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02059900v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lupo" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mouret" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Faure" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2017/5986129" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649349v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Denis-Quanquin" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.bioconjchem.7b00362" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360462v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Jeannot" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Mazzaferro" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nano.2015.11.018" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05483415v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Dorval" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norman Mangeret" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Guillermet" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ihab Atallah" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Righini" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmp.2015.11.006" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VWRFN0RV-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837283v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth C Garanger" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Deville-Foillard" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Schoehn" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/mt.2009.109" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376574v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Bouyer" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Guillot" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Plettinx" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Olivier" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biomaterials.2016.06.001" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02141678v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gravier" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hideyuki Wada" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeong Heon Lee" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.201601101" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347285v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012927v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia G. Caridade" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Monge" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Almod&#243;var" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2014.12.027" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02897095v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josias B.G. Yam&#233;ogo" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle G&#232;ze" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Choisnard" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Putaux" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roseline Mazet" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejpb.2014.08.012" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2B3VP6WT-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00822004v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle K&#233;ramidas" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence de Fraipont" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;ck Moisan" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Persoons" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/scrt195" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652823v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Josserand" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Dumy" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2ob26926k" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652839v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane H.F. Wenk" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Ponce" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Guillermet" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Tenaud" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.canlet.2012.10.041" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FCVRQXF7-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00874418v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Coquery" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pannetier" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Farion" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Herbette" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leire Azurmendi" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0040567" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02514303v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Morille" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Passirani" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Dufort" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bastiat" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pitard" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biomaterials.2010.11.063" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S19091JW-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05273831v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazareth M Carigga Gutierrez" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed G Abdelhamid" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3040703" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771974v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Nogier" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Jabin" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/1538-7445.AM2024-4681" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959503v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lelievre" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Renier" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806805v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Let&#237;cia da Mata Lazinski" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02548293v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloise Thomas" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Truillet" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Plissonneau" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Boschetti" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Denat" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04894603v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Renaudet" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Martin-Serrano Ortiz" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Goyard" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Tiertant" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917699v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se Charreyre" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Adjili" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Lacour" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ladavi&#232;re" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789122v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Wouessidjewe" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.G.J Yameogo" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adama Gansan&#233;" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713339v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Cr&#233;millieux" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lux" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Bianchi" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466100v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Goze" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewen Bodio" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391263v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Barabino" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Keramidas" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-15678-1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00874399v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Rome" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Divita" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Bolcato-Bellemin" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-62703-140-0_5" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281367v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Leo" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazareth Milagros Carigga Gutierrez" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Bulin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Coll" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Sancey" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2025.117861" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05268222v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeineb Ayed" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanca Mart&#237;n Mu&#241;oz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catharina Vandekerckhove" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Faure" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syed Nafis Shadman Ali" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/sstr.202500381" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05273829v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Le Clainche" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Gamal Ali Abdelhamid" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Jourdain" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejps.2025.107221" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-05322408v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Furhan Abdul Rezak" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pelin Catal" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Mantout" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernande da Cruz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Boturyn" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5na00687b" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05280566v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henri Lano&#235;" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Loiseau" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Philouze" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Latouche" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laeticia Falcon" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5MA00964B" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04945753v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Schock Vaiani" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mans Broekgaarden" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Busser" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4nr05371k" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05167148v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Stelse-Masson" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xenie Lytvynenko" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristel Bedregal-Portugal" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Aubrun" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mat&#233;o Lavaud" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7150/ntno.115120" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05273846v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Garden" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Kadri Dakir" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Johnson-Corrales" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2025.114201" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05071288v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agoston Barta" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Vanwonterghem" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Molton" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Micouin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsabm.5c00393" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542875v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Aubrun Fulbert" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Chaput" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Henry" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Chovelon" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smsc.202400041" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04788802v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Castillo-Ferrer" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Marguet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sule Erbek" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Chuffart" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jid.2023.07.016" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04788875v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;laure Bulin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Kadri" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.202404605" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987266v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eli&#353;ka Grosmanov&#225;" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Pola" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcela Filipov&#225;" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;luc Coll" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/viw.20230116" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04892004v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean Moro" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Omrani" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Jourdan" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smsc.202400156" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205230v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Bendellaa" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Leli&#232;vre" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Deniaud" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijc.34679" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371920v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walaa Mohammad" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. David Wegner" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clothilde Comby-Zerbino" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Trouillet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Paris Ogayar" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3TC03021K" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04733243v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Duret" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Grassin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Alcouffe" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Raja" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3PY01176C" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05216855v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Boudria" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cherine Abou Faycal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Jia" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Gout" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Keramidas" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41388-023-02764-w" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428680v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3py01176c" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04091996v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Godard" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghadir Kalot" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malorie Privat" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jmedchem.3c00100" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04945826v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#250;ria Pujol-Sol&#233;" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/onco2010002" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05268133v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Le Gu&#233;vel" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian W&#252;rth" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Baulin" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Musnier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1cc07055j" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03740197v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K David Wegner" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir A Baulin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/x0xx00000x" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760219v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemie Dutrieux" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Le Coupanec" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Gil" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Koenig" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Abraham" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10103-022-03556-6" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04788784v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Josserand" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bernard" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Michy" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Guidetti" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Vollaire" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomedicines10051059" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04253882v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Dalonneau" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2bm01271e" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03715094v2" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bulteau" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Th&#233;paut" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Hurbin" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.molpharmaceut.1c00744" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03108193v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Maurel" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Montheil" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Martin" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Line Chaar" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Guzman-Gonzalez" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano11010177" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04902829v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Dot" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Bettega" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Lartizien" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Berger" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/boe.401108" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03740134v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denver Linklater" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sherman Wong" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phuc Le" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saulius Juodkazis" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.0c11502" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02985264v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Musnier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Usson" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jbio.202000345" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02945280v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhixi Yu" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.0c01174" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02985258v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Porret" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0nr01138j" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092658v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Vaganay" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Carpentier" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Coudert" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Guzman-Gonzales" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matbio.2020.07.001" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02941480v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Pliquett" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.bioconjchem.0c00175" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02941434v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Sabido" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiguo He" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Rossetti" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Guignandon" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12951-020-00683-6" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02941483v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Fleury" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Pezet" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9ra10047d" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02974925v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Si Xu" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Elleaume" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers12092491" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02565761v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adina Borb&#233;ly" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Thoreau" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduard Figueras" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201905437" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006087v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02941457v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Busser" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells9091953" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034449v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauralie Peronne" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Denarier" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ankit Rai" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Prudent" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Vernet" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers12082196" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02945254v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Lavaud" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Gayet" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnold Fertin" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7150/ijbs.40896" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02988880v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9tb02767j" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02438324v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Homan Kang" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wesley Stiles" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoonji Baek" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shinsuke Nomura" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Bao" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.201905899" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02337436v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;remy Ciccione" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Jacquet" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2019.118507" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355599v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Colomb&#233;" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Mart&#237;n-Serrano" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nano.2019.04.014" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990776v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Massias" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers11111760" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02353153v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Karl Wegner" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9nr04120f" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02387415v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assala Al Samad" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bethry" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Janouskova" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;remie Ciccione" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Wenk" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.201700502" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356149v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Motto-Ros" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Longo" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Monta&#241;ez" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8nr05299a" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02345366v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Gout" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41388-018-0486-7" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02337431v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jungyoon Choi" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Ciccione" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Mehdi" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biomaterials.2017.10.042" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01856064v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Meryet-Figui&#232;re" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Lecerf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Varin" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Louis" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3892/or.2017.5882" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01488572v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Rustique" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2017.03.007" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02059900v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lupo" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mouret" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Faure" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2017/5986129" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02000186v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastassia Karageorgis" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Claron" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Jug&#233;" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Aspord" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymthe.2016.11.002" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01599698v2" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Gilson" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Josa-Prado" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Beauvineau" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Naud-Martin" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-09491-9" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649349v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Denis-Quanquin" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.bioconjchem.7b00362" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360462v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Jeannot" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Mazzaferro" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nano.2015.11.018" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05483415v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Dorval" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norman Mangeret" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Guillermet" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ihab Atallah" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Righini" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmp.2015.11.006" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VWRFN0RV-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837283v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth C Garanger" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Deville-Foillard" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Schoehn" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/mt.2009.109" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02141678v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gravier" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hideyuki Wada" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeong Heon Lee" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.201601101" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376574v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Bouyer" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Guillot" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Plettinx" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Olivier" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biomaterials.2016.06.001" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347285v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012927v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia G. Caridade" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Monge" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Almod&#243;var" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2014.12.027" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02897095v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josias B.G. Yam&#233;ogo" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle G&#232;ze" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Choisnard" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Putaux" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roseline Mazet" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejpb.2014.08.012" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2B3VP6WT-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00822004v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle K&#233;ramidas" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence de Fraipont" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;ck Moisan" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Persoons" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/scrt195" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652823v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Josserand" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Dumy" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2ob26926k" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652839v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane H.F. Wenk" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Ponce" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Guillermet" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Tenaud" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.canlet.2012.10.041" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FCVRQXF7-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00874418v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Coquery" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pannetier" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Farion" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Herbette" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leire Azurmendi" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0040567" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02514303v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Morille" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Passirani" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Dufort" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bastiat" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pitard" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biomaterials.2010.11.063" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S19091JW-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05273831v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazareth M Carigga Gutierrez" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed G Abdelhamid" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3040703" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771974v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Nogier" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Jabin" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/1538-7445.AM2024-4681" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959503v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lelievre" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Renier" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806805v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Let&#237;cia da Mata Lazinski" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02548293v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloise Thomas" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Truillet" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Plissonneau" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Boschetti" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Denat" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04894603v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Renaudet" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Martin-Serrano Ortiz" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Goyard" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Tiertant" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917699v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se Charreyre" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Adjili" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Lacour" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ladavi&#232;re" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789122v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Wouessidjewe" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.G.J Yameogo" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adama Gansan&#233;" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713339v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Cr&#233;millieux" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lux" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Bianchi" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466100v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Goze" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewen Bodio" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391263v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Barabino" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Keramidas" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-15678-1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00874399v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Rome" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Divita" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Bolcato-Bellemin" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-62703-140-0_5" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>