--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -246,431 +246,431 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04979227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L'Ovide travesti de Maximien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Meyers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RursuSpicae</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 1, s.p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/rursuspicae.295⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03068016v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">In memoriam Reinhard Düchting (1936-2018)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Meyers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Journal of Medieval Latin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 28, pp.VII-VIII</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03063509v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dhuoda, une princesse carolingienne d'exception</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Meyers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire moderne et contemporaine de Nîmes &amp; du Gard</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 33, pp.93-104</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03068015v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le Voyage à la fin du Moyen Âge et à l'aube de la Renaissance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Meyers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dossiers d'Archéologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 387, pp.68-71</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03068017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">L'Ovide travesti de Maximien</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Drythelm, un &amp;quot;thanatonaute&amp;quot; du Haut Moyen Âge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Meyers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RursuSpicae</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Bulletin de l'ARELAM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, mars, pp.45-55</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">In memoriam Reinhard Düchting (1936-2018)</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01979318v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La figure de Guillaume de Gellone d'après la Vita sancti Willelmi (v. 1125)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Meyers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Journal of Medieval Latin</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 28, pp.VII-VIII</w:t>
-[...205 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">, 2014, 24, pp.131-152</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03062635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
@@ -1023,234 +1023,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03061115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Prolégomènes bibliographiques à la lecture des &amp;quot;Panégyriques&amp;quot; de Sidoine Apollinaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Meyers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vita Latina</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 179, pp.7-86</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03061113v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une leçon rhétorique d'ironie dans la correspondance de Wibald de Stavelot (Ep. 167)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Meyers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Latomus : revue d'études latines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 677, pp.437-456</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02897128v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le rhinocéros de Frère Félix Fabri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Meyers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rursus - Poiétique, réception et réécriture des textes antiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 3, 21 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03061116v1</w:t>
-              </w:r>
-[...136 lines deleted...]
-                <w:t xml:space="preserve">hal-02897128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L' &amp;quot;Evagatorium&amp;quot; de Frère Félix Fabri (1483)</w:t>
               </w:r>
@@ -1400,234 +1400,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01979321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Les cinq Vies de saint Lambert : un dossier idéal pour les analyses statistiques du LASLA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Meyers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées d’études "Langues anciennes et analyse statistique : cinquante ans après ‒ distances textuelles et intertextualités", LASLA, Academia Belgica, Rome, 19-21 octobre 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Rome, Italie. pp.197-209</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01979319v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rythme et sainteté dans la Vita Landiberti d'Etienne de Liège</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Meyers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'étude Rythmes et croyances au Moyen Âge, Institut national d'histoire de l'art, 23 juin 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Bordeaux, France. pp.69-79</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03071493v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La comtesse Dhuoda et son Liber Manualis (IXe siècle)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Meyers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Dhuoda, belle-fille de saint Guilhem, et autres femmes de caractère au Moyen Âge, Saint-Guilhem-le-Désert, 26 mai 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Saint-Guilhem-Le-Desert, France. pp.17-41</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03071494v1</w:t>
-              </w:r>
-[...136 lines deleted...]
-                <w:t xml:space="preserve">hal-03071493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La vision romaine du barbare</w:t>
               </w:r>
@@ -1745,234 +1745,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03069006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Les outils de la transmission au Moyen Âge et à La Renaissance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Meyers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Savoir et transmission, Montréal, 17 septembre 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Montréal, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03072452v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'encadrement du pèlerin de Jérusalem à la fin du XVe siècle d'après l'Evagatorium de Frère Félix Fabri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Meyers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'encadrement du pèlerin de Jérusalem à la fin du XVe siècle d'après l'Evagatorium de Frère Félix Fabri, Namur, 16 avril 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Bruxelles, Belgique. pp.125-152</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03069005v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">L'influence de la poésie classique dans les Carmina epigraphica funéraires d'Afrique du Nord</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Meyers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'influence de la poésie classique dans les Carmina epigraphica funéraires d'Afrique du Nord, Montpellier, 25 novembre 2010</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, Bruxelles, Belgique. pp.306-322</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03069004v1</w:t>
-              </w:r>
-[...136 lines deleted...]
-                <w:t xml:space="preserve">hal-03069005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La prière dans la poésie de Sedulius Scottus</w:t>
               </w:r>
@@ -2726,839 +2726,839 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01979322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Nicolas Dortoman et Balaruc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Meyers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Pérez-Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Editions Guilhem, 304 p., 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03051257v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La Passio sanctae Salsae, BHL 7467: Recherches sur une passion tardive d'Afrique du Nord</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Fialon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Meyers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Maria Pirreda</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sabine Fialon et Jean Meyers. Ausonius; De Boccard, 315 p., 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anna Maria Pirreda</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Sabine Fialon et Jean Meyers. Ausonius; De Boccard, 315 p., 2015</w:t>
+                <w:t xml:space="preserve">hal-03051165v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tradition et innovation dans l'épopée latine, de l'Antiquité au Moyen Âge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Meyers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Estèves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ausonius; De Boccard, 234 p., 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Dortoman et Balaruc</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03051164v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De l'épopée héroïque à l'épopée animale et burlesque : remarques sur le carmen 41 de Sedulius Scottus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Meyers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Estèves Aline; Meyers Jean. Ausonius; De Boccard, pp.177-188, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03050404v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ethique et esthétique du récit de voyage à la fin du Moyen Âge / Nicole Chareyron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Meyers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Editions Guilhem, 304 p., 2015</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Tarayre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Honoré Champion, 544 p., 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Estèves Aline; Meyers Jean. Ausonius; De Boccard, pp.177-188, 2014</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03053874v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédégaire, historien des conflits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Meyers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Devilliers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ménard Hélène; Sauzeau Pierre; Thomas Jean-François. Presses universitaires de la Méditerranée, pp.399-421, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Jean Meyers</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03050403v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">DHUODA, &amp;quot;Manuel pour mon fils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Meyers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Cerf, pp.195, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03050210v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vie, mort et poésie dans l'Afrique romaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Hamdoune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Ausonius; De Boccard, 234 p., 2014</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Meyers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Latomus, pp.397, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Jean Meyers</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02920750v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pouvoirs des hommes, pouvoir des mots, des Gracques à Trajan. Hommages au Professeur Paul Marius Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Devillers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Honoré Champion, 544 p., 2013</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Meyers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Devillers, Olivier et Meyers, Jean Peeters, 54, 2009, Bibliothèque d’Études Classiques</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Jean Meyers</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01784601v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pouvoirs des hommes pouvoir des mots, des Gracques à Trajan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Devillers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Ménard Hélène; Sauzeau Pierre; Thomas Jean-François. Presses universitaires de la Méditerranée, pp.399-421, 2012</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Meyers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Editions Peeters, 54, 2009, Bibliothèque d'études Classiques</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Cerf, pp.195, 2012</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01475212v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pouvoirs des hommes, pouvoir des mots, des Gracques à Trajan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Meyers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Devillers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Olivier Devillers; Jean Meyers. Peeters, 623 p., 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...224 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03050812v1</w:t>
-              </w:r>
-[...73 lines deleted...]
-                <w:t xml:space="preserve">hal-01475212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les miracles de saint Etienne : recherches sur le recueil pseudo-augustinien (BHL 7860-7861)</w:t>
               </w:r>
@@ -4286,446 +4286,446 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04979252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">« Construction et images de l’autre et de l’étranger dans les Errances de frère Félix Fabri (1483-1484) »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Meyers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">J. LAGOUANÈRE. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Naissance d’autrui, de l’Antiquité à la Renaissance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Classiques Garnier, pp.391-411, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04979238v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Décadence et chute de Rome, des vanités historiographiques ? »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Meyers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">M. BLAISE et S. TRIAIRE. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vanités, compositions de la fin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PULM, pp.117-128, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04979236v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Vingt-deux sermons donatistes du temps d’Augustin encore trop méconnus : les “inédits” de la catéchèse de Vienne révélés en 1994 par François-Joseph Leroy. À propos d’un nouveau projet du GRAA »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Meyers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">M. A. Barbàra et M. R. Petringa. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">In ricorda di Sandro Leanza. Giornate di studio di Letteratura cristiana antica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sicania, pp.148-162, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04979234v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">« La proposition relative dans le livre 5 des Métamorphoses d’Apulée »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Meyers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">J. DALBERA et D. LONGRÉE. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La langue d’Apulée dans les Métamorphoses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Harmattan, pp.279-292, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04979243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">M. BLAISE et S. TRIAIRE. </w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Récit de voyage et littérarité : conception et principes de lectures de l’Evagatorium de frère Félix Fabri (1483) »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Meyers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">B. COLOT. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La littérarité latine, de l’Antiquité à la Renaissance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.89-104, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04979246v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Décadence et chute de Rome, des vanités historiographies ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Meyers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Marie Blaise; Sylvie Triaire. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vanités, compositions de la fin</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, PULM, pp.117-128, 2019</w:t>
-[...290 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires de la Méditerranée, pp.117-128, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03057862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
@@ -4797,173 +4797,173 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03057787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Récit de voyage (notice 58). Peregrinarius (Vienne, Österreichische Nationalbibliothek, codex Ser. 12.866)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Meyers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Boutier Marie-Guy; Bruyère Paul. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Historien dans son atelier. Anthologie du document pour servir à l'histoire du pays de Liège du VIIIe au XVIIIe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société des Bibliophiles Liégeois, pp.303-307, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03057789v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Vie de saint (notice 82). Vie de saint Lambert (Paris, BnF, ms. lat. 12598)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Meyers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Marie-Guy Boutier; Paul Bruyère. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'historien dans son atelier. Anthologie du document pour servir à l'histoire du pays de Liège du VIIIe au XVIIIe siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société des Bibliophiles Liégeois, pp.425-429, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03057786v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">hal-03057789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grande uolumen comportaui : la conception de l'Euagatorium d'après le manuscrit autographe de Félix Fabri</w:t>
               </w:r>
@@ -5102,319 +5102,319 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01536987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Littérature latine liégeoise, de l'époque carolingienne à la Renaissance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Meyers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Alain Marchandisse. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Florilège de l'histoire du livre au Pays de Liège</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société des Bibliophiles Liégeois, pp.243-257, 2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03056306v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La littérature latine liégeoise, de l'époque carolingienne à la Renaissance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Meyers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Paul Bruyère; Alain Marchandisse. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Florilège du livre en principauté de Liège du IXe au XVIIIe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société des Bibliophiles Liégeois, pp.243-257, 2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03055515v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La figure de Néron dans le commentaire à l' &amp;quot;Octavie&amp;quot; de Nicholas Trevet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Meyers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Olivier Devillers; Jean Meyers. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pouvoirs des hommes, pouvoir des mots, des Gracques à Trajan : hommages au professeur Paul Marius Martin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Peeters, pp.567-579, 2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03055514v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Une réécriture médiévale du &amp;quot;De miraculis sancti Stephani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Meyers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Monique Goullet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">"Parva pro magnis munera" : études de littérature tardo-antique et médiévale offertes à François Dolbeau par ses élèves</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Brepols, pp.614-635, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02897127v1</w:t>
-              </w:r>
-[...217 lines deleted...]
-                <w:t xml:space="preserve">hal-03055515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les citations scripturaires dans le &amp;quot;De miraculis sancti Stephani</w:t>
               </w:r>
@@ -5760,330 +5760,330 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Meyers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Tarayre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">2017, 378 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-05958-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Traduction</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03076855v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les errances de Frère Félix, pèlerin en Terre sainte, en Arabie et en Egypte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Meyers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Tarayre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">2017, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-05955-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Traduction</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03076854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les errances de Frère Félix, pèlerin en Terre sainte, en Arabie et en Egypte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Meyers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Tarayre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2017, 378 p. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-05958-5⟩</w:t>
+              <w:t xml:space="preserve">2014, 437 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-8124-3223-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Traduction</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03076827v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les errances de Frère Félix, pèlerin en Terre sainte, en Arabie et en Egypte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Meyers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Tarayre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2014, 365 p. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.15122/isbn.978-2-8124-3226-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Traduction</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03076828v1</w:t>
-              </w:r>
-[...82 lines deleted...]
-                <w:t xml:space="preserve">hal-03076827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les errances de Frère Félix, pélerin en Terre sainte, en Arabie et en Egypte</w:t>
               </w:r>
@@ -6556,51 +6556,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979232v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Meyers" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979227v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068017v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068016v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rursuspicae.295" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063509v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068015v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01979318v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062635v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062634v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/crm.13120" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062633v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064135v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062057v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061115v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061116v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061113v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02897128v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061114v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01979321v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071494v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01979319v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071493v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069505v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069006v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069004v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072452v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069005v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071131v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979213v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979206v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04840277v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Tarayre" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04840220v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03053906v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-07882-1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03053905v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Delpeyroux" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte P&#233;rez-Jean" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01955418v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Draelants" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Zucker" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Kossaifi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01979322v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Hamdoune" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Griffe" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Fialon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Devallet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051165v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Maria Pirreda" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051257v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050404v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051164v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Est&#232;ves" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03053874v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050403v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Devilliers" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050210v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920750v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01784601v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Devillers" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050812v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01475212v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050811v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189686v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Belin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Laurent" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Lojkine" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pasquier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050405v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03053875v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02939855v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050356v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979264v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979256v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979262v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979252v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979243v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979236v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979234v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979238v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979246v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057862v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057787v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057786v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057789v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057788v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536987v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02897127v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056306v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055514v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055515v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055513v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055512v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055511v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03292566v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Chareyron" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076854v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-05955-4" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076855v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-05958-5" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076828v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-3226-2" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076827v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-3223-1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076826v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-1215-8" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076825v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-1212-7" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076747v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01707643v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979232v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Meyers" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979227v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068016v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rursuspicae.295" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063509v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068015v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068017v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01979318v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062635v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062634v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/crm.13120" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062633v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064135v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062057v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061115v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061113v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02897128v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061116v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061114v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01979321v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01979319v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071493v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071494v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069505v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069006v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072452v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069005v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069004v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071131v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979213v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979206v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04840277v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Tarayre" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04840220v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03053906v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-07882-1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03053905v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Delpeyroux" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte P&#233;rez-Jean" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01955418v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Draelants" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Zucker" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Kossaifi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01979322v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Hamdoune" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Griffe" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Fialon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Devallet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051257v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051165v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Maria Pirreda" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051164v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Est&#232;ves" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050404v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03053874v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050403v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Devilliers" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050210v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920750v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01784601v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Devillers" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01475212v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050812v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050811v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189686v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Belin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Laurent" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Lojkine" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pasquier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050405v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03053875v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02939855v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050356v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979264v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979256v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979262v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979252v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979238v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979236v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979234v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979243v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979246v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057862v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057787v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057789v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057786v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057788v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536987v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056306v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055515v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055514v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02897127v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055513v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055512v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055511v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03292566v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Chareyron" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076855v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-05958-5" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076854v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-05955-4" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076827v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-3223-1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076828v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-3226-2" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076826v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-1215-8" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076825v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-1212-7" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076747v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01707643v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>