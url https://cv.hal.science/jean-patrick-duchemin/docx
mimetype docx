--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -2492,226 +2492,226 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05006738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chronique numismatique (XXXVII)</w:t>
+                <w:t xml:space="preserve">Chronique Numismatique (XXXVII)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Doyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Patrick Duchemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Severs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue du Nord</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue du Nord - Archéologie de la Picardie et du Nord de la France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 101 (433), pp.227-295</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02909866v1</w:t>
+                <w:t xml:space="preserve">hal-04438474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chronique Numismatique (XXXVII)</w:t>
+                <w:t xml:space="preserve">Chronique numismatique (XXXVII)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Doyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Patrick Duchemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Severs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue du Nord - Archéologie de la Picardie et du Nord de la France</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue du Nord</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 433 (5), pp.227-295. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rdn.433.0227⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04438474v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02909866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chronique numismatique (XXXVI)</w:t>
               </w:r>
@@ -4589,51 +4589,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02888991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rapport (9)</w:t>
+        <w:t xml:space="preserve">Rapport (10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -4737,986 +4737,1108 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05006142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lillebonne. Rapport de fouille archéologique programmée menée sur la place Félix-Faure (campagne 2023)</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Rapport sur l'atelier de formation &amp;quot;Instrumentum métallique et monnaies : inventaire, conservation, restauration et valorisation&amp;quot; (17-21 février 2025)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loïc Androuin</w:t>
+                <w:t xml:space="preserve">Jamel Hajji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Patrick Duchemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Noémie Lecroq</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antony Hostein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solenn de Larminat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salem Mokni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Caux Seine agglo. 2024, pp.165</w:t>
+              <w:t xml:space="preserve">Institut national du patrimoine de Tunisie; Université de Sfax (Faculté des Lettres et Sciences Humaines); Centre Camille Jullian (CCJ UMR 7299); Ecole pratique des hautes études (EPHE); Ambassade de France en Tunisie (Service de Coopération et d’Action Culturelle); Institut de recherche sur le Maghreb contemporain (MEAE-CNRS, UAR 3077)). 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04684417v1</w:t>
+                <w:t xml:space="preserve">hal-05559287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projet Collectif de Recherche « Juliobona, capitale des Calètes ». Rapport d'opération 2022-2023</w:t>
+                <w:t xml:space="preserve">Lillebonne. Rapport de fouille archéologique programmée menée sur la place Félix-Faure (campagne 2023)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonas Parétias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves-Marie Adrian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Androuin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Patrick Duchemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Lecroq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Caux Seine agglo. 2024, pp.165</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stoil Chapkanski</w:t>
-[...29 lines deleted...]
-                <w:t xml:space="preserve">hal-04678191v1</w:t>
+                <w:t xml:space="preserve">hal-04684417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saint-Bertrand-de-Comminges/Valcabrère : entre ville et campagne. Archéologie d’un territoire de la Protohistoire à aujourd’hui (2021-2023)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Projet Collectif de Recherche « Juliobona, capitale des Calètes ». Rapport d'opération 2022-2023</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonas Parétias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Androuin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sanae Azzaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Henrique Cavalcante Fraga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stoil Chapkanski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Caux Seine agglo. 2024, pp.369</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Coupeur</w:t>
-[...72 lines deleted...]
-                <w:t xml:space="preserve">hal-05209445v1</w:t>
+                <w:t xml:space="preserve">hal-04678191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">POMPÉI PORTA NOCERA – Campagne 2021. Rapport final d'opération programmée. Pompéi Fouille de la nécropole romaine de Porta Nocera. Programme de recherche de l’École française de Rome en collaboration avec l’École Pratique des Hautes Études (UMR 8546 CNRS ENS-Paris AOrOc, Université PSL), l’UMR 5199 du CNRS PACEA et le Parco Archeologico di Pompei. Avec le soutien de l’Institut Universitaire de France et de la Fondation Simone et Cino Del Duca. Sous la direction de William Van Andringa (École Pratique des Hautes Études, UMR 8546 CNRS ENS-Paris AOrOc, Université PSL et Institut Universitaire de France) et Henri Duday (UMR 5199 du CNRS PACEA). Pompéi, 2 volumes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">William Van Andringa</w:t>
+                <w:t xml:space="preserve">Saint-Bertrand-de-Comminges/Valcabrère : entre ville et campagne. Archéologie d’un territoire de la Protohistoire à aujourd’hui (2021-2023)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William van Andringa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Henri Duday</w:t>
+                <w:t xml:space="preserve">Camille Coupeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Boisson</w:t>
+                <w:t xml:space="preserve">Arnaud Coutelas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Brunner</w:t>
+                <w:t xml:space="preserve">Thomas Creissen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anselme Cormier</w:t>
+                <w:t xml:space="preserve">Franck Decanter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Aoroc, EPHE, PSL Université Paris, EFR, Arpamed, IUF, Ministero Per I Beni E Le Attivatà Culturali, Pacea UMR 5199. 2021</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Service régional de l'archéologie Occitanie. 2022, pp.1282</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03964415v1</w:t>
+                <w:t xml:space="preserve">hal-05209445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">POMPÉI PORTA NOCERA – Campagne 2019. Rapport final d'opération d'archéologie programmée. NAISSANCE ET DÉVELOPPEMENT D’UN PAYSAGE FUNÉRAIRE ROMAIN (Ier siècle av. – Ier siècle apr. J.-C.). Aux portes de la ville et le long de la route de Nocera Pompéi - Fouille de la nécropole romaine de Porta Nocera. Programme de recherche de l’École française de Rome en collaboration avec l’École Pratique des Hautes Études (UMR 8546 CNRS ENS-Paris AOrOc), la société archéologique Evéha International et la Soprintendenza archeologica di Pompei. Avec la participation de la fondation ARPAMED, du laboratoire d’anthropologie de Bordeaux, de la société Archeodunum et de l’Institut Universitaire de France. Sous la direction de William Van Andringa (École Pratique des Hautes Études et Institut Universitaire de France) et Henri Duday (UMR 5199 du CNRS PACEA, université de Bordeaux). 2 Volumes</w:t>
+                <w:t xml:space="preserve">POMPÉI PORTA NOCERA – Campagne 2021. Rapport final d'opération programmée. Pompéi Fouille de la nécropole romaine de Porta Nocera. Programme de recherche de l’École française de Rome en collaboration avec l’École Pratique des Hautes Études (UMR 8546 CNRS ENS-Paris AOrOc, Université PSL), l’UMR 5199 du CNRS PACEA et le Parco Archeologico di Pompei. Avec le soutien de l’Institut Universitaire de France et de la Fondation Simone et Cino Del Duca. Sous la direction de William Van Andringa (École Pratique des Hautes Études, UMR 8546 CNRS ENS-Paris AOrOc, Université PSL et Institut Universitaire de France) et Henri Duday (UMR 5199 du CNRS PACEA). Pompéi, 2 volumes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Van Andringa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Duday</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sabrina Bianco</w:t>
+                <w:t xml:space="preserve">Antoine Boisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Brunner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anselme Cormier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Aoroc, EPHE, PSL, EFR, Arpamed, IUF, Eveha International, Soprintendenza archeologica di Pompei. 2019</w:t>
+              <w:t xml:space="preserve">Aoroc, EPHE, PSL Université Paris, EFR, Arpamed, IUF, Ministero Per I Beni E Le Attivatà Culturali, Pacea UMR 5199. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03962973v1</w:t>
+                <w:t xml:space="preserve">hal-03964415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paysage funéraire et suburbium d’une ville romaine de Gaule. Opération triannuelle sur la périphérie orientale de la ville romaine de Lugdunum des Convènes : le site de Saint-Just.</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">POMPÉI PORTA NOCERA – Campagne 2019. Rapport final d'opération d'archéologie programmée. NAISSANCE ET DÉVELOPPEMENT D’UN PAYSAGE FUNÉRAIRE ROMAIN (Ier siècle av. – Ier siècle apr. J.-C.). Aux portes de la ville et le long de la route de Nocera Pompéi - Fouille de la nécropole romaine de Porta Nocera. Programme de recherche de l’École française de Rome en collaboration avec l’École Pratique des Hautes Études (UMR 8546 CNRS ENS-Paris AOrOc), la société archéologique Evéha International et la Soprintendenza archeologica di Pompei. Avec la participation de la fondation ARPAMED, du laboratoire d’anthropologie de Bordeaux, de la société Archeodunum et de l’Institut Universitaire de France. Sous la direction de William Van Andringa (École Pratique des Hautes Études et Institut Universitaire de France) et Henri Duday (UMR 5199 du CNRS PACEA, université de Bordeaux). 2 Volumes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Van Andringa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Creissen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Duday</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sammy Ben Makhad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Bianco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Aoroc, EPHE, PSL, EFR, Arpamed, IUF, Eveha International, Soprintendenza archeologica di Pompei. 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Vinco</w:t>
-[...29 lines deleted...]
-                <w:t xml:space="preserve">hal-02401879v1</w:t>
+                <w:t xml:space="preserve">hal-03962973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">POMPÉI PORTA NOCERA – Campagne 2018. Rapport final d'opération d'archéologie programmée. NAISSANCE ET DÉVELOPPEMENT D’UN PAYSAGE FUNÉRAIRE ROMAIN (Ier siècle av . – Ier siècle apr. J.-C.). Aux portes de la ville et le long de la route de Nocera Pompéi - Fouille de la nécropole romaine de Porta Nocera Programme de recherche de l’École française de Rome en collaboration avec l’université de Lille (Centre de recherches Halma), la société archéologique Evéha International et la Soprintendenza archeologica di Pompei. Avec la participation de la fondation ARPAMED, du laboratoire d’anthropologie de Bordeaux, de la société Archeodunum et de l’Institut Universitaire de France. Sous la direction de William Van Andringa, Thomas Creissen et Henri Duday. Pompéi, 2 volumes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Van Andringa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Creissen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Duday</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reine-Marie Bérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Boisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Arpamed, EFR, Eveha International, Université de Lille 3, Soprintendenza Archeologica di Pompei, IUF. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03962922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Paysage funéraire et suburbium d’une ville romaine de Gaule. Opération triannuelle sur la périphérie orientale de la ville romaine de Lugdunum des Convènes : le site de Saint-Just.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William van Andringa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Granier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Patrick Duchemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Vinco</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] SRA Occitanie. 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02401879v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">POMPÉI PORTA NOCERA – Campagne 2017 (21/08-30/09/2017). Rapport final d'opération d'archéologie programmée. NAISSANCE ET DÉVELOPPEMENT D’UN PAYSAGE FUNÉRAIRE ROMAIN (Ier siècle av. – Ier siècle apr. J.-C.). Aux portes de la ville et le long de la route de Nocera. Fouille de deux secteurs de la nécropole romaine de Porta Nocera. Programme de recherche de l’École française de Rome en collaboration avec l’université de Lille 3 (Centre de recherches Halma), la société archéologique Evéha International et la Soprintendenza archeologica di Pompei. Avec la participation du laboratoire d’anthropologie de Bordeaux, la société Archeodunum, le Helsinki Collegium for Advanced Studies et l’Institut Universitaire de France. Sous la direction de William Van Andringa, Thomas Creissen et Henri Duday. Pompéi, 2 volumes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Van Andringa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Creissen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Duday</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-José Ancel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-José Ancel</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Reine-Marie Bérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">EFR, Eveha International, Université de Lille 3, Soprintendenza Archeologica di Pompei, IUF. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03962749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId120"/>
+      <w:footerReference w:type="default" r:id="rId125"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5784,51 +5906,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="6F32D447"/>
+    <w:nsid w:val="DF865DBA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6015,51 +6137,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jean-patrick-duchemin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1490-8621" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/243722117" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-03645313v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Patrick Duchemin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021LILUH047" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428204v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Doyen" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428237v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Trommenschlager" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428421v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panagiotis P. Iossif" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429111v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494266v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02907354v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04366115v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402192v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Cense-Bacquet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Oueslati" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494277v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02909871v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04443668v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04445716v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494194v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492848v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02909997v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02907555v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05376505v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William van Andringa" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Golosetti" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15h41" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04438509v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Severs" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03644091v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdn.439.0171" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04438540v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04438491v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03030165v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Durand" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Van&#160;andringa" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mefra.9233" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-SCZHBPXN-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006738v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Van Andringa" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02909866v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdn.433.0227" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04438474v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494139v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdn.428.0247" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04445791v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494209v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02438172v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Gomes" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Barbieux" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Montembault" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdn.428.0107" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04453790v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494136v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdn.423.0257" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494133v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdn.418.0229" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454294v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458319v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01652784v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Duvivier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lem&#233;e" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Florent" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Delas" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdn.413.0139" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494130v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdn.413.0323" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494120v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdn.408.0249" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464465v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494234v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494241v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Berthod" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466921v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494114v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdn.403.0313" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494216v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02888991v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006142v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Par&#233;tias" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Marie Adrian" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Lecroq" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lepert" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684417v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Androuin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678191v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanae Azzaye" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Henrique Cavalcante Fraga" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stoil Chapkanski" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209445v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Coupeur" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Coutelas" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Creissen" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Decanter" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964415v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Duday" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Boisson" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Brunner" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anselme Cormier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03962973v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sammy Ben Makhad" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Bianco" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02401879v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Granier" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Vinco" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03962922v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reine-Marie B&#233;rard" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03962749v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233; Ancel" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jean-patrick-duchemin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1490-8621" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/243722117" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-03645313v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Patrick Duchemin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021LILUH047" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428204v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Doyen" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428237v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Trommenschlager" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428421v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panagiotis P. Iossif" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429111v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494266v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02907354v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04366115v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402192v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Cense-Bacquet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Oueslati" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494277v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02909871v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04443668v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04445716v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494194v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492848v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02909997v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02907555v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05376505v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William van Andringa" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Golosetti" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15h41" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04438509v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Severs" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03644091v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdn.439.0171" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04438540v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04438491v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03030165v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Durand" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Van&#160;andringa" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mefra.9233" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-SCZHBPXN-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006738v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Van Andringa" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04438474v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02909866v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdn.433.0227" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494139v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdn.428.0247" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04445791v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494209v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02438172v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Gomes" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Barbieux" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Montembault" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdn.428.0107" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04453790v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494136v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdn.423.0257" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494133v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdn.418.0229" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454294v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458319v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01652784v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Duvivier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lem&#233;e" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Florent" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Delas" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdn.413.0139" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494130v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdn.413.0323" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494120v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdn.408.0249" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464465v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494234v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494241v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Berthod" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466921v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494114v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdn.403.0313" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494216v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02888991v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006142v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Par&#233;tias" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Marie Adrian" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Lecroq" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lepert" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05559287v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamel Hajji" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Hostein" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenn de Larminat" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salem Mokni" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684417v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Androuin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678191v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanae Azzaye" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Henrique Cavalcante Fraga" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stoil Chapkanski" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209445v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Coupeur" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Coutelas" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Creissen" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Decanter" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964415v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Duday" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Boisson" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Brunner" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anselme Cormier" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03962973v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sammy Ben Makhad" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Bianco" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03962922v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reine-Marie B&#233;rard" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02401879v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Granier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Vinco" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03962749v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233; Ancel" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>