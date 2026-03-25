--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -234,239 +234,239 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05517376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The genetics of host plant acceptance in pea aphids</w:t>
+                <w:t xml:space="preserve">STRyper: A macOS application for microsatellite genotyping and chromatogram management</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isobel Eyres</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Jean Peccoud</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/mec.17795⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 20 (2), pp.e0318806. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0318806⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05156900v2</w:t>
+                <w:t xml:space="preserve">hal-04963201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">STRyper: A macOS application for microsatellite genotyping and chromatogram management</w:t>
+                <w:t xml:space="preserve">The genetics of host plant acceptance in pea aphids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Isobel Eyres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hannah Fenton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Jean Peccoud</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 20 (2), pp.e0318806. </w:t>
+              <w:t xml:space="preserve">Molecular Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 34 (21), pp.e17795. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0318806⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/mec.17795⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04963201v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05156900v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phylogenetic relatedness rather than aquatic habitat fosters horizontal transfer of transposable elements in animals</w:t>
               </w:r>
@@ -478,51 +478,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Héloïse Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosina Savisaar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Peccoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Charlat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -876,51 +876,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Rimbault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Legeai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Peccoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Mieuzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1265,90 +1265,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Masculinization of the X-chromosome in aphid soma and gonads</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Jaquiéry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gautier Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Peccoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Peer Community Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 2, pp.e53. </w:t>
@@ -1380,325 +1380,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03999192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monitoring Insect Transposable Elements in Large Double-Stranded DNA Viruses Reveals Host-to-Virus and Virus-to-Virus Transposition</w:t>
+                <w:t xml:space="preserve">Occurrence data for the two cryptic species of Cacopsylla pruni (Hemiptera: Psylloidea)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Loiseau</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Nicolas Sauvion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Peccoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clémence Bouzar</w:t>
+                <w:t xml:space="preserve">Christine N. Meynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandra Guillier</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">David Ouvrard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/molbev/msab198⟩</w:t>
+              <w:t xml:space="preserve">Biodiversity Data Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9, pp.e68860. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3897/BDJ.9.e68860⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03376529v1</w:t>
+                <w:t xml:space="preserve">hal-03230951v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Occurrence data for the two cryptic species of Cacopsylla pruni (Hemiptera: Psylloidea)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Monitoring Insect Transposable Elements in Large Double-Stranded DNA Viruses Reveals Host-to-Virus and Virus-to-Virus Transposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Loiseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Peccoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Sauvion</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean Peccoud</w:t>
+                <w:t xml:space="preserve">Clémence Bouzar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine N. Meynard</w:t>
+                <w:t xml:space="preserve">Sandra Guillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Ouvrard</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jiangbin Fan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biodiversity Data Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 9, pp.e68860. </w:t>
+              <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 38 (9), pp.3512-3530. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3897/BDJ.9.e68860⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/molbev/msab198⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03230951v2</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03376529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transposable Elements and the Evolution of Insects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Peccoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Cordaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1784,51 +1784,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Beltran-Bech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassandre Chupeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Peccoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Thierry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1931,51 +1931,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David R.J. Pleydell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Peccoud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genome Biology and Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 13 (8), </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2048,51 +2048,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bonnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Thébaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Peccoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Labonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2156,51 +2156,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Horizontal transfer and evolution of transposable elements in vertebrates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hua-Hao Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Peccoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Min-Rui-Xuan Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2325,51 +2325,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Miele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien M. de Vienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Peccoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 15 (2), pp.e1007965. </w:t>
@@ -2669,312 +2669,321 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03020063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapid evolution of aphid pests in agricultural environments</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">A Survey of Virus Recombination Uncovers Canonical Features of Artificial Chimeras Generated During Deep Sequencing Library Preparation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Peccoud</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Lequime</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Moltini-Conclois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Lambrechts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Opinion in Insect Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cois.2017.12.009⟩</w:t>
+              <w:t xml:space="preserve">G3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8 (4), pp.1129-1138. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1534/g3.117.300468⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01699353v1</w:t>
+                <w:t xml:space="preserve">hal-01778157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identifying genomic hotspots of differentiation and candidate genes involved in the adaptive divergence of pea aphid host races</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Analyzing Horizontal Transfer of Transposable Elements on a Large Scale: Challenges and Prospects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Peccoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Cordaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Gilbert</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 27 (16), pp.3287 - 3300. </w:t>
+              <w:t xml:space="preserve">BioEssays</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 40 (2), </w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/mec.14799⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/bies.201700177⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01892027v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01696095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A framework for estimating the effects of sequential reproductive barriers: Implementation using Bayesian models with field data from cryptic species</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Peccoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David R.J. Pleydell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Sauvion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Evolution - International Journal of Organic Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 72 (11), pp.2503-2512. </w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3002,576 +3011,567 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01976412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyzing Horizontal Transfer of Transposable Elements on a Large Scale: Challenges and Prospects</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Identifying genomic hotspots of differentiation and candidate genes involved in the adaptive divergence of pea aphid host races</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Nouhaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Gouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Jaquiéry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Peccoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioEssays</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/bies.201700177⟩</w:t>
+              <w:t xml:space="preserve">Molecular Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 27 (16), pp.3287 - 3300. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/mec.14799⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01696095v1</w:t>
+                <w:t xml:space="preserve">hal-01892027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Survey of Virus Recombination Uncovers Canonical Features of Artificial Chimeras Generated During Deep Sequencing Library Preparation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Rapid evolution of aphid pests in agricultural environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Peccoud</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">G3</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 8 (4), pp.1129-1138. </w:t>
+              <w:t xml:space="preserve">Current Opinion in Insect Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 26, pp.17 - 24. </w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1534/g3.117.300468⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cois.2017.12.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-01778157v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01699353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast Evolution and Lineage-Specific Gene Family Expansions of Aphid Salivary Effectors Driven by Interactions with Host-Plants</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Disentangling the Causes for Faster-X Evolution in Aphids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Jaquiéry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Peccoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Boulain</w:t>
+                <w:t xml:space="preserve">Tiphaine Ouisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Legeai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Endrick Guy</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Nadine Douglas</w:t>
+                <w:t xml:space="preserve">Nathalie Prunier Leterme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genome Biology and Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 10 (6), pp.1554-1572. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/gbe/evy097⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 10 (2), pp.507-520. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gbe/evy015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01891942v1</w:t>
+                <w:t xml:space="preserve">hal-03276874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Disentangling the Causes for Faster-X Evolution in Aphids</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean Peccoud</w:t>
+                <w:t xml:space="preserve">Fast Evolution and Lineage-Specific Gene Family Expansions of Aphid Salivary Effectors Driven by Interactions with Host-Plants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Boulain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Legeai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Endrick Guy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tiphaine Ouisse</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Legeai</w:t>
+                <w:t xml:space="preserve">Stéphanie Morliere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Prunier Leterme</w:t>
+                <w:t xml:space="preserve">Nadine Douglas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genome Biology and Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 10 (2), pp.507-520. </w:t>
+              <w:t xml:space="preserve">, 2018, 10 (6), pp.1554-1572. </w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/gbe/evy015⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/gbe/evy097⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03276874v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01891942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Massive horizontal transfer of transposable elements in insects.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Peccoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Loiseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Cordaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3631,51 +3631,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Untangling Heteroplasmy, Structure, and Evolution of an Atypical Mitochondrial Genome by PacBio Sequencing.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Peccoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Amine Chebbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3778,51 +3778,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative analysis of spatial genetic structure in an ant-plant symbiosis reveals a tension zone and highlights speciation processes in tropical Africa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rumsaïs Blatrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Peccoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Born</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3912,51 +3912,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Continuous Influx of Genetic Material from Host to Virus Populations.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Peccoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Chateigner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4033,51 +4033,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic characterisation of new host-specialised biotypes and novel associations with bacterial symbionts in the pea aphid complex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Peccoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Maheo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4085,51 +4085,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon de La Huerta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cindy Laurence</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Simon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Insect conservation and diversity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 8 (5), pp.484-492. </w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4175,77 +4175,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genomics of adaptation to host-plants in herbivorous insects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle d'Alencon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Endrick Guy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Jacquin-Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4303,484 +4303,484 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03419843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inheritance patterns of secondary symbionts during sexual reproduction of pea aphid biotypes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Widespread host-dependent hybrid unfitness in the pea aphid species complex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Peccoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon de La Huerta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joel Bonhomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Manon de La Huerta</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Laurence</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Cosson</w:t>
+                <w:t xml:space="preserve">Yannick Outreman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Insect Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 21 (3), pp.291-300. </w:t>
+              <w:t xml:space="preserve">Evolution - International Journal of Organic Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 68 (10), pp.2983-2995. </w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/1744-7917.12083⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/evo.12478⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01208708v1</w:t>
+                <w:t xml:space="preserve">hal-01208754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Widespread host-dependent hybrid unfitness in the pea aphid species complex</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Genetic control of contagious asexuality in the pea aphid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Jaquiéry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Peccoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Yannick Outreman</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Ouisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Legeai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Prunier-Leterme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Evolution - International Journal of Organic Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/evo.12478⟩</w:t>
+              <w:t xml:space="preserve">PLoS Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 10 (12), pp.e1004838. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1004838⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01208754v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01701165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic control of contagious asexuality in the pea aphid</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Inheritance patterns of secondary symbionts during sexual reproduction of pea aphid biotypes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Peccoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Prunier-Leterme</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joel Bonhomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Maheo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon de La Huerta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Cosson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Genetics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Insect Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 21 (3), pp.291-300. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1744-7917.12083⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1004838⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01701165v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01208708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genomic regions repeatedly involved in divergence among plant-specialized pea aphid biotypes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Nouhaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Peccoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Mahéo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4857,77 +4857,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular tests to assign individuals within the Cacospylla pruni complex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Peccoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Labonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Sauvion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 8 (8), pp.e72454. </w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4974,64 +4974,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Horizontally Transmitted Symbionts and Host Colonization of Ecological Niches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lee M. Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Peccoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jarrod D. Hadfield</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5369,307 +5369,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00687667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolutionary history of aphid-plant associations and their role in aphid diversification.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">The pea aphid complex as a model of ecological speciation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Peccoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Simon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Biologies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.crvi.2010.03.004⟩</w:t>
+              <w:t xml:space="preserve">Ecological Entomology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 35 (s1), pp.119-130. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2311.2009.01147.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00729508v1</w:t>
+                <w:t xml:space="preserve">hal-02662956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The pea aphid complex as a model of ecological speciation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Evolutionary history of aphid-plant associations and their role in aphid diversification.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Peccoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Simon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. von Dohlen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Coeur d'Acier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Plantegenest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecological Entomology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Comptes Rendus. Biologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 333 (6-7), pp.474-87. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.crvi.2010.03.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1365-2311.2009.01147.x⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02662956v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00729508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Post-Pleistocene radiation of the pea aphid complex revealed by rapidly evolving endosymbionts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Peccoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heather Mclaughlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5729,90 +5729,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A continuum of genetic divergence from sympatric host races to species in the pea aphid complex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Peccoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Ollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Plantegenest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Simon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 106 (18), pp.7495-7500. </w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5846,51 +5846,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Host range expansion of an introduced insect pest through multiple colonizations of specialized clones.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Peccoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C.C. Figueroa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6189,51 +6189,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bouziane Moumen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Peccoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">REID 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Lyon, France</w:t>
@@ -6387,51 +6387,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A virus feminizes carriers in a pill bug</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Peccoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théo Ulvé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6564,51 +6564,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bouziane Moumen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Peccoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée Thématique MuFoPAM 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Réseau MuFoPAM, Oct 2024, Paris, France</w:t>
@@ -6637,64 +6637,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation d'espèces cryptiques du psylle Cacopsylla pruni, insecte vecteur d'une maladie des Prunus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Sauvion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Peccoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Pleydell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7082,51 +7082,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Pleydell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Peccoud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7183,51 +7183,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Bonnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gael Thébaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Peccoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Labonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7266,77 +7266,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A framework for estimating the effects of sequential reproductive barriers: implementation using Bayesian models with field data from cryptic species</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Peccoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David R.J. Pleydell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Sauvion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
@@ -7547,51 +7547,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spéciation écologique et radiation adaptative dans le complexe du puceron du pois, Acyrthosiphon pisum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Peccoud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences du Vivant [q-bio]. AGROCAMPUS OUEST, 2009. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -7787,51 +7787,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517376v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pigeault" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Dussert" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Jorge" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo Ulve" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Panza" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1758-2229.70286" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05156900v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isobel Eyres" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Fenton" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Simon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Peccoud" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Ferrari" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.17795" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963201v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0318806" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04899724v2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Muller" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosina Savisaar" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Charlat" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Gilbert" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/gr.280432.125" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05325843v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Lh&#233;raud" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Amine Chebbi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Giraud" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Cordaux" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsbl.2025.0287" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684140v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvine Durand" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Loisier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bech" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41437-024-00713-1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04232477v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Rimbault" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Legeai" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Mieuzet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Call" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evad168" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03959969v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Lheraud" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Grandjean" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsbl.2022.0457" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240965v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyb&#232;le Prigot-Maurice" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Gu&#233;ritault" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Beltran-Bech" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jip.2023.107893" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03999192v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Jaqui&#233;ry" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Robin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Richard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.166" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376529v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Loiseau" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Bouzar" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Guillier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiangbin Fan" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msab198" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230951v2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sauvion" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine N. Meynard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ouvrard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/BDJ.9.e68860" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376520v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev-ento-070720-074650" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322986v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandre Chupeau" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Thierry" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cz/zoaa078" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376524v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David R.J. Pleydell" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evab121" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02548441v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Marie-Jeanne" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bonnot" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Th&#233;baud" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Labonne" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-61908-0" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020048v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hua-Hao Zhang" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Min-Rui-Xuan Xu" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao-Gu Zhang" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Gilbert" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-15149-4" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140494v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233; Reiss" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gladys Mialdea" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Miele" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien M. de Vienne" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1007965" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341008v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Becking" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouziane Moumen" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msz010" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020063v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffany Laverr&#233;" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3000438" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01699353v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cois.2017.12.009" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01892027v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Nouhaud" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gautier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Gouin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.14799" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01976412v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/evo.13595" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01696095v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bies.201700177" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01778157v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Lequime" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Moltini-Conclois" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Lambrechts" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/g3.117.300468" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01891942v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Boulain" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Endrick Guy" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Morliere" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Douglas" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evy097" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03276874v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Ouisse" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Prunier Leterme" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evy015" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513704v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1621178114" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01586985v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Cormier" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/genetics.117.203380" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02315946v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rumsa&#239;s Blatrix" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Born" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Finn Piatscheck" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Benoit" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbi.12972" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01266766v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Chateigner" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1005838" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01252653v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Maheo" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon de La Huerta" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Laurence" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/icad.12131" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-9C9021WJ-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03419843v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle d'Alencon" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Jacquin-Joly" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bfgp/elv015" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208708v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Bonhomme" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cosson" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1744-7917.12083" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-4F1H3C8R-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208754v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Outreman" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/evo.12478" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701165v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Prunier-Leterme" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1004838" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01178940v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Mah&#233;o" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jeb.12441" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922692v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Labonne" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0072454" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652552v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lee M. Henry" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jarrod D. Hadfield" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin J. C. Maiden" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2013.07.029" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653040v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.W. A'Hara" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Amouroux" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Argo" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arman Avand-Faghih" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashoktaru Barat" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1755-0998.2011.03088.x" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00687667v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Arias" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Arnoux" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James J. Bell" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abel Bernadou" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgia Bino" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1755-0998.2012.03133.x" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-WW01DH7F-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729508v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Peccoud" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. von Dohlen" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Coeur d'Acier" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Plantegenest" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crvi.2010.03.004" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0649PWMK-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662956v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2311.2009.01147.x" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668379v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heather Mclaughlin" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Moran" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0905129106" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667909v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Ollivier" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0811117106" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729150v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.C. Figueroa" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.X. Silva" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.C. Ramirez" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mieuzet" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-294X.2008.03949.x" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509163v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Ulv&#233;" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Lafitte" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05518405v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Braquart-Varnier" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Pailler" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05508674v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499774v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05518411v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927485v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pleydell" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Limon" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05399359v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535542v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02915466v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02930062v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Bonnot" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Th&#233;baud" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02916017v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05525243v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Gueritault" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02818988v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517376v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pigeault" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Dussert" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Jorge" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo Ulve" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Panza" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1758-2229.70286" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963201v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Peccoud" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0318806" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05156900v2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isobel Eyres" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Fenton" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Simon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Ferrari" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.17795" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04899724v2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Muller" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosina Savisaar" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Charlat" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Gilbert" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/gr.280432.125" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05325843v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Lh&#233;raud" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Amine Chebbi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Giraud" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Cordaux" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsbl.2025.0287" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684140v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvine Durand" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Loisier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bech" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41437-024-00713-1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04232477v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Rimbault" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Legeai" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Mieuzet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Call" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evad168" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03959969v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Lheraud" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Grandjean" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsbl.2022.0457" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240965v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyb&#232;le Prigot-Maurice" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Gu&#233;ritault" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Beltran-Bech" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jip.2023.107893" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03999192v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Jaqui&#233;ry" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Robin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Richard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.166" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230951v2" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sauvion" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine N. Meynard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ouvrard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/BDJ.9.e68860" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376529v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Loiseau" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Bouzar" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Guillier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiangbin Fan" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msab198" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376520v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev-ento-070720-074650" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322986v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandre Chupeau" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Thierry" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cz/zoaa078" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376524v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David R.J. Pleydell" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evab121" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02548441v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Marie-Jeanne" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bonnot" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Th&#233;baud" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Labonne" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-61908-0" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020048v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hua-Hao Zhang" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Min-Rui-Xuan Xu" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao-Gu Zhang" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Gilbert" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-15149-4" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140494v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233; Reiss" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gladys Mialdea" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Miele" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien M. de Vienne" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1007965" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341008v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Becking" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouziane Moumen" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msz010" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020063v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffany Laverr&#233;" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3000438" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01778157v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Lequime" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Moltini-Conclois" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Lambrechts" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/g3.117.300468" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01696095v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bies.201700177" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01976412v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/evo.13595" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01892027v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Nouhaud" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gautier" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Gouin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.14799" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01699353v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cois.2017.12.009" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03276874v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Ouisse" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Prunier Leterme" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evy015" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01891942v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Boulain" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Endrick Guy" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Morliere" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Douglas" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evy097" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513704v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1621178114" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01586985v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Cormier" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/genetics.117.203380" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02315946v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rumsa&#239;s Blatrix" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Born" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Finn Piatscheck" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Benoit" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbi.12972" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01266766v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Chateigner" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1005838" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01252653v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Maheo" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon de La Huerta" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Laurence" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/icad.12131" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-9C9021WJ-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03419843v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle d'Alencon" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Jacquin-Joly" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bfgp/elv015" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208754v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Bonhomme" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Outreman" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/evo.12478" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701165v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Prunier-Leterme" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1004838" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208708v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cosson" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1744-7917.12083" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-4F1H3C8R-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01178940v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Mah&#233;o" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jeb.12441" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922692v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Labonne" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0072454" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652552v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lee M. Henry" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jarrod D. Hadfield" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin J. C. Maiden" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2013.07.029" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653040v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.W. A'Hara" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Amouroux" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Argo" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arman Avand-Faghih" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashoktaru Barat" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1755-0998.2011.03088.x" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00687667v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Arias" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Arnoux" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James J. Bell" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abel Bernadou" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgia Bino" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1755-0998.2012.03133.x" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-WW01DH7F-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662956v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2311.2009.01147.x" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729508v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Peccoud" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. von Dohlen" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Coeur d'Acier" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Plantegenest" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crvi.2010.03.004" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0649PWMK-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668379v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heather Mclaughlin" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Moran" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0905129106" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667909v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Ollivier" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0811117106" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729150v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.C. Figueroa" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.X. Silva" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.C. Ramirez" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mieuzet" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-294X.2008.03949.x" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509163v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Ulv&#233;" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Lafitte" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05518405v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Braquart-Varnier" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Pailler" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05508674v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499774v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05518411v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927485v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pleydell" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Limon" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05399359v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535542v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02915466v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02930062v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Bonnot" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Th&#233;baud" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02916017v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05525243v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Gueritault" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02818988v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>