--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -469,295 +469,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04738368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Versatility of dislocation motions in polycrystalline UO2 deformed at 1550 °C investigated by TEM</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Oxygen diffusion coefficient in the γ phase of a TiAl GE alloy determined by SIMS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Thenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Monceau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Onofri</w:t>
+                <w:t xml:space="preserve">Damien Connétable</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Sallot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.P. Monchoux</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">C. Sabathier</w:t>
+                <w:t xml:space="preserve">Marie-Amandine Pinault-Thaury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scripta Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2024.116034⟩</w:t>
+              <w:t xml:space="preserve">Intermetallics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 172, pp.108367. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/J.INTERMET.2024.108367⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04738351v1</w:t>
+                <w:t xml:space="preserve">hal-04620166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxygen diffusion coefficient in the γ phase of a TiAl GE alloy determined by SIMS</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Daniel Monceau</w:t>
+                <w:t xml:space="preserve">Versatility of dislocation motions in polycrystalline UO2 deformed at 1550 °C investigated by TEM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Onofri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Monchoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Amodeo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Connétable</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Sallot</w:t>
+                <w:t xml:space="preserve">R. Madec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Amandine Pinault-Thaury</w:t>
+                <w:t xml:space="preserve">C. Sabathier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Intermetallics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 172, pp.108367. </w:t>
+              <w:t xml:space="preserve">Scripta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 244, pp.116034. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/J.INTERMET.2024.108367⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2024.116034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04620166v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04738351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ω precipitation and its influence on the deformation mechanisms of a TNM Ti-Al alloy</w:t>
               </w:r>
@@ -2071,51 +2071,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Sallot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Monchoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Connétable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computational Materials Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 201, pp.110933. </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2283,51 +2283,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theoretical study of oxygen insertion and diffusivity in the g-TiAl L10 system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Connétable</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Prillieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3294,278 +3294,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02103464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spark plasma sintering microscopic mechanisms of metallic systems: experiments and simulations</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Lise Durand</w:t>
+                <w:t xml:space="preserve">Pure climb of [001] dislocations in TiAl at 850 °C</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soumaya Naanani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Monchoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Mabru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Couret</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Ceramic Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jace.15999⟩</w:t>
+              <w:t xml:space="preserve">Scripta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 149, pp.53-57. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2018.02.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01907558v1</w:t>
+                <w:t xml:space="preserve">hal-01829956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pure climb of [001] dislocations in TiAl at 850 °C</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Catherine Mabru</w:t>
+                <w:t xml:space="preserve">Spark plasma sintering microscopic mechanisms of metallic systems: experiments and simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zofia Trzaska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Collard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Couret</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc M Chaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scripta Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2018.02.002⟩</w:t>
+              <w:t xml:space="preserve">Journal of the American Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jace.15999⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01829956v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01907558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Densification of Ni and TiAl by SPS: kinetics and microscopic mechanisms</w:t>
               </w:r>
@@ -3694,51 +3694,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Legros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Plassat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.P. Monchoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">É. Pihan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3811,51 +3811,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Joseph</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Gauthier-Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.P. Monchoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Joulain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3925,378 +3925,378 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01907492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a TiAl Alloy by Spark Plasma Sintering</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marc Thomas</w:t>
+                <w:t xml:space="preserve">Comparison of densification kinetics of a TiAl powder by spark plasma sintering and hot pressing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zofia Trzaska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Bonnefont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilbert Fantozzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Monchoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JOM Journal of the Minerals, Metals and Materials Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11837-017-2549-6⟩</w:t>
+              <w:t xml:space="preserve">Acta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 135, pp.1 - 13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actamat.2017.06.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01907525v1</w:t>
+                <w:t xml:space="preserve">hal-01726589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deformation modes and size effect in near-γ TiAl alloys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Monchoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jiangshan Luo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Voisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Couret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Materials Science and Engineering: A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 679, pp.123 - 132. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.msea.2016.09.092⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01907480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of densification kinetics of a TiAl powder by spark plasma sintering and hot pressing</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Gilbert Fantozzi</w:t>
+                <w:t xml:space="preserve">Development of a TiAl Alloy by Spark Plasma Sintering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Couret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Voisin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Monchoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Materialia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 135, pp.1 - 13. </w:t>
+              <w:t xml:space="preserve">JOM Journal of the Minerals, Metals and Materials Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 69 (12), pp.2576 - 2582. </w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.actamat.2017.06.004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11837-017-2549-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01726589v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01907525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theoretical and experimental investigations of local overheating at particle contacts in spark plasma sintering</w:t>
               </w:r>
@@ -4769,315 +4769,315 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01426453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On grain refinement of a gamma-TiAl alloy using cryo-milling followed by spark plasma sintering</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An Innovative Way to Produce γ-TiAl Blades: Spark Plasma Sintering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Voisin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Monchoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thangaraju Shanmugasundaram</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nikhil Karnatak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Intermetallics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.intermet.2015.07.007⟩</w:t>
+              <w:t xml:space="preserve">Advanced Engineering Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 17 (10), pp.1408-1413. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/adem.201500019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01514746v1</w:t>
+                <w:t xml:space="preserve">hal-01726307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Innovative Way to Produce γ-TiAl Blades: Spark Plasma Sintering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Voisin</w:t>
+                <w:t xml:space="preserve">On grain refinement of a gamma-TiAl alloy using cryo-milling followed by spark plasma sintering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thangaraju Shanmugasundaram</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Guyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Monchoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Lise Durand</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Hazotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nikhil Karnatak</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Emmanuel Bouzy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Engineering Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 17 (10), pp.1408-1413. </w:t>
+              <w:t xml:space="preserve">Intermetallics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 66, pp.141-148. </w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/adem.201500019⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.intermet.2015.07.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01726307v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01514746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electromigration experiments by spark plasma sintering in the silver-zinc system</w:t>
               </w:r>
@@ -5442,90 +5442,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of powder state on spark plasma sintering of TiAl alloys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Guyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Hazotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Monchoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Bouzy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Intermetallics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 34, pp.94-100. </w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6375,256 +6375,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01722640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wetting of grain boundary by liquid metals</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Morphological changes of graphite spheroids during heat-treatment of ductile cast-irons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Monchoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eugen Rabkin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Monchoux</w:t>
+                <w:t xml:space="preserve">Catherine Verdu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Chatain</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">J. Bernardini</w:t>
+                <w:t xml:space="preserve">Gilbert Thollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Fougeres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Reynaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transactions of Joining and Welding Research Institute</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001</w:t>
+              <w:t xml:space="preserve">Acta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, pp.4355-4362</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01781579v1</w:t>
+                <w:t xml:space="preserve">hal-00475300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morphological changes of graphite spheroids during heat-treatment of ductile cast-irons</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Wetting of grain boundary by liquid metals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugen Rabkin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Monchoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Reynaud</w:t>
+                <w:t xml:space="preserve">Dominique Chatain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Bernardini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Materialia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, pp.4355-4362</w:t>
+              <w:t xml:space="preserve">Transactions of Joining and Welding Research Institute</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00475300v1</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01781579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (10)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6767,90 +6767,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of the low cyclic behaviour of the IRIS alloy at high temperature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soumaya Naanani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Hantcherli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Hor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Mabru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Monchoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7069,51 +7069,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-P. Monchoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Hantcherli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Mabru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SF2M, Journées Annuelles (JA 2016), Matériaux pour le domaine aérospatial : de l’innovation dans l’air, Albi, France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Albi, France</w:t>
@@ -7136,243 +7136,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02047809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microstructure and Mechanical Properties of the IRIS - TiAl alloy densified by SPS</w:t>
+                <w:t xml:space="preserve">Spark Plasma Sintering (SPS): A route for manufacturing TiAl blades ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Couret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Monchoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Voisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marc Thomas</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Marc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MRS fall meeting, Symposium on Intermetallics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2016, Boston, United States</w:t>
+              <w:t xml:space="preserve">THERMEC 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Graz, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01761897v1</w:t>
+                <w:t xml:space="preserve">hal-01761887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spark Plasma Sintering (SPS): A route for manufacturing TiAl blades ?</w:t>
+                <w:t xml:space="preserve">Microstructure and Mechanical Properties of the IRIS - TiAl alloy densified by SPS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Couret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Monchoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Voisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Thomas Marc</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">THERMEC 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Graz, Austria</w:t>
+              <w:t xml:space="preserve">MRS fall meeting, Symposium on Intermetallics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Boston, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01761887v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01761897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Subgrains, micro-twins and dislocations characterization in monolike Si using TEM and in-situ TEM</w:t>
               </w:r>
@@ -8629,51 +8629,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411573v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Habiyaremye" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Thenot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sallot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Monceau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Monchoux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.INTERMET.2025.109108" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738368v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2024.116349" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738351v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Onofri" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Monchoux" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Amodeo" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Madec" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sabathier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2024.116034" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620166v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Conn&#233;table" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Amandine Pinault-Thaury" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.INTERMET.2024.108367" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769519v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Mol&#233;nat" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe P Monchoux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Warot-Fonrose" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Couret" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchar.2024.114509" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692784v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Saviot" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sallamand" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Marcelot" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Cours" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmrt.2024.08.096" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248755v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Ferry" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2023.115679" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281588v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Galy" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Musi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Hantcherli" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2023.115333" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888037v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Stark" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Schell" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2022.101475" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03737463v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Toualbi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.intermet.2022.107653" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588670v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Reyes" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virgil Malard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Drawin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.intermet.2022.107509" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281765v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haowei Xu" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=So Yeon Kim" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Di Chen" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Voisin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/advs.202203555" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03389681v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helmut Clemens" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2021.114233" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03805151v2" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Deshayes" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/met12111915" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03370406v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Besson" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.commatsci.2021.110933" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03150812v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Durand" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zofia Trzaska" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/met11020322" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031898v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Prillieux" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-648X/ab6a2f" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031131v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Fernando Reyes Vasquez" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Thomas" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ratel-Ramond" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2020.07.061" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02860033v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Bacos" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Ceccacci" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Davoine" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gheno" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-020-09973-8" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314662v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sallot" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Jouli&#233;" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Thomas" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.intermet.2020.106729" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391806v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Caillard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2019.09.056" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03012778v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Collard" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Chaix" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.15999" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907585v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Joseph" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Gauthier-Brunet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Joulain" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Bonneville" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dubois" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchar.2018.09.025" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02103464v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Denquin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Philippe Monchoux" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/MSF.941.1264" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907558v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc M Chaix" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829956v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumaya Naanani" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mabru" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2018.02.002" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907583v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11661-018-4775-0" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907536v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Lantreibecq" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Legros" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Plassat" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;. Pihan" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2017.11.024" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907492v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Joseph" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Gauthier-Brunet" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Joulain" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Brisset" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2016.12.221" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BK17HN0V-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907525v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11837-017-2549-6" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907480v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiangshan Luo" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2016.09.092" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726589v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bonnefont" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Fantozzi" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2017.06.004" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01624456v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.powtec.2017.08.033" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726305v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Perrut" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.intermet.2016.01.003" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726306v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2016.07.043" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K705L82H-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426453v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11661-016-3801-3" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01514746v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thangaraju Shanmugasundaram" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Guyon" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Hazotte" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bouzy" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.intermet.2015.07.007" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M7PXM1BM-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726307v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikhil Karnatak" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adem.201500019" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-DSDXSN87-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01730177v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2015.02.122" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GX7K9CPQ-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726309v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svea Mayer" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2014.03.058" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-48RM4C3B-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726312v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houria Jabbar" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Pyczak" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.intermet.2013.10.019" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01501432v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.intermet.2012.11.005" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-09CKXGB7-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01742044v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Houdellier" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Doll&#233;" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank-Peter Schimansky" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.intermet.2010.07.024" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00171114v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Wynblatt" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chatain" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ranguis" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Moon" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00303651v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021696v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01722651v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.susc.2004.11.004" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0PN4B23S-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01722650v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2004.01.034" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TVM3B4TH-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01722640v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bernardini" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Rabkin" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp4:20020336" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/2C17CC3EBAADDE91E89A1BD8801395AF78E35CAD/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01781579v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugen Rabkin" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Chatain" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00475300v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Verdu" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Thollet" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Fougeres" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Reynaud" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055885v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Kuris" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Tsoutsouva" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Vaubois" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Bachelier-Locq" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Rio" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01914193v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Hor" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01727371v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02047809v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Naanani" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Couret" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Monchoux" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761897v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761887v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Marc" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01571054v2" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Pihan" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Marie" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Legros" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761864v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761769v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726311v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390066v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-05327-7_4" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845083v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-41543-7_3" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939771v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Menny" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Rouilly" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Mazars" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Neumeyer" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440907v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440914v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440899v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248769v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411573v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Habiyaremye" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Thenot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sallot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Monceau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Monchoux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.INTERMET.2025.109108" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738368v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2024.116349" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620166v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Conn&#233;table" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Amandine Pinault-Thaury" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.INTERMET.2024.108367" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738351v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Onofri" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Monchoux" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Amodeo" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Madec" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sabathier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2024.116034" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769519v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Mol&#233;nat" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe P Monchoux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Warot-Fonrose" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Couret" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchar.2024.114509" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692784v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Saviot" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sallamand" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Marcelot" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Cours" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmrt.2024.08.096" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248755v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Ferry" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2023.115679" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281588v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Galy" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Musi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Hantcherli" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2023.115333" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888037v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Stark" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Schell" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2022.101475" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03737463v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Toualbi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.intermet.2022.107653" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588670v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Reyes" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virgil Malard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Drawin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.intermet.2022.107509" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281765v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haowei Xu" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=So Yeon Kim" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Di Chen" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Voisin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/advs.202203555" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03389681v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helmut Clemens" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2021.114233" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03805151v2" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Deshayes" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/met12111915" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03370406v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Besson" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.commatsci.2021.110933" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03150812v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Durand" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zofia Trzaska" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/met11020322" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031898v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Prillieux" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-648X/ab6a2f" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031131v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Fernando Reyes Vasquez" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Thomas" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ratel-Ramond" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2020.07.061" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02860033v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Bacos" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Ceccacci" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Davoine" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gheno" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-020-09973-8" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314662v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sallot" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Jouli&#233;" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Thomas" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.intermet.2020.106729" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391806v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Caillard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2019.09.056" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03012778v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Collard" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Chaix" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.15999" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907585v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Joseph" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Gauthier-Brunet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Joulain" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Bonneville" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dubois" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchar.2018.09.025" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02103464v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Denquin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Philippe Monchoux" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/MSF.941.1264" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829956v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumaya Naanani" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mabru" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2018.02.002" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907558v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc M Chaix" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907583v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11661-018-4775-0" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907536v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Lantreibecq" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Legros" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Plassat" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;. Pihan" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2017.11.024" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907492v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Joseph" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Gauthier-Brunet" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Joulain" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Brisset" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2016.12.221" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BK17HN0V-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726589v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bonnefont" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Fantozzi" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2017.06.004" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907480v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiangshan Luo" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2016.09.092" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907525v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11837-017-2549-6" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01624456v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.powtec.2017.08.033" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726305v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Perrut" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.intermet.2016.01.003" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726306v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2016.07.043" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K705L82H-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426453v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11661-016-3801-3" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726307v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikhil Karnatak" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adem.201500019" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-DSDXSN87-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01514746v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thangaraju Shanmugasundaram" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Guyon" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Hazotte" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bouzy" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.intermet.2015.07.007" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M7PXM1BM-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01730177v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2015.02.122" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GX7K9CPQ-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726309v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svea Mayer" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2014.03.058" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-48RM4C3B-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726312v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houria Jabbar" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Pyczak" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.intermet.2013.10.019" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01501432v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.intermet.2012.11.005" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-09CKXGB7-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01742044v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Houdellier" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Doll&#233;" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank-Peter Schimansky" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.intermet.2010.07.024" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00171114v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Wynblatt" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chatain" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ranguis" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Moon" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00303651v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021696v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01722651v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.susc.2004.11.004" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0PN4B23S-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01722650v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2004.01.034" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TVM3B4TH-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01722640v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bernardini" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Rabkin" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp4:20020336" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/2C17CC3EBAADDE91E89A1BD8801395AF78E35CAD/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00475300v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Verdu" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Thollet" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Fougeres" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Reynaud" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01781579v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugen Rabkin" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Chatain" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055885v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Kuris" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Tsoutsouva" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Vaubois" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Bachelier-Locq" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Rio" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01914193v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Hor" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01727371v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02047809v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Naanani" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Couret" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Monchoux" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761887v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Marc" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761897v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01571054v2" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Pihan" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Marie" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Legros" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761864v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761769v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726311v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390066v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-05327-7_4" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845083v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-41543-7_3" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939771v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Menny" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Rouilly" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Mazars" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Neumeyer" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440907v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440914v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440899v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248769v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>