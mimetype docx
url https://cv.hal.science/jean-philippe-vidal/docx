--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Jean-Philippe Vidal </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">jean-philippe-vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-3748-6150</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">087655829</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.researcherid.com/rid/E-6187-2010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (61)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uncertainty sources in a large ensemble of hydrological projections: Regional Climate Models and Internal Variability matter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Evin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Hingray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Ducharne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Strohmenger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 30 (4), pp.1023-1051. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/hess-30-1023-2026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05520086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projections of streamflow intermittence under climate change in European drying river networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Mimeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annika Künne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Branger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sven Kralisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 29 (6), pp.1615-1636. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/hess-29-1615-2025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05014561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Future streamflow along the French part of the Meuse River - a closer look at uncertainties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lila Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Rousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Delaigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Francois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LHB Hydroscience Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 111 (1), pp.2484192. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/27678490.2025.2484192⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05051634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flow intermittence prediction using a hybrid hydrological modelling approach: influence of observed intermittence data on the training of a random forest model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Mimeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annika Künne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Branger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sven Kralisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 28 (4), pp.851-871. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/hess-28-851-2024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04521207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Duration of Dry Events Promotes PVC Film Fragmentation in Intermittent Rivers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nans Barthélémy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Mermillod-Blondin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Krause</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Mimeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 58 (28), pp.12621-12632. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.est.4c00528⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04660274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">140-year daily ensemble streamflow reconstructions over 661 catchments in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Vannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurie Caillouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 28 (14), pp.3457-3474. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/hess-28-3457-2024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04626811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Past and future discharge and stream temperature at high spatial resolution in a large European basin (Loire basin, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanieh Seyedhashemi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florentina Moatar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Thiéry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth System Science Data</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 15 (7), pp.2827-2839. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/essd-15-2827-2023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04182605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the visual detection of non-natural records in streamflow time series: challenges and impacts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Strohmenger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Bonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Branger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 27 (18), pp.3375-3391. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/hess-27-3375-2023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04214908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floods and Heavy Precipitation at the Global Scale: 100‐Year Analysis and 180‐Year Reconstruction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Mcinerney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Westra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Leonard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Kavetski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 128 (9), </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2022JD037908⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04111887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A transition support system to build decarbonization scenarios in the academic community</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gratiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Klein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marceau Challet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dangles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Janicot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLOS Sustainability and Transformation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 2 (4), pp.e0000049. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pstr.0000049⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04126329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of expert elicitation to assign weights to climate and hydrological models in climate impact studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Sebok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Jørgen Henriksen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ernesto Pastén-Zapata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Berg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 26 (21), pp.5605 - 5625. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/hess-26-5605-2022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03869478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vulnerability of water resource management to climate change: Application to a Pyrenean valley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peng Huang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natacha Da Riba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydrology: Regional Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 44, pp.101241. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejrh.2022.101241⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03850644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OSSEC Rhône : outil opérationnel de suivi des étiages en temps réel sur le Rhône</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blaise Calmel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurie Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Delamarre Pobanz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LHB Hydroscience Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/27678490.2022.2058428⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03791204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Streamflow droughts aggravated by human activities despite management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne van Loon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sally Rangecroft</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gemma Coxon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micha Werner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Niko Wanders</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Research Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 17 (4), pp.044059. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-9326/ac5def⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03791215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regional, multi-decadal analysis on the Loire River basin reveals that stream temperature increases faster than air temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanieh Seyedhashemi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacob Diamond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Thiéry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Monteil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 26 (9), pp.2583-2603. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/hess-26-2583-2022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03684242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lessons from the 2018–2019 European droughts: a collective need for unifying drought risk management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veit Blauhut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Stoelzle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauri Ahopelto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuela Brunner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Teutschbein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Natural Hazards and Earth System Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 22 (6), pp.2201-2217. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/nhess-22-2201-2022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03791341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal signatures identify the influence of dams and ponds on stream temperature at the regional scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanieh Seyedhashemi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florentina Moatar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacob Diamond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Beaufort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 766, pp.1-13. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2020.142667⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03120642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatiotemporal and cross-scale interactions in hydroclimate variability: a case-study in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Fossa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Dieppois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Massei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît B. Laignel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 25 (11), pp.5683-5702. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/hess-25-5683-2021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03470904v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Securing Biodiversity, Functional Integrity, and Ecosystem Services in Drying River Networks (DRYvER)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Datry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Allen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Argelich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Barquín</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nuria Bonada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research Ideas and Outcomes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 7, </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3897/rio.7.e77750⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03807330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intercomparaison des évènements d’étiage extrême en France depuis 1871</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurie Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LHB Hydroscience Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 107 (1), pp.1914463. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00186368.2021.1914463⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03470885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FYRE Climate: a high-resolution reanalysis of daily precipitation and temperature in France from 1871 to 2012</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Vannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate of the Past</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 17 (5), pp.1857-1879. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/cp-17-1857-2021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03470892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intermittent rivers and ephemeral streams: Perspectives for critical zone science and research on socio‐ecosystems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ophélie Fovet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Belemtougri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurie Boithias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Braud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Charlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wiley Interdisciplinary Reviews: Water</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 8 (4), pp.e1523. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/wat2.1523⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03223974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Challenges for drought assessment in the Mediterranean region under future climate scenarios</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Tramblay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aristeidis Koutroulis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Samaniego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio M Vicente-Serrano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Volaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth-Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 210, pp.103348. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.earscirev.2020.103348⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03024459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moving beyond the catchment scale: Value and opportunities in large‐scale hydrology to understand our changing world</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Kingston</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Massei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Dieppois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Hannah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Hartmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrological Processes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 34 (10), pp.2292-2298. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/hyp.13729⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02886410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The challenges of hydrological drought definition, quantification and communication: an interdisciplinary perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kerstin Stahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jamie Hannaford</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erik Tijdeman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregor Laaha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of IAHS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 383, pp.291-295. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/piahs-383-291-2020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03120746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A framework for high‐resolution meteorological surface reanalysis through offline data assimilation in an ensemble of downscaled reconstructions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Graff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Vannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quarterly Journal of the Royal Meteorological Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 146 (726), pp.153-173. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/qj.3663⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climate, Irrigation, and Land Cover Change Explain Streamflow Trends in Countries Bordering the Northeast Atlantic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.M. Vicente-Serrano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Peña‐gallardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Hannaford</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conor Murphy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Lorenzo‐lacruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geophysical Research Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 46 (19), pp.10821-10833. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2019GL084084⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uncertainty component estimates in transient climate projections.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Hingray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Blanchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Evin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 53 (5-6), pp.2501-2516. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00382-019-04635-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02327452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Twenty-three unsolved problems in hydrology (UPH) – a community perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Günter Blöschl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc F P Bierkens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Chambel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cudennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georgia Destouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrological Sciences Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 64 (10), pp.1141-1158. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/02626667.2019.1620507⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02280747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SCOPE Climate: a 142-year daily high-resolution ensemble meteorological reconstruction dataset over France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Graff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Soubeyroux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth System Science Data</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 11, pp.241-260. </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/essd-11-241-2019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02608845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation et comparaison de séries de précipitations historiques dans des sous-bassins versants de la Meuse et de la Moselle, 1871-2004</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Delus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Grelier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Francois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Drogue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climatologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 16, pp.52-71. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4267/climatologie.1378⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02946283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybridation de réanalyses météorologiques de surface pour les zones de montagne : exemple du produit DuO sur le bassin de la Durance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Magand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Ducharne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Tilmant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Le Moine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Houille Blanche - Revue internationale de l'eau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 3 (3), pp.77 - 85. </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/lhb/2018035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01899583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial verification of ensemble precipitation: an ensemble version of SAL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Radanovics</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Weather and Forecasting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 33 (4), pp.1001-1020. </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1175/WAF-D-17-0162.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01807275v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Space-time variability of climate variables and intermittent renewable electricity production. A review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kolbjorn Engeland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Borga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐dominique Creutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria-Helena Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Renewable and Sustainable Energy Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 79, pp.600-617. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.rser.2017.05.046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01555809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explore 2070 : Quelle utilisation d'un exercice prospectif sur les impacts des changements climatiques à l'échelle nationale pour définir des stratégies d'adaptation ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Carroget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Chazot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 22, pp.4-11. </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14758/SET-REVUE.2017.22.02⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01505344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ensemble reconstruction of spatio-temporal extreme low-flow events in France since 1871</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Graff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 21 (6), pp.2923-2951. </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/hess-21-2923-2017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01547151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The European 2015 drought from a hydrological perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Laaha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Gauster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Tallaksen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Stahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 21 (6), pp.3001-3024. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/hess-21-3001-2017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01586707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probabilistic precipitation and temperature downscaling of the Twentieth Century Reanalysis over France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Graff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate of the Past</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 12 (3), pp.635-662. </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/cp-12-635-2016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01320961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le partage de la ressource en eau sur la Durance en 2050 : vers une évolution du mode de gestion des grands ouvrages duranciens ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Arama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénie Blanc Coutagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Bouscasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Branger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Houille Blanche - Revue internationale de l'eau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 2016 (5), pp.25-31. </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/lhb/201604625⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01406130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hierarchy of climate and hydrological uncertainties in transient low-flow projections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Hingray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Magand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Ducharne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 20 (9), pp.3651 - 3672. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/hess-20-3651-2016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01388009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrology needed to manage droughts: the 2015 European case</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.A.J. van Lanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Laaha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.G. Kingston</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Gauster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ionita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrological Processes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 30 (17), pp.3097-3104. </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/hyp.10838⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01528779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hierarchy of climate and hydrological uncertainties in transient low flow projections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Hingray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Magand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Ducharne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 12 (9), pp.12649-12701. </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/hessd-12-12649-2015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04110406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Future hydrological extremes: the uncertainty from multiple global climate and global hydrological models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Giuntoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Prudhomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.M. Hannah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth System Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 6 (1), pp.267-285. </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/esd-6-267-2015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01164336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrating hydropower and intermittent climate-related renewable energies: a call for hydrology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Borga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Anquetin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐dominique Creutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kolbjorn Engeland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrological Processes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 28 (21), pp.5465-5468. </w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/hyp.10274⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02600685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quels impacts des changements climatiques sur les eaux de surface en France à l’horizon 2070 ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Chauveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Chazot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Bourgin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Houille Blanche - Revue internationale de l'eau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 4, p. 5 - p. 15. </w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/lhb/2013027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00908983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimising predictor domains for spatially coherent precipitation downscaling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Radanovics</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ben Daoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bontron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 17, p. 4189 - p. 4208. </w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/hess-17-4189-2013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00910731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low Flows in France and their relationship to large scale climate indices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Giuntoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 482, p. 105 - p. 118. </w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhydrol.2012.12.038⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00833431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation des sècheresses des sols en France et changement climatique : Résultats et applications du projet ClimSec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Soubeyroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kitova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Météorologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 78, p. 21 - p. 30. </w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4267/2042/47512⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00757327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution of spatio-temporal drought characteristics: validation, projections and effect of adaptation scenarios</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kitova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Najac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Soubeyroux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 16 (8), p. 2935 - p. 2955. </w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/hess-16-2935-2012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00737853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predictability of soil moisture and river flows over France for the spring season</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Singla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Céron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Regimbeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Déqué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 16 (1), p. 201 - p. 216. </w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/hess-16-201-2012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00676810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'usage énergétique de l'eau à l'intégration du multi-usage territorial. Modélisation ressource-usages pour les adaptations aux changements globaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Poulhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Hendrickx</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TSM. Techniques Sciences Méthodes – Génie urbain, génie rural</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 12, pp.26-39</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using UKCP09 probabilistic climate information for UK water resource planning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B.V. Christierson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.D. Wade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 424-425, p. 48 - p. 67. </w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhydrol.2011.12.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00675607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Loire à l'épreuve du changement climatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florentina Moatar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Ducharne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Thiéry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bustillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 12, pp.78-87</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-00549254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multilevel and multiscale drought reanalysis over France with the Safran-Isba-Modcou hydrometeorological suite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Franchistéguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Habets</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Soubeyroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 14 (3), pp.459-478. </w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/hess-14-459-2010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00506547v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation et prévision des sécheresses et étiages en France à partir de la chaîne hydrométéorologique Safran-Isba-Modcou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Soubeyroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Baillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Céron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Houille Blanche - Revue internationale de l'eau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 5, p. 30 - p. 39. </w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/lhb/2010051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00593584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 50-year high-resolution atmospheric reanalysis over France with the Safran system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Franchistéguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Baillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Soubeyroux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Climatology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 30 (11), pp.P. 1627-1644. DOI: 10.1002/joc.2003. </w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/joc.2003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">meteo-00420845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safran-Isba-Modcou (SIM) : Un outil pour le suivi hydrométéorologique opérationnel et les études</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Soubeyroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Franchisteguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Habets</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Noilhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Météorologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 63, pp.PP. 40-45. </w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4267/2042/21890⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">meteo-00350048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communiquer sur les inondations : quelques propositions pour adapter une expérience de maquette interactive grand public</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Poulard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Navratil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ingénieries eau-agriculture-territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, spécial La prévention des inondations.Aspects techniques et économiques des aménagements de ralentissement dynamique des crues, pp.121-130</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02591951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">River model calibration, from guidelines to operational support tools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Moisan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.B. Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Dartus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Modelling and Software</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 22 (11), p. 1628 - p. 1640. </w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envsoft.2006.12.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00452243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a reasoned 1-D river model calibration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Moisan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.B. Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Dartus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydroinformatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 7 (2), p. 91 - p. 104</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00542436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constituants volatils de l'arome d'un champignon comestible : le mousseron (Marasmius oreades)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Toulemonde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Richard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LWT - Food Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1986, 19, pp.353-359</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02717013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (36)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construction of a hydrological model construction coupling farm dams and irrigation to estimate the cumulative impact on a regional scale.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Pellerin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Branger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Mimeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Brown</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence internationale I.S.Rivers 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Lyon, France. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05169144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CACTUS: an interactive hydrological modelling tool for simulating hydrological scenarios in a customisable catchment area</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Mimeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Héraut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Branger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence internationale I.S.Rivers 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Lyon, France. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05169160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MAKAHO : An interactive cartographic Tool for Trend Analysis of hydrological extremes in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Héraut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU24</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Wien, Austria, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04582254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explore2 - Des futurs de l'eau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8èmes Rencontres EDF sur le bassin Rhône-Méditerranée Changement climatique : agissons ensemble pour l'eau, l'énergie et la biodiversité.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04707984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation de l'assèchement du réseau hydrographique de l'Albarine, sous bassin de l'Ain, lors de la sécheresse de 2022 : mise en perspective historique et future</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Mimeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annika Künne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Branger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sven Kralisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sécheresse &amp; Etiages 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04397512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ma Terre en 180 Minutes: a transition support system to build decarbonization scenarios in the academic community</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Champollion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Anquetin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Aumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Baehr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Bardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Vienna, Austria. , </w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu23-6356⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04199599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to collectively engage in reducing the carbon footprint of a research lab?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Berni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Coquery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leslie Gauthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Vienna, Austria. EGU23-3462, 2023, </w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu23-3462⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04382016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flow intermittence prediction using a hybrid hydrological modelling approach: a guide to reducing uncertainty related to observed intermittence data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Mimeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annika Künne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Branger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sven Kralisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Vienna, Austria. EGU23-7358, 2023, </w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu23-7358⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04381933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic adaptive policy pathways under climate change for the Neste system (Pyrenees, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Le Coent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peng Huang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clotaire Catalogne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. International Conference I.S. Rivers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Lyon, France. pp.91, 2022, 4th international conference I. S. Rivers - Integrative sciences and sustainable development of rivers - Programme and abstracts</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03791326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explore2, water’s future: study of the impact of climate change on the watersheds of the Loire and the Rhone through the application of a distributed hydrological model based on physics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Bonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Branger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Rabotin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th international conference I. S. Rivers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Lyon, France. 2022, 4th international conference I. S. Rivers - Integrative sciences and sustainable development of rivers - Programme and abstracts</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03791305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact du changement climatique sur l’hydrologie des bassins versants de la Loire et du Rhône : résultats préliminaires d’un modèle distribué à base physique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Bonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Branger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Rabotin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Sauquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">I.S. Rivers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03752772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perceiving and managing the 2018 & 2019 droughts in Europe: is there a need for macro-governance in Europe?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veit Blauhut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Teutschbein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Andersen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuela Brunner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmelo Cammalleri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Vienne (Online), Austria. </w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu2020-19969⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of water resources of the Pyrenees in a context of climate change and adaptation strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Beguería</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Sánchez-Pérez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Antiguedad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. J. Lamban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Vienna, Austria. 21, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02609261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drought severity characterization based on hydro meteorological indices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lila Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Wagner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Gailhard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Rousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU annual meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Vienna, Austria. pp.1, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02609964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 140-year ensemble streamflow reconstruction of over 662 catchments in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Vannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Geosciences Union 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Vienna, Austria. pp.1, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02609294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-resolution precipitation reanalysis over France through offline data assimilation in a downscalled ensemble meteorological reconstruction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Graff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Vienna, Austria. pp.1, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02607466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of multidecadal climate variability on policy-relevant low-flow estimates over France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Vienna, Austria. pp.1, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02607474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SCOPE Climate: a high-resolution ensemble meteorological downscaling of the Twentieth Century Reanalysis over France from 1871 to 2012</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Graff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MISTRALS Workshop: Climate change impacts in the Mediterranean region</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Montpellier, France. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02606588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reanalysis of the 1893 heat wave in France through offline data assimilation in a downscaled ensemble meteorological reconstruction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Graff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Vienna, Austria. 19, pp.1, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02606248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Downscaling and hydrological uncertainties in 20th century hydrometeorological reconstructions over France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurie Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gildas Dayon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Boé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Vienne, Austria. 19, pp.1, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02606250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 140-year high-resolution probabilistic meteorological dataset over France: A contribution to climate services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Graff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire du CVT Allenvi "Services climatiques pour l'adaptation au changement climatique"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2016, Saint Mandé, France. pp.1, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02602427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A GCM weighting procedure based on explicit probabilistic models and accounting for observation uncertainty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Vienne, Austria. pp.1, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02603422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrometeorological reconstruction of droughts and low flows in France: 1871-2012</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Drought-r&amp;spi summer school</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Syros, Greece. pp.1, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02599898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stepwise analogue downscaling for hydrology (SANDHY): validation experiments over France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Radanovics</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ben Daoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bontron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Vienna, Austria. pp.1, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02599841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrating hydropower and intermittent climate-related renewable energies: a call for hydrology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Borga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Anquetin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐dominique Creutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kolbjorn Engeland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Vienna, Austria. 16, pp.1, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02600158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A framework for identifying tailored subsets of climate projections for impact and adaptation studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Hingray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Vienna, Austria. 16, pp.1, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02600157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude de la prévisibilité saisonnière des ressources en eau sur la France avec le modèle Safran-Isba-Modcou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Singla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Céron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Régimbeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Déqué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ateliers de Modélisation de l'Atmosphère 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2013, Toulouse, France. pp.129-129, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatio-temporal coherence in probabilistic downscaled precipitation for hydrological modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Radanovics</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ben Daoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bontron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Next Generation Climate Data Products Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Boulder, United States. pp.1, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Future hydrological extremes uncertainty: global climate vs. global hydrological models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Giuntoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Prudhomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.B. Clark</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.M. Hannah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGU Fall Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, San Francisco, United States. pp.1, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02599258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uncertainties in changes in potential evaporation: the formulation issue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Tilmant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Hingray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, Vienna, Austria. pp.1, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the impact of climate change on the flood regime in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Bourgin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Chauveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGU 2012 Fall Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2012, San Francisco, United States. pp.1, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changes in drought characteristics in France during the 21st century</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Najac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Franchistéguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Soubeyroux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Salon des maires et des collectivités locales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, Paris, France. pp.1, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R²D² 2050: Risque, Ressource en eau et gestion Durable de la Durance en 2050</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Chauveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Perrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque du CNFCG "Les changements globaux : Enjeux et Défis"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Toulouse, France. pp.1, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climate and hydrological uncertainties in future low-flows in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Bourgin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Chauveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Climate Impacts on Low Flows and Droughts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Vienne, Austria. pp.1, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02596946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using probabilistic climate information for UK water resource planning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B.V. Christierson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.D. Wade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2011, Vienne, Austria. pp.1, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02596932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predictability of soil moisture and river discharge over France for the Spring season</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Singla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Céron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Régimbeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2011, Vienne, Austria. pp.1, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02596931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (38)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régionalisation de l’organisation spatiale et des types de plans d’eau mobilisables pour l’irrigation en France métropolitaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Branger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Mimeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Pellerin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05516786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Notice de lecture des fiches des changements hydrologiques (recharge et débit) par niveau de réchauffement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Torremocha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Héraut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blaise Calmel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05517662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évolution de l’hydrologie de surface en France par niveau de réchauffement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Torremocha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Evin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Siauve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE; BRGM; CNRS; EDF; IRD; OFB. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05343177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Messages et enseignements du projet Explore2 - Analyse de l’hydrologie de surface selon les niveaux de réchauffement fixés par la TRACC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Torremocha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Evin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Siauve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE; BRGM; Météo France; EDF; CNRS; IRD. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05517697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Définition de narratifs hydrologiques par niveau de réchauffement défini par la TRACC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blaise Calmel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Heraut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Torremocha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05517740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recueil de projets sur la thématique « eau et changement climatique »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bornancin-Plantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Parent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Bezier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Darne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Version finale, OiEau. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04743104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Messages et enseignements du projet Explore2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Evin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Siauve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bornancin-Plantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natacha Jacquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE; OiEau; OFB; MTECT; BRGM; CNRS; IRD; EDF; Météo-France. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04642698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Document de synthèse - Changement climatique - Les mots pour le dire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Ringeade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">SMAVD; INRAE. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04707837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explore2 - Notice de lecture des fiches de résultats des modèles hydrologiques de surface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Héraut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Evin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04618149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport d’exécution sur les territoires de démonstration – Action C4</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Jugnot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Rossignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Loriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Darne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04726572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation au changement climatique dans la gestion des ressources en eau des Pyrénées. Rapports scientifiques du projet PIRAGUA, vol. II</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santiago Beguería</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iñaki Antigüedad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxelane Cakir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marta Domènech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Haro-Monteagudo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ministerio de Ciencia e Innovacion; CSIC; EEAD; Universidad del Pais Vasco; BRGM; CNRS; Andorra Research + Innovation; INRAE; Universitat de Barcelona; IGME. 2023, 243 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04351176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les projets de recherche du Réseau REUSE et du Carnot Eau &amp; Environnement pour accélérer le déploiement de solutions innovantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Lombard-Latune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Rapaport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice-Rose Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04874942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Report on downscaling global climate projections for catchment-scale hydrological modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Mimeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annika Künne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrae. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04620643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Report on future projections of flow intermittence for the 6 European focal DRN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annika Künne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Mimeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sven Kralisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Branger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Friedrich Schiller Universität. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04620640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diagnostic des modèles hydrologiques : des données aux résultats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Héraut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremie Bonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alix Reverdy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Strohmenger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04338401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Report on catchment-scale spatially distributed models for the 6 European focal DRNs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annika Künne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Mimeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Branger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sven Kralisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Friedrich-Schiller-Universität (Iéna, Allemagne). 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04620635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bilan des émissions de gaz à effet de serre RiverLy 2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Berni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Bonnineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Coquery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] INRAE Lyon-Grenoble-Auvergne-Rhône-Alpes. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03796552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formulation de stratégies d'adaptation au changement climatique sur les territoires connectés au système Neste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Le Coent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clotaire Catalogne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peng Huang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] INRAE RiverLy. 2022, pp.1-65</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03791357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet CHIMERE 21. CHIers - Meuse : Evolution du RégimE hydrologique au 21e siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lila Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Rousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Delaigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] 17C08004, INRAE UR HYCAR; Météo-France; EDF-DTG; Université de Lorraine (Metz); INRAE UR-Riverly; Dreal Grand-Est. 2021, pp.152</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03206168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Report on flow intermittence indicators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annika Künne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sven Kralisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Datry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Branger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Friedrich Schiller Universität. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03472746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recueil de projets sur la thématique &amp;lt;&amp;lt; eau et changement climatique &amp;gt;&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bornancin-Plantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Parent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Darne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oriane Marchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] OiEau. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impacts du changement climatique sur la gestion des réservoirs hydroélectriques. Application aux lacs-réservoirs des vallées des Nestes d’Aure et du Louron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peng Huang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clotaire Catalogne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natacha Dariba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] EU Interreg PIRAGUA deliverable E4.6, INRAE. 2020, pp.41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03121138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prévision de seuils de vigilance sécheresse : tests de régression logistique avec des données hydro-climatiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lila Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Gailhard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] INRAE. 2020, pp.25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03121126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ArchPress - Apport des données d’ARCHives hydrologiques pour l’étude des PRESSions sur la ressource en eau et les milieux aquatiques dans les rivières cévenoles depuis la fin du XIXe siècle, rapport final de l’Action 52 de la ZABR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Navratil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Jacob-Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maël Crépy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Dolédec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] ZABR, Lyon; EVS - UMR 5600; Archéorient CNRS; LEHNA - UMR C NRS 5023; Irstea; Agence de l'eau Rhône-Méditerranée-Corse. 2019, pp.114</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02984303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport intermédiaire du projet CHIMERE21 CHIers-Meuse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lila Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Etchevers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Francois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Gailhard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2018, pp.41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02608721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les ressources en eau et le changement climatique en Provence-Alpes-Côte d’Azur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Nicault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Arnal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Aspe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Bidet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2017, pp.52</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02606443v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance weighting of global climate models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] irstea. 2017, pp.16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02605328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet R²D² 2050 : Risque, ressource en eau et gestion durable de la Durance en 2050</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Arama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénie Blanc Coutagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Bouscasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Branger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2015, pp.245</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02601503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Framework for impact and risk assessment in climate-related energies. COMPLEX Report D2.4</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐dominique Creutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria-Helena Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] irstea. 2014, pp.66</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02600768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantifying uncertainty in climate projections using multimodel multimember ensembles. COMPLEX Report D2.5</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Hingray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Raynaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] irstea. 2014, pp.69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02600769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scoping report on downscaling of climate model outputs for CRE estimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Hingray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Anquetin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Borga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Chardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐dominique Creutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] irstea. 2013, pp.85</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02599064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scoping report on space-time dependence between energy sources and climate related energy production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kolbjorn Engeland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Borga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐dominique Creutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria-Helena Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lena Tofte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] irstea. 2013, pp.96</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02599065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôle de la variabilité climatique dans l'évolution temporelle des régimes d'étiage en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Giuntoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2012, pp.58</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explore2070. Sélection de critères pour rendre compte des évolutions sur les débits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Bourgin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Chazot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2011, pp.10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet ClimSec. Impact du changement climatique en France sur la sécheresse et l'eau du sol. Rapport final</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Soubeyroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Najac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kitova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2011, pp.72</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02595492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explore2070. Synthèse bibliographique. Lot Hydrologie de Surface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Chazot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Norotte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2011, pp.71</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explore2070. Note de synthèse concernant le choix de la période de référence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Bourgin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2010, pp.10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IMAGINE 2030, climat et aménagements de la Garonne : quelles incertitudes sur la ressource en eau en 2030 ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Dupeyrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Hendrickx</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Samie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2010, pp.149</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02593270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (130)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MAKAHO : Analyse de tendances hydrologiques - Ou comment faire le pont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Héraut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ignazio Giuntoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Shiny::INRAE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRAE SK8, Feb 2025, Montpellier, France. </w:t></w:r><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2307/2285891,JSTOR2285891,MR0258201.⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04983136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visualising past and future hydrology in France : the MAKAHO and MEANDRE portals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Héraut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ignazio Giuntoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence internationale I.S.Rivers 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05169116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From a white paper to an adventure gamebook: engaging practitioners in climate change impact studies on hydrology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Héraut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EGU, Apr 2024, Vienne (AUT), Austria. </w:t></w:r><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu24-5877⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04707793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation de l’assèchement dans des réseaux de rivières intermittents par couplage d’un modèle hydrologique spatialisé avec un algorithme de Random Forest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Mimeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annika Künne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Branger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sven Kralisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de Modélisation des Surfaces Continentales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04626613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flow intermittence patterns in European river networks under climate change: Assessing temporal and spatial changes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annika Künne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Mimeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sven Kralisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Branger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu24-12911⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04660207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using a hybrid hydrological modelling approach to simulate drying patterns in 3 non-perennial European river networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Mimeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annika Künne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Branger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sven Kralisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu24-16251⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04660218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reducing the carbon footprint of a research lab: how to move from individual initiatives to collective actions?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Berni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Coquery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leslie Gauthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Héraut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2024,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EGU, Apr 2024, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu23-3462⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04626618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tout coule ? Savoirs scientifiques et pouvoirs (autour) de l’eau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Fernandez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire d'écologie politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Atecopol, Feb 2024, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04482849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Panorama des études hydrologiques sur de grands échantillons de bassins à INRAE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Branger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée "Chroniques hydrométriques pour l'hydrologie"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SCHAPI; INRAE, Feb 2024, Villeurbanne (France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04707935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le changement climatique : tendances observées sur le climat et la ressource en eau, perspectives d’évolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comité de bassin Agence de l’Eau Loire-Bretagne, Commission territoriale Allier-Loire amont</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Lempdes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04382113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence de l’évolution du climat sur les débits du bassin de la Loire (1871-2022)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres migrateurs de Loire 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04382147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to make a sustainable development approach successful across all scales of a research institute? Crossed views at INRAE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leslie Gauthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Carnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assemble 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Geosciences Union, Apr 2023, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu23-7600⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04381760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution of discharge and stream temperature from past to future in a large European River basin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florentina Moatar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanieh Seyedhashemi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacob Diamond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Thiéry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Geosciences Union, Apr 2023, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu23-7683⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04381990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riparian vegetation mitigates river warming: exploring its large scale effects on past and future thermal regimes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanieh Seyedhashemi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florentina Moatar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Maire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th Symposium for European Freshwater Sciences (SEFS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Newcastle, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04176046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en perspective historique de la sécheresse hydrologique 2022, et exemples d’impacts sur la gestion de la ressource</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Héraut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Delaigue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rétrospective de l’année climatique 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Métaprogrammes CLIMAE; INRAE, Mar 2023, Online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04223104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The outstanding 2022 hydrological drought in France within a 150-year historical context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Héraut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Delaigue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu23-7409⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04222977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La sécheresse 2022 à l’aune des événements passés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Héraut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Delaigue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sécheresse et étiages 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société hydrotechnique de France, Mar 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04223067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthèse du 6e rapport du GIEC &amp;lt;&amp;lt; Impacts, adaptation et vulnérabilité &amp;gt;&amp;gt; - Focus sur l’eau en Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée hiver CAB : Gestion quantitative de l’eau : apprendre et comprendre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Coordination Agrobiologique des Pays de la Loire, Jan 2023, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03949476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data assimilation to quantify and reduce uncertainty in ecohydrology modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Rouzies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Vidard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire ITES 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ITES, Nov 2023, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04387935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reach-scale streamflow projections in intermittent riversthrough a multivariate dowscaling method and a distributed hydrologcal model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Mimeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annika Künne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Geosciences Union, Apr 2023, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu23-12779⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04381957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FYRE Climate -- Réanalyse haute-résolution de précipitations et température quotidiennes sur la France (1871-2012)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'échanges Météo-France - LESSEM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LESSEM, Sep 2022, Saint-Martin d'Hères, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03949462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CHIMERE 21. CHIers - Meuse : Evolution du RégimE Hydrologique au 21&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt; siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lila Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Rousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Delaigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Francois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GT Hydrologie de la Commission Internationale de la Meuse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2022, Meuse (Online), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03554215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthèse du 6e rapport du GIEC &amp;lt;&amp;lt; Impacts, adaptation et vulnérabilité &amp;gt;&amp;gt; - Focus sur l’eau en Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Changement climatique et ressource en eau sur le bassin de la Vienne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03791641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inter-comparison of climatological datasets for the hydrological modelling of six european catchments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Mimeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annika Künne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sven Kralisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Branger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Geosciences Union General Assembly 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Vienne, Austria. </w:t></w:r><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu22-9782⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03791241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mener une étude rétrospective et prospective sur la ressource en eau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Gestion Quantitative de la Ressource en Eau -- Sécheresses - Gérons la ressource en commun pour des solutions adaptées à chaque territoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Nationale des Élus des Bassins; Établissement Public Loire, Dec 2022, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03949560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using the advanced delta change approach and a distributed model for a rapid assessment of reach-scale streamflow projections in intermittent rivers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Geosciences Union General Assembly 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Vienne, Austria. </w:t></w:r><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu22-3950⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03791253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Water cycle and water resources of the Pyrenees under climate change: the PIRAGUA datasets.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Palazón</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santiago Beguería</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iñaki Antiguedad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Barella-Ortiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu22-7825⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03791275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Global-Scale Analysis of Hydrologic Extremes using Hidden Climate Indices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Mcinerney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seth Westra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Leonard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dmitri Kavetski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu22-7122⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03710318v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation de la qualité d’un métamodèle de modèle hydrologique distribué basé sur le Random Forest en climat présent et futur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4èmes Journées de Modélisation des Surfaces Continentales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03791348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data assimilation of global hydrological model discharge to constrain a distributed hydrological model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IAHS-AISH Scientific Assembly 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Montpellier, France. </w:t></w:r><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/iahs2022-439⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03791280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of the future water balance and water resources of the Pyrenees</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pere Quintana-Seguí</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxelane Cakir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Clavera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Dewandel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu22-7621⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03791246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation des dynamiques spatiales et temporelles d’assèchement dans des réseaux de rivières intermittentes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Mimeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annika Künne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Branger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sven Kralisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de Modélisation des Surfaces Continentales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03810143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beyond the usual suspects P&T: deriving multivariate high-resolution transient forcings for land surface models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pere Quintana Seguí</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santiago Beguería</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Geosciences Union General Assemble 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Vienne, Austria. </w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu22-2720⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03791232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trend of stream temperature and its drivers over the past 55 years in a large European River basin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanieh Seyedhashemi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florentina Moatar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Monteil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGu General Assembly 2021 vEGU21: Gather Online</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Vienne, Austria. </w:t></w:r><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu21-9529⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03470933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Données climatiques : mise à disposition de données climatiques pour la France (DRIAS) – Utilisation du service</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de restitution du projet « Convention Services Climatiques »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03472636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Jourdain et les ODD. Contribuer aux Objectifs de Développement Durable en faisant de la recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Semaines du Développement Durable</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03472681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multidecadal assessment of the FYRE Climate daily high-resolution surface reanalysis over France (1871-2012)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Vannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2021 vEGU21: Gather Online</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Vienne, Austria. </w:t></w:r><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu21-10859⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03470946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment quantifier l’impact du changement climatique sur l’hydrologie des bassins versants ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eau et changement climatique, comment les territoires s’adaptent. Journée thématique CYCL'EAU</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Vichy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03472644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrologie de l’Anthropocène. Ma recherche en 180 secondes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de lancement du Métaprogramme Climae « Agriculture et Forêt face au changement climatique : adaptation et atténuation »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Marne-la-Vallée, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03472649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 140-year ensemble streamflow reconstruction and reanalysis of over 662 catchments in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Vannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4es Rencontres HydroGR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, Jouy-en-Josas–Antony, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03810030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The CHIMERE 21 project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lila Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Rousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Delaigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Francois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MICCA meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The Mosan Initiative for Climate Change Action « MICCA », Jul 2021, Online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03279464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ressources en eau en France. Passé à considérer et futurs à composer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Climat &amp; irrigation ATINA/ATIOC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03472675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact du changement climatique sur l’hydrologie en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comité de bassin de l'Agence de l'Eau Loire-Bretagne - Débat sur le Varenne agricole de l'eau et de l'adaptation au changement climatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03472668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of climate change on the French part of the River Meuse - the CHIMERE 21 project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lila Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Rousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Delaigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Francois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Meuse Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Liège, Belgium. pp.25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03355200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling the water-system in the Pyrenean Aure-Louron Valley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peng Huang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natacha Dariba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Vienne (virtual), Austria. </w:t></w:r><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu2020-5283⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03120771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validating the French hYdrometeorological REanalysis (FYRE) with documentary evidence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Vannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurie Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Vienne, Austria. </w:t></w:r><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu2020-8394⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03121090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of reservoir water management under climate change: Impact and adaptation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peng Huang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire scientifique ZABR – Changement Climatique et Ressources</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2020, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03121104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of the past and future water resources of the Pyrenees by means of a land-surface simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pere Quintana Seguí</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anais Barella-Ortiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Cenobio-Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ane Zabaleta</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Vienne, Austria. </w:t></w:r><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu2020-10400⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03120777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identifying the influence of dams and ponds on the thermal regime at regional scale: The case of Loire catchment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanieh Seyedhashemi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florentina Moatar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Beaufort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Chandesris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Vienne, Austria. </w:t></w:r><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu2020-15120⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03121076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FYRE Hydro : une réanalyse hydrologique de 142 ans sur la France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Vannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3e Journées de Modélisation des Surfaces Continentales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Paris, France. pp.4-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assimilation de données pour l’hydroclimatologie : FYRE = une réanalyse hydrométéorologique à l’échelle de la France sur les 140 dernières années</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Vannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire interne du département AQUA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2019, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03807258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intercomparaison des événements spatio-temporels d'étiage extrême en France depuis 1871</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">UNESCO-SHF Colloque Sécheresses, étiages et déficits en eau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, Paris, France. pp.39-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CHIMERE21 : Evolution du régime hydrologique de la Meuse et de la Chiers au 21e siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lila Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Etchevers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Francois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Gailhard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">UNESCO-SHF, Sécheresses, étiages et déficits en eau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, Paris, France. pp.16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02609951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaison de séries climatiques historiques dans les bassins versants de la Meuse et de la Moselle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Delus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Grelier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Francois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Drogue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bases de données et modèles climatiques. Séminaire de la commission "Changements climatiques et territoires" du CNFG</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CRC, Mar 2019, Dijon, France. pp.23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02609259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Droughts of future past</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PAGES "Extreme Events and Risk Assessment" Integrative Activity Workshop : Climatic and hydrological extremes: linking the instrumental period of the last decades with the more distant past</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2019, Koblenz, Germany. pp.37</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02608846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Forecasting drought severity based on spatial hydro-meteorological indicators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lila Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Wagner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Gailhard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Rousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th Symposium on the hydrological modelling of the Meuse basin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Liège, Belgium. pp.18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02609965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 140-year high-resolution meteorological reanalysis over France through offline data assimilation in an ensemble of downscaled reconstructions from 20CR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Vannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Meeting on Statistical Climatology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Toulouse, France. pp.25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire d'étiages. Rétrospective sur les 150 dernières années avec la réanalyse hydrologique FYRE Hydro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">UNESCO-SHF Colloque Sécheresses, étiages et déficits en eau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, Paris, France. pp.17-18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climate Change Adaptation Strategies for the Pyrenees' Water Resources with an Impact on the Territory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Haro Monteagudo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Beguería</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Antiguedad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th European Climate Change Adaptation conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Lisbon, Portugal. pp.18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une reconstruction hydrologique ensembliste depuis 1871 sur 662 bassins versants en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Vannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ateliers de Modélisation de l'Atmosphère 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Toulouse, France. pp.39</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02609293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 140-year high-resolution meteorological reanalysis over France through offline data assimilation in an ensemble of downscaled reconstructions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Graff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fisrt International Symposium on Regional Reanalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Bonn, Germany. pp.28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02607702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The challenges of hydrological drought definition, quantification and communication: an interdisciplinary perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konrad Stahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Hannaford</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Tijdeman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Laaha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Global FRIEND-Water Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Beijing, pp.15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02608159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une réanalyse hydrologique par assimilation de débits sur plus de 600 bassins versants en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Printemps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Vannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque National d'Assimilation de données</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Rennes, France. pp.46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02608158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Usage et mobilisation des ressources en eau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria-Helena Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Cassagnole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Branger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Eau &amp; énergie, Société du Canal de Provence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Le Tholonet, France. pp.15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02608096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Challenges in the quantification and management of future water resources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Barreteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurie Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Graff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference Climate Change &amp; Water</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Tours, France. pp.11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02607476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transferability of an ensemble downscaling method across time periods and predictor datasets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Radanovics</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bontron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MISTRALS workshop: Climate change impacts in the Mediterranean region</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02606589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ensemble reconstruction of spatio-temporal extreme low-flow events in France since 1871</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Graff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference "Adaptation and Resilience to Droughts: Historical Perspectives in Europe and beyond"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Strasbourg, France. pp.31</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02606320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ensemble hydrometeorological reconstruction over France since 1871</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurie Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gildas Dayon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Boé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURO-FRIEND Water Project 3 "Large-scale variations in hydrological characteristics" 2017 Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Rouen, France. pp.23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02606321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrometeorological reconstruction of snow-influenced streamflow series in France since 1871</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurie Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Graff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Gouttevin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34th International Conference on Alpine Meteorology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Reykjavík, Iceland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02606733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation des sécheresses et étiages extrêmes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Soubeyroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Caillouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées 'Risques de sécheresse et de déficit en eau' - 2e journée Retours d'expériences et perspectives d'adaptations territoriales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Paris, France. pp.16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02606340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Material and methods for evaluating the man-induced component of water shortages (late 18th - early 20th century)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Jacob Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Navratil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference "Adaptation and Resilience to Droughts: Historical Perspectives in Europe and beyond"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Strasbourg, France. pp.17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02606324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse des étiages historiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Graff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontre Chercheurs-Gestionnaires sur les ressources en eau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Vincennes, France. pp.44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02606732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ensemble analogue downscaling of the Twentieth Century Reanalysis over France for 140-year-long hydrological reconstructions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Graff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on Stochastic Weather Generators for Hydrological Applications (SWGen-Hydro)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Berlin, Germany. pp.54</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02606517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The European 2015 drought from a hydrological perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregor Laaha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobias Gauster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lang-Delus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unesco Friend-Water Low Flow And Drought Group Team</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Geosciences Union – General Assembly, Session HS4.4 Drought and water scarcity: monitoring, modelling and forecasting to improve hydro-meteorological risk management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02995264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bias and robustness of uncertainty components estimates in transient climate projections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Hingray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Blanchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Vienna, Austria. pp.2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02603488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstruction hydrométéorologique des évènements spatio-temporels d'étiage extrêmes en France depuis 1871</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Graff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop Extremoscope</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Paris, France. pp.42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02604873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ensemble reconstruction of severe low flow events in France since 1871 through statistical downscaling and hydrological modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Graff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Meeting on Statistical Climatology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Canmore, Alberta, Canada. pp.71-71</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02603553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A performance weighting procedure for GCMs based on explicit probabilistic models and accounting for observation uncertainty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Meeting on Statistical Climatology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Canmore, Alberta, Canada. pp.36-37</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02603554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Downscaling and hydrological uncertainties in 20th century hydrometeorological reconstructions over France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurie Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gildas Dayon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Boé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25e Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Caen, France. pp.17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02604872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The European 2015 drought from a hydrological perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Laaha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Gauster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Delus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Loon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Vienna, Austria. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02605164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ensemble reconstruction of severe low flow events in France since 1871</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Graff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">HyMeX workshop on drought and water resources</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Zaragoza, Spain. pp.40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02603484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling efforts to assess changes in hydrology and sustainability of water uses in the Alps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Gouttevin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Braud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Branger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd INARCH workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Grenoble, France. pp.22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02604922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstruction hydrométéorologique ensembliste des évènements spatio-temporels d’étiage extrême en France depuis 1871</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Graff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées scientifiques «Climat et Impacts»</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Orsay, France. pp.24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02604951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ensemble reconstruction of severe low flow events in France since 1871</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Graff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Geosciences Union General Assembly 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02603485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probabilistic precipitation and temperature downscaling of the Twentieth Century reanalysis over France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Graff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Vienna, Austria. pp.28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02601303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards hydroclimatic services in France: a hydrologist's point of view</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PEER-EurAqua Workshop "Emerging issues in water research"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Copenhagen, Denmark. pp.24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02601364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probabilistic SAL: Evaluating the spatial properties of probabilistic precipitation simulations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Radanovics</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th EMS Annual Meeting &amp; 12th European Conference on Applications of Meteorology (ECAM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Sofia, Bulgaria. pp.27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02602237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low flows and reservoir management for the Durance River basin (Southern France) in the 2050s</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Arama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénie Blanc Coutagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Bouscasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Branger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Vienne, Austria. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02602235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le partage de la ressource en eau sur la Durance en 2050 : vers une évolution du mode de gestion des grands ouvrages duranciens ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Arama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénie Blanc Coutagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Bouscasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Branger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès SHF: Water Tensions in Europe and in the Mediterranean: water crisis by 2050?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Paris, France. 8 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01299129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From hydrological trend detection to the exploration of relations between climate variability and hydrological variability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Giuntoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier "Détection et attribution des événements singuliers et des impacts du changement climatique"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Toulouse, France. pp.20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02601443v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selecting downscaled climate projections for water resource impacts and adaptation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Hingray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Vienna, Austria. pp.38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02602232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prospective approach for assessing change in water resources management for large river basins in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Arama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénie Blanc Coutagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Bouscasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Branger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Our Common Future Under Climate Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Paris, France. pp.14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02602229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of drought and soil moisture in context of climate change: results and operational applications of ClimSec project in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Soubeyroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Josse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Pagé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Our Common Future Under Climate Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Paris, France. pp.13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02602230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hierarchy of climate and hydrological uncertainties in low flow projections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Magand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Ducharne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Hingray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th EGU Leonardo Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Prague, Czech Republic. pp.59-60</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02600339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId616" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesizing changes in low flows from observations and models across scales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konrad Stahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Hannaford</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Prudhomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Laaha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th Global FRIEND-Water - Hydrology in a Changing World: Environmental and Human Dimensions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Montpellier, France. pp.30-35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId616" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02600358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstruction of meteorological droughts in France since 1871 through the probabilistic downscaling of a global atmospheric reanalysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjorie Haond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th EGU Leonardo Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Prague, Czech Republic. pp.46-47</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02600352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SANDHY flies to Argentina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Radanovics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Second CORDEX-ESD Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Buenos Aires, Argentina. pp.12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02600069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact du changement climatique sur l’hydrosystème Loire : HYDROlogie, régime thermique, QUALité - ICC-HYDROQUAL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florentina Moatar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bustillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Ducharne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId621" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Billen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14ème Carrefour des gestions locales de l'eau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2013, Rennes, France. pp.22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02599411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coherent predictand areas for spatially coherent precipitation downscaling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Radanovics</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ben Daoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bontron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, Wien, Austria. pp.17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards spatially coherent statistical downscaling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Radanovics</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bontron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ben Daoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PEPER Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Aussois, France. pp.43</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02599128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of theoretical crop irrigation requirements in a climate change context. Application to the Durance catchment, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Braud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Samie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Cherel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Tilmant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th HyMeX workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Cassis, France. pp.2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02599046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId627" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sub-sampling ensembles of downscaled climate projections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Hingray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Meeting on Statistical Climatology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Jeju, South Korea. pp.126-127</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId627" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les projections climatiques sur la région PACA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andre Chanzy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId630" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bailleux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres RED (Recherche Expérimentation Développement) PACA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Avignon, France. pp.14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02599063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Defining predictand areas with homogeneous predictors for spatially coherent precipitation downscaling of climate projections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Radanovics</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ben Daoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bontron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Meeting on Statistical Climatology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Jeju, South Korea. pp.18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId632" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Water resources in France: reanalysis, trends, seasonal forecasting and climate projections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Visiting Scientist Seminar, Centre for Ecology and Hydrology (CEH) and European Centre for Medium-Range Weather Forecasts (ECMWF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Wallingford, United Kingdom. pp.32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId632" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId633" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climate and hydrological uncertainties in projections of flood and low-flows in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Bourgin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Chauveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Vienna, Austria. pp.22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId633" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low flows in France and their relationship to large scale climate indices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Giuntoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId635" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Bard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Climate Impacts on Low Flows and Droughts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Vienne, Austria. pp.39</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02596945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId636" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of climate change adaptation and mitigation scenarios on spatio-temporal drought characteristics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kitova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Najac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Soubeyroux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Climate Impacts on Low Flows and Droughts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Vienne, Austria. pp.30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId636" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02596944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId637" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimising predictor domains for spatially coherent precipitation downscaling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Radanovics</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bontron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ben Daoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Vienna, Austria. pp.13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId637" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low flows in France and their relationship to large scale climate indices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Giuntoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId635" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Bard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Vienna, Austria. pp.33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of climate change adaptation scenarios on perceived spatio-temporal characteristics of drought events</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kitova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Najac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Soubeyroux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Vienna, Austria. pp.20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the impact of climate change on the flood regime in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Ducharne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Deciphering River Flood Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Future droughts: changes in spatio-temporal development and propagation through the hydrological cycle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mid-term meeting of the EURO FRIEND Low Flow and Drought (LFD) Group</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Payerbach, Austria. pp.15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId642" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What impacts of climate change on surface water in France by 2070? Results of the Explore2070 project in metropolitan France and overseas departments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Chazot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Chauveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId643" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julian David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Bourgin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum Mondial de l'Eau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Marseille, France. 2 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId642" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00795659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId644" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact du changement climatique sur la sècheresse et l’eau du sol en France : les résultats du projet CLIMSEC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Soubeyroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kitova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3èmes Rencontres de la recherche et du développement en Poitou-Charentes - Changement climatique : quelles perspectives pour l’agriculture régionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Melle, France. p. 9 - p. 16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId644" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00778604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId645" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meteorological, agricultural and hydrological drought projections over France for the 21st century</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kitova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Soubeyroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Pagé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2011, Vienne, Austria. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId645" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02596930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation des sécheresses en France au cours du XXIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Najac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kitova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Soubeyroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIIIe colloque de l'Association Internationale de Climatologie. Risques et changement climatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Rennes, France. p. 433 - p. 438</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00536859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The RheinBlick2050 and Imagine2030 projects: a perspective on the hydrological impacts of climate change in two river basins in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId648" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Klaus Görgen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId649" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Beersma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId650" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Boudhraâ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Euraqua Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Koblenz, Germany. p. 49 - p. 61</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00659598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId651" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uncertainties in the Safran 50-year atmospheric reanalysis over France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Franchistéguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Baillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Soubeyroux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International Meeting on Statistical Climatology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Edimbourg, United Kingdom. p. 39 - p. 40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId651" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00507303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multimodel ensemble climate projections for the Garonne river basin, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International Meeting on Statistical Climatology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Edimbourg, United Kingdom. p. 167 - p. 168</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00505773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing changes in drought characteristics with standardized indices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Najac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Franchistéguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Soubeyroux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th EGU General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Vienne, Austria. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00505770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId654" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changes in drought characteristics in France during the 21st century</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Najac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Franchistéguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Soubeyroux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th EGU General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Vienne, Austria. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId654" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00506550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impacts anthropiques et étiages de la Garonne à l'horizon 2030</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Dupeyrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Hendrickx</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId656" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Labedade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Samie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du Colloque 193 SHF : «Etiages, Sécheresses, Canicules rares et leurs impacts sur les usages de l'eau»</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Lyon, France. pp.8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02592338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId657" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fuzzy knowledge-bBased curve evaluation for 1-D river model calibration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Moisan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th international conference on Hydroinformatics, Nice, 4-8 septembre 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Nice, France. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId657" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assistance semi-automatique au calage d'un modèle numérique en hydraulique à surface libre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.B. Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Moisan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque ANR ECCO, Centre Météo-France, Toulouse, 5-7 décembre 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Toulouse, France. pp.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02587085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId659" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Opérationalisation de connaissances pour le calage de modèles numériques - Application en hydraulique fluviale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Moisan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15èmes Journées francophones d'Ingénierie des Connaissances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2004, Lyon, France. pp.261-272</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId659" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00380571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId660" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decision support system for calibration of 1-d river models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.B. Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Dartus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Moisan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Conference on Hydroinformatics, Singapour, SGP, 21-24 juin 2004</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Singapour, Singapore. pp.8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId660" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02583975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId661" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Knowledge based hydraulic model calibration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Moisan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.B. Faure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th international conference on knowledge based intelligent information and engineering systems, Oxford, GBR, 3-5 September 2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Oxford, United Kingdom. pp.7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId661" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02581682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId662" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of flood risk in areas protected by dikes (example of Agly river)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Paquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zih-Hua Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Rouch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydroinformatics 2002, Cardiff, GBR, 1-5 juillet 2002</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, United Kingdom. pp.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId662" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02580735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId666" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic evaluation of the uncertainty on the surface of a flooded area</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.B. Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId667" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Dhervillez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydroinformatics 2002, Cardiff, GBR, 1-5 juillet 2002</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, United Kingdom. pp.1319-1324</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02580734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId668" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterizing France's Plausible Future Droughts: A Multi-Perspective Spatiotemporal Framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId669" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Belin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aglaé Jézéquel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Ducharne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId671" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Humbert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId668" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05412040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Logiciel (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId672" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MEANDRE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Heraut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024, </w:t></w:r><w:hyperlink r:id="rId673" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:705fc2c334bfecc2d13e45fcf0eac2cc566ce1d4;origin=https://github.com/super-lou/MEANDRE;visit=swh:1:snp:d5333e5f18dbe56e77c781f72da8fdafacfa3010;anchor=swh:1:rev:fd2ebf4dfc3aa51d4d47e89adb109ce4ba355da6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId672" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CARD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Heraut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId675" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:1dc9a58310432daac34ad2db9451fb2b05cb48ac;origin=https://github.com/super-lou/CARD;visit=swh:1:snp:0040d77e5e41500f699359e06c9d6212b8979c17;anchor=swh:1:rev:7ddebffb4df67098dcb49cc91ff1da0f7a636361⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId676" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MAKAHO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Heraut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022, </w:t></w:r><w:hyperlink r:id="rId677" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:be545fd014bf1358b2acbc079ca8c358bbb2f853;origin=https://github.com/super-lou/MAKAHO;visit=swh:1:snp:6666778b8a6b415444ee67864b61faddc8d3a0ea;anchor=swh:1:rev:32ff5cd9cf8288847494d45633220b05df5d62dc⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId676" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId678" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séminaire de restitution des projets LIFE Eau&Climat et Explore2 - Des clés pour la gestion de l’eau de demain - Les actes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Bezier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bornancin-Plantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId679" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cléa Chamfort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Evin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId680" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maïté Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de restitution des projets LIFE Eau&amp;Climat et Explore2 - Des clés pour la gestion de l’eau de demain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId678" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04730483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId681" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding and predicting large-scale hydrological variability in a changing environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Massei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Kingston</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Hannah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Dieppois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Global FRIEND–Water Conference: Hydrological Processes and Water Security in a Changing World</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Beijing, China. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of IAHS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 383, pp.141-149, 2020, </w:t></w:r><w:hyperlink r:id="rId682" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/piahs-383-141-2020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId681" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03120599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId683" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Livre Blanc : Mener une étude rétrospective et prospective sur la ressource en eau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId683" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04382132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId684" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dans la jungle des réseaux sociaux scientifiques professionnels : zoom sur ResearchGate, Academia.edu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId685" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.L. Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015, pp.27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId684" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02602249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId686" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Past and future hydrological drought</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Niko Wanders</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId687" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Prudhomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId688" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katie Facer-Childs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId689" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James H. Stagge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lena M. Tallaksen; Henny A. J. van Lanen. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrological Drought. Processes and Estimation Methods for Streamflow and Groundwater</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elsevier, pp.525-561, 2023, 978-0-12-819082-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId686" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04216564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId690" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un second souffle pour le bassin versant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nous, les fleuves</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Musée des Confluences; Réunion des Musées Nationaux, pp.43, 2022, 978-2-7118-7943-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId690" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03949445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId691" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un potentiel hydroélectrique mis à mal par le changement climatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahier Régional Occitanie sur les Changements Climatiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.216-217, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId691" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03423025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId692" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régimes hydrologiques, thermiques et leurs évolutions à long terme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florentina Moatar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Baratelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Flipo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Loire fluviale et estuarienne : Un milieu en évolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Quae, pp.51-62, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId692" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02605167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId695" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trajectoires hydroclimatiques du bassin et impacts possibles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Thiéry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Habets</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId696" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josette Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florentina Moatar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Loire fluviale et estuarienne : Un milieu en évolution. </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Quae, Partie VI, Chapitre 17, pp.229-242, 2016, 978-2-7592-2401-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId695" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01599202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId697" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trajectoires hydroclimatiques du bassin et impacts possibles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId698" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId699" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Habets</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florentina Moatar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Loire fluviale et estuarienne : Un milieu en évolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Quae, pp.229-242, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId697" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02605166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drought: Observed trends, future projections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId701" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Quintana Seguí</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId702" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId703" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId704" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehrez Zribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId705" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Vennetier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thiebault, S.; Moatti, J.P. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Mediterranean under climate change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IRD Editions, pp.123-131, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01401386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId706" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régimes hydrologiques, thermiques et leurs évolutions à long terme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florentina Moatar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId707" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fulvia Baratelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId708" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Flipo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Loire fluviale et estuarienne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, QUAE, 2016, 978-2-7592-2401-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId706" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01542903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId709" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of climate change on hydropower: Ariège, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId710" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Hendrickx</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId711" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Fung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId712" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId713" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. New</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Modelling the Impact of Climate Change on Water Resources</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Wiley Blackwell, pp.148-161, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId709" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02593961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId714" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Écrire l'hydrologie de l'Anthropocène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hydrologie. Communauté Université Grenoble-Alpes, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId714" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02919032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId715" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assistance au calage de modèles numériques en hydraulique fluviale -- Apports de l'intelligence artificielle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Interface homme-machine [cs.HC]. Institut National Polytechnique (Toulouse), 2005. Français. </w:t></w:r><w:hyperlink r:id="rId716" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2005INPT010H⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId715" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00010185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId717"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Jean-Philippe Vidal </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">jean-philippe-vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-3748-6150</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">087655829</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.researcherid.com/rid/E-6187-2010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (61)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uncertainty sources in a large ensemble of hydrological projections: Regional Climate Models and Internal Variability matter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Evin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Hingray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Ducharne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Strohmenger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 30 (4), pp.1023-1051. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/hess-30-1023-2026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05520086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Future streamflow along the French part of the Meuse River - a closer look at uncertainties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lila Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Rousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Delaigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Francois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LHB Hydroscience Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 111 (1), pp.2484192. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/27678490.2025.2484192⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05051634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projections of streamflow intermittence under climate change in European drying river networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Mimeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annika Künne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Branger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sven Kralisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 29 (6), pp.1615-1636. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/hess-29-1615-2025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05014561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Duration of Dry Events Promotes PVC Film Fragmentation in Intermittent Rivers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nans Barthélémy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Mermillod-Blondin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Krause</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Mimeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 58 (28), pp.12621-12632. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.est.4c00528⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04660274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flow intermittence prediction using a hybrid hydrological modelling approach: influence of observed intermittence data on the training of a random forest model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Mimeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annika Künne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Branger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sven Kralisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 28 (4), pp.851-871. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/hess-28-851-2024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04521207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">140-year daily ensemble streamflow reconstructions over 661 catchments in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Vannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurie Caillouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 28 (14), pp.3457-3474. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/hess-28-3457-2024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04626811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A transition support system to build decarbonization scenarios in the academic community</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gratiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Klein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marceau Challet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dangles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Janicot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLOS Sustainability and Transformation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 2 (4), pp.e0000049. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pstr.0000049⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04126329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Past and future discharge and stream temperature at high spatial resolution in a large European basin (Loire basin, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanieh Seyedhashemi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florentina Moatar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Thiéry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth System Science Data</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 15 (7), pp.2827-2839. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/essd-15-2827-2023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04182605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the visual detection of non-natural records in streamflow time series: challenges and impacts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Strohmenger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Bonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Branger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 27 (18), pp.3375-3391. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/hess-27-3375-2023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04214908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floods and Heavy Precipitation at the Global Scale: 100‐Year Analysis and 180‐Year Reconstruction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Mcinerney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Westra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Leonard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Kavetski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 128 (9), </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2022JD037908⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04111887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lessons from the 2018–2019 European droughts: a collective need for unifying drought risk management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veit Blauhut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Stoelzle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauri Ahopelto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuela Brunner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Teutschbein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Natural Hazards and Earth System Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 22 (6), pp.2201-2217. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/nhess-22-2201-2022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03791341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vulnerability of water resource management to climate change: Application to a Pyrenean valley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peng Huang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natacha Da Riba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydrology: Regional Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 44, pp.101241. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejrh.2022.101241⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03850644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OSSEC Rhône : outil opérationnel de suivi des étiages en temps réel sur le Rhône</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blaise Calmel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurie Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Delamarre Pobanz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LHB Hydroscience Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/27678490.2022.2058428⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03791204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of expert elicitation to assign weights to climate and hydrological models in climate impact studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Sebok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Jørgen Henriksen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ernesto Pastén-Zapata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Berg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 26 (21), pp.5605 - 5625. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/hess-26-5605-2022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03869478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Streamflow droughts aggravated by human activities despite management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne van Loon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sally Rangecroft</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gemma Coxon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micha Werner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Niko Wanders</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Research Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 17 (4), pp.044059. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-9326/ac5def⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03791215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regional, multi-decadal analysis on the Loire River basin reveals that stream temperature increases faster than air temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanieh Seyedhashemi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacob Diamond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Thiéry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Monteil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 26 (9), pp.2583-2603. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/hess-26-2583-2022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03684242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatiotemporal and cross-scale interactions in hydroclimate variability: a case-study in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Fossa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Dieppois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Massei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît B. Laignel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 25 (11), pp.5683-5702. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/hess-25-5683-2021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03470904v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Securing Biodiversity, Functional Integrity, and Ecosystem Services in Drying River Networks (DRYvER)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Datry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Allen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Argelich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Barquín</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nuria Bonada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research Ideas and Outcomes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 7, </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3897/rio.7.e77750⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03807330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal signatures identify the influence of dams and ponds on stream temperature at the regional scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanieh Seyedhashemi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florentina Moatar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacob Diamond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Beaufort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 766, pp.1-13. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2020.142667⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03120642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intercomparaison des évènements d’étiage extrême en France depuis 1871</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurie Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LHB Hydroscience Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 107 (1), pp.1914463. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00186368.2021.1914463⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03470885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FYRE Climate: a high-resolution reanalysis of daily precipitation and temperature in France from 1871 to 2012</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Vannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate of the Past</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 17 (5), pp.1857-1879. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/cp-17-1857-2021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03470892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intermittent rivers and ephemeral streams: Perspectives for critical zone science and research on socio‐ecosystems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ophélie Fovet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Belemtougri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurie Boithias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Braud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Charlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wiley Interdisciplinary Reviews: Water</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 8 (4), pp.e1523. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/wat2.1523⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03223974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Challenges for drought assessment in the Mediterranean region under future climate scenarios</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Tramblay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aristeidis Koutroulis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Samaniego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio M Vicente-Serrano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Volaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth-Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 210, pp.103348. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.earscirev.2020.103348⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03024459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moving beyond the catchment scale: Value and opportunities in large‐scale hydrology to understand our changing world</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Kingston</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Massei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Dieppois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Hannah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Hartmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrological Processes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 34 (10), pp.2292-2298. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/hyp.13729⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02886410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The challenges of hydrological drought definition, quantification and communication: an interdisciplinary perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kerstin Stahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jamie Hannaford</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erik Tijdeman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregor Laaha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of IAHS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 383, pp.291-295. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/piahs-383-291-2020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03120746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A framework for high‐resolution meteorological surface reanalysis through offline data assimilation in an ensemble of downscaled reconstructions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Graff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Vannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quarterly Journal of the Royal Meteorological Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 146 (726), pp.153-173. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/qj.3663⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climate, Irrigation, and Land Cover Change Explain Streamflow Trends in Countries Bordering the Northeast Atlantic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.M. Vicente-Serrano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Peña‐gallardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Hannaford</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conor Murphy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Lorenzo‐lacruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geophysical Research Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 46 (19), pp.10821-10833. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2019GL084084⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uncertainty component estimates in transient climate projections.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Hingray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Blanchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Evin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 53 (5-6), pp.2501-2516. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00382-019-04635-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02327452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Twenty-three unsolved problems in hydrology (UPH) – a community perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Günter Blöschl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc F P Bierkens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Chambel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cudennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georgia Destouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrological Sciences Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 64 (10), pp.1141-1158. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/02626667.2019.1620507⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02280747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SCOPE Climate: a 142-year daily high-resolution ensemble meteorological reconstruction dataset over France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Graff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Soubeyroux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth System Science Data</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 11, pp.241-260. </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/essd-11-241-2019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02608845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation et comparaison de séries de précipitations historiques dans des sous-bassins versants de la Meuse et de la Moselle, 1871-2004</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Delus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Grelier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Francois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Drogue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climatologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 16, pp.52-71. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4267/climatologie.1378⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02946283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybridation de réanalyses météorologiques de surface pour les zones de montagne : exemple du produit DuO sur le bassin de la Durance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Magand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Ducharne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Tilmant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Le Moine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Houille Blanche - Revue internationale de l'eau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 3 (3), pp.77 - 85. </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/lhb/2018035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01899583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial verification of ensemble precipitation: an ensemble version of SAL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Radanovics</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Weather and Forecasting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 33 (4), pp.1001-1020. </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1175/WAF-D-17-0162.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01807275v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Space-time variability of climate variables and intermittent renewable electricity production. A review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kolbjorn Engeland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Borga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐dominique Creutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria-Helena Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Renewable and Sustainable Energy Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 79, pp.600-617. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.rser.2017.05.046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01555809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ensemble reconstruction of spatio-temporal extreme low-flow events in France since 1871</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Graff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 21 (6), pp.2923-2951. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/hess-21-2923-2017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01547151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explore 2070 : Quelle utilisation d'un exercice prospectif sur les impacts des changements climatiques à l'échelle nationale pour définir des stratégies d'adaptation ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Carroget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Chazot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 22, pp.4-11. </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14758/SET-REVUE.2017.22.02⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01505344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The European 2015 drought from a hydrological perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Laaha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Gauster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Tallaksen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Stahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 21 (6), pp.3001-3024. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/hess-21-3001-2017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01586707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrology needed to manage droughts: the 2015 European case</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.A.J. van Lanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Laaha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.G. Kingston</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Gauster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ionita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrological Processes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 30 (17), pp.3097-3104. </w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/hyp.10838⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01528779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probabilistic precipitation and temperature downscaling of the Twentieth Century Reanalysis over France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Graff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate of the Past</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 12 (3), pp.635-662. </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/cp-12-635-2016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01320961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hierarchy of climate and hydrological uncertainties in transient low-flow projections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Hingray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Magand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Ducharne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 20 (9), pp.3651 - 3672. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/hess-20-3651-2016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01388009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le partage de la ressource en eau sur la Durance en 2050 : vers une évolution du mode de gestion des grands ouvrages duranciens ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Arama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénie Blanc Coutagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Bouscasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Branger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Houille Blanche - Revue internationale de l'eau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 2016 (5), pp.25-31. </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/lhb/201604625⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01406130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hierarchy of climate and hydrological uncertainties in transient low flow projections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Hingray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Magand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Ducharne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 12 (9), pp.12649-12701. </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/hessd-12-12649-2015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04110406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Future hydrological extremes: the uncertainty from multiple global climate and global hydrological models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Giuntoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Prudhomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.M. Hannah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth System Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 6 (1), pp.267-285. </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/esd-6-267-2015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01164336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrating hydropower and intermittent climate-related renewable energies: a call for hydrology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Borga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Anquetin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐dominique Creutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kolbjorn Engeland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrological Processes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 28 (21), pp.5465-5468. </w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/hyp.10274⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02600685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimising predictor domains for spatially coherent precipitation downscaling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Radanovics</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ben Daoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bontron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 17, p. 4189 - p. 4208. </w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/hess-17-4189-2013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00910731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quels impacts des changements climatiques sur les eaux de surface en France à l’horizon 2070 ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Chauveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Chazot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Bourgin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Houille Blanche - Revue internationale de l'eau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 4, p. 5 - p. 15. </w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/lhb/2013027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00908983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low Flows in France and their relationship to large scale climate indices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Giuntoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 482, p. 105 - p. 118. </w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhydrol.2012.12.038⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00833431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution of spatio-temporal drought characteristics: validation, projections and effect of adaptation scenarios</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kitova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Najac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Soubeyroux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 16 (8), p. 2935 - p. 2955. </w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/hess-16-2935-2012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00737853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predictability of soil moisture and river flows over France for the spring season</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Singla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Céron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Regimbeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Déqué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 16 (1), p. 201 - p. 216. </w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/hess-16-201-2012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00676810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation des sècheresses des sols en France et changement climatique : Résultats et applications du projet ClimSec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Soubeyroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kitova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Météorologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 78, p. 21 - p. 30. </w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4267/2042/47512⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00757327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using UKCP09 probabilistic climate information for UK water resource planning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B.V. Christierson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.D. Wade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 424-425, p. 48 - p. 67. </w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhydrol.2011.12.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00675607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'usage énergétique de l'eau à l'intégration du multi-usage territorial. Modélisation ressource-usages pour les adaptations aux changements globaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Poulhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Hendrickx</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TSM. Techniques Sciences Méthodes – Génie urbain, génie rural</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 12, pp.26-39</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Loire à l'épreuve du changement climatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florentina Moatar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Ducharne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Thiéry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bustillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 12, pp.78-87</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-00549254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multilevel and multiscale drought reanalysis over France with the Safran-Isba-Modcou hydrometeorological suite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Franchistéguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Habets</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Soubeyroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 14 (3), pp.459-478. </w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/hess-14-459-2010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00506547v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation et prévision des sécheresses et étiages en France à partir de la chaîne hydrométéorologique Safran-Isba-Modcou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Soubeyroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Baillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Céron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Houille Blanche - Revue internationale de l'eau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 5, p. 30 - p. 39. </w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/lhb/2010051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00593584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 50-year high-resolution atmospheric reanalysis over France with the Safran system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Franchistéguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Baillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Soubeyroux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Climatology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 30 (11), pp.P. 1627-1644. DOI: 10.1002/joc.2003. </w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/joc.2003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">meteo-00420845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communiquer sur les inondations : quelques propositions pour adapter une expérience de maquette interactive grand public</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Poulard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Navratil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ingénieries eau-agriculture-territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, spécial La prévention des inondations.Aspects techniques et économiques des aménagements de ralentissement dynamique des crues, pp.121-130</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02591951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safran-Isba-Modcou (SIM) : Un outil pour le suivi hydrométéorologique opérationnel et les études</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Soubeyroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Franchisteguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Habets</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Noilhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Météorologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 63, pp.PP. 40-45. </w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4267/2042/21890⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">meteo-00350048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">River model calibration, from guidelines to operational support tools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Moisan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.B. Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Dartus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Modelling and Software</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 22 (11), p. 1628 - p. 1640. </w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envsoft.2006.12.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00452243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a reasoned 1-D river model calibration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Moisan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.B. Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Dartus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydroinformatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 7 (2), p. 91 - p. 104</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00542436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constituants volatils de l'arome d'un champignon comestible : le mousseron (Marasmius oreades)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Toulemonde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Richard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LWT - Food Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1986, 19, pp.353-359</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02717013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (38)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régionalisation de l’organisation spatiale et des types de plans d’eau mobilisables pour l’irrigation en France métropolitaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Branger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Mimeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Pellerin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05516786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Notice de lecture des fiches des changements hydrologiques (recharge et débit) par niveau de réchauffement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Torremocha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Héraut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blaise Calmel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05517662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Messages et enseignements du projet Explore2 - Analyse de l’hydrologie de surface selon les niveaux de réchauffement fixés par la TRACC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Torremocha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Evin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Siauve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE; BRGM; Météo France; EDF; CNRS; IRD. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05517697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évolution de l’hydrologie de surface en France par niveau de réchauffement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Torremocha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Evin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Siauve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE; BRGM; CNRS; EDF; IRD; OFB. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05343177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Définition de narratifs hydrologiques par niveau de réchauffement défini par la TRACC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blaise Calmel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Heraut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Torremocha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05517740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Document de synthèse - Changement climatique - Les mots pour le dire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Ringeade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">SMAVD; INRAE. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04707837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explore2 - Notice de lecture des fiches de résultats des modèles hydrologiques de surface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Héraut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Evin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04618149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Messages et enseignements du projet Explore2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Evin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Siauve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bornancin-Plantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natacha Jacquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE; OiEau; OFB; MTECT; BRGM; CNRS; IRD; EDF; Météo-France. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04642698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recueil de projets sur la thématique « eau et changement climatique »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bornancin-Plantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Parent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Bezier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Darne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Version finale, OiEau. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04743104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport d’exécution sur les territoires de démonstration – Action C4</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Jugnot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Rossignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Loriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Darne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04726572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Report on future projections of flow intermittence for the 6 European focal DRN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annika Künne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Mimeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sven Kralisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Branger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Friedrich Schiller Universität. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04620640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diagnostic des modèles hydrologiques : des données aux résultats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Héraut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremie Bonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alix Reverdy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Strohmenger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04338401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation au changement climatique dans la gestion des ressources en eau des Pyrénées. Rapports scientifiques du projet PIRAGUA, vol. II</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santiago Beguería</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iñaki Antigüedad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxelane Cakir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marta Domènech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Haro-Monteagudo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ministerio de Ciencia e Innovacion; CSIC; EEAD; Universidad del Pais Vasco; BRGM; CNRS; Andorra Research + Innovation; INRAE; Universitat de Barcelona; IGME. 2023, 243 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04351176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les projets de recherche du Réseau REUSE et du Carnot Eau &amp; Environnement pour accélérer le déploiement de solutions innovantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Lombard-Latune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Rapaport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice-Rose Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04874942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Report on downscaling global climate projections for catchment-scale hydrological modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Mimeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annika Künne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrae. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04620643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bilan des émissions de gaz à effet de serre RiverLy 2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Berni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Bonnineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Coquery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] INRAE Lyon-Grenoble-Auvergne-Rhône-Alpes. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03796552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Report on catchment-scale spatially distributed models for the 6 European focal DRNs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annika Künne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Mimeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Branger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sven Kralisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Friedrich-Schiller-Universität (Iéna, Allemagne). 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04620635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formulation de stratégies d'adaptation au changement climatique sur les territoires connectés au système Neste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Le Coent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clotaire Catalogne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peng Huang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] INRAE RiverLy. 2022, pp.1-65</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03791357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recueil de projets sur la thématique &amp;lt;&amp;lt; eau et changement climatique &amp;gt;&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bornancin-Plantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Parent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Darne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oriane Marchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] OiEau. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet CHIMERE 21. CHIers - Meuse : Evolution du RégimE hydrologique au 21e siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lila Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Rousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Delaigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] 17C08004, INRAE UR HYCAR; Météo-France; EDF-DTG; Université de Lorraine (Metz); INRAE UR-Riverly; Dreal Grand-Est. 2021, pp.152</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03206168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Report on flow intermittence indicators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annika Künne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sven Kralisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Datry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Branger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Friedrich Schiller Universität. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03472746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prévision de seuils de vigilance sécheresse : tests de régression logistique avec des données hydro-climatiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lila Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Gailhard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] INRAE. 2020, pp.25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03121126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impacts du changement climatique sur la gestion des réservoirs hydroélectriques. Application aux lacs-réservoirs des vallées des Nestes d’Aure et du Louron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peng Huang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clotaire Catalogne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natacha Dariba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] EU Interreg PIRAGUA deliverable E4.6, INRAE. 2020, pp.41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03121138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ArchPress - Apport des données d’ARCHives hydrologiques pour l’étude des PRESSions sur la ressource en eau et les milieux aquatiques dans les rivières cévenoles depuis la fin du XIXe siècle, rapport final de l’Action 52 de la ZABR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Navratil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Jacob-Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maël Crépy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Dolédec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] ZABR, Lyon; EVS - UMR 5600; Archéorient CNRS; LEHNA - UMR C NRS 5023; Irstea; Agence de l'eau Rhône-Méditerranée-Corse. 2019, pp.114</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02984303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport intermédiaire du projet CHIMERE21 CHIers-Meuse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lila Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Etchevers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Francois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Gailhard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2018, pp.41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02608721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance weighting of global climate models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] irstea. 2017, pp.16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02605328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les ressources en eau et le changement climatique en Provence-Alpes-Côte d’Azur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Nicault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Arnal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Aspe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Bidet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2017, pp.52</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02606443v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet R²D² 2050 : Risque, ressource en eau et gestion durable de la Durance en 2050</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Arama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénie Blanc Coutagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Bouscasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Branger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2015, pp.245</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02601503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantifying uncertainty in climate projections using multimodel multimember ensembles. COMPLEX Report D2.5</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Hingray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Raynaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] irstea. 2014, pp.69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02600769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Framework for impact and risk assessment in climate-related energies. COMPLEX Report D2.4</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐dominique Creutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria-Helena Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] irstea. 2014, pp.66</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02600768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scoping report on downscaling of climate model outputs for CRE estimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Hingray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Anquetin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Borga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Chardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐dominique Creutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] irstea. 2013, pp.85</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02599064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scoping report on space-time dependence between energy sources and climate related energy production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kolbjorn Engeland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Borga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐dominique Creutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria-Helena Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lena Tofte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] irstea. 2013, pp.96</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02599065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôle de la variabilité climatique dans l'évolution temporelle des régimes d'étiage en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Giuntoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2012, pp.58</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explore2070. Sélection de critères pour rendre compte des évolutions sur les débits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Bourgin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Chazot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2011, pp.10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet ClimSec. Impact du changement climatique en France sur la sécheresse et l'eau du sol. Rapport final</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Soubeyroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Najac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kitova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2011, pp.72</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02595492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explore2070. Synthèse bibliographique. Lot Hydrologie de Surface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Chazot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Norotte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2011, pp.71</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IMAGINE 2030, climat et aménagements de la Garonne : quelles incertitudes sur la ressource en eau en 2030 ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Dupeyrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Hendrickx</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Samie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2010, pp.149</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02593270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explore2070. Note de synthèse concernant le choix de la période de référence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Bourgin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2010, pp.10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (130)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MAKAHO : Analyse de tendances hydrologiques - Ou comment faire le pont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Héraut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ignazio Giuntoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Shiny::INRAE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRAE SK8, Feb 2025, Montpellier, France. </w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2307/2285891,JSTOR2285891,MR0258201.⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04983136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visualising past and future hydrology in France : the MAKAHO and MEANDRE portals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Héraut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ignazio Giuntoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence internationale I.S.Rivers 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05169116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From a white paper to an adventure gamebook: engaging practitioners in climate change impact studies on hydrology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Héraut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EGU, Apr 2024, Vienne (AUT), Austria. </w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu24-5877⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04707793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation de l’assèchement dans des réseaux de rivières intermittents par couplage d’un modèle hydrologique spatialisé avec un algorithme de Random Forest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Mimeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annika Künne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Branger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sven Kralisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de Modélisation des Surfaces Continentales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04626613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reducing the carbon footprint of a research lab: how to move from individual initiatives to collective actions?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Berni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Coquery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leslie Gauthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Héraut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2024,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EGU, Apr 2024, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu23-3462⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04626618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flow intermittence patterns in European river networks under climate change: Assessing temporal and spatial changes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annika Künne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Mimeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sven Kralisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Branger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu24-12911⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04660207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using a hybrid hydrological modelling approach to simulate drying patterns in 3 non-perennial European river networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Mimeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annika Künne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Branger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sven Kralisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu24-16251⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04660218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tout coule ? Savoirs scientifiques et pouvoirs (autour) de l’eau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Fernandez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire d'écologie politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Atecopol, Feb 2024, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04482849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Panorama des études hydrologiques sur de grands échantillons de bassins à INRAE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Branger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée "Chroniques hydrométriques pour l'hydrologie"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SCHAPI; INRAE, Feb 2024, Villeurbanne (France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04707935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reach-scale streamflow projections in intermittent riversthrough a multivariate dowscaling method and a distributed hydrologcal model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Mimeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annika Künne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Geosciences Union, Apr 2023, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu23-12779⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04381957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence de l’évolution du climat sur les débits du bassin de la Loire (1871-2022)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres migrateurs de Loire 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04382147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to make a sustainable development approach successful across all scales of a research institute? Crossed views at INRAE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leslie Gauthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Carnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assemble 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Geosciences Union, Apr 2023, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu23-7600⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04381760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution of discharge and stream temperature from past to future in a large European River basin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florentina Moatar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanieh Seyedhashemi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacob Diamond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Thiéry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Geosciences Union, Apr 2023, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu23-7683⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04381990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le changement climatique : tendances observées sur le climat et la ressource en eau, perspectives d’évolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comité de bassin Agence de l’Eau Loire-Bretagne, Commission territoriale Allier-Loire amont</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Lempdes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04382113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riparian vegetation mitigates river warming: exploring its large scale effects on past and future thermal regimes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanieh Seyedhashemi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florentina Moatar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Maire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th Symposium for European Freshwater Sciences (SEFS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Newcastle, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04176046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The outstanding 2022 hydrological drought in France within a 150-year historical context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Héraut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Delaigue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu23-7409⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04222977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en perspective historique de la sécheresse hydrologique 2022, et exemples d’impacts sur la gestion de la ressource</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Héraut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Delaigue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rétrospective de l’année climatique 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Métaprogrammes CLIMAE; INRAE, Mar 2023, Online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04223104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La sécheresse 2022 à l’aune des événements passés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Héraut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Delaigue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sécheresse et étiages 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société hydrotechnique de France, Mar 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04223067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthèse du 6e rapport du GIEC &amp;lt;&amp;lt; Impacts, adaptation et vulnérabilité &amp;gt;&amp;gt; - Focus sur l’eau en Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée hiver CAB : Gestion quantitative de l’eau : apprendre et comprendre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Coordination Agrobiologique des Pays de la Loire, Jan 2023, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03949476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data assimilation to quantify and reduce uncertainty in ecohydrology modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Rouzies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Vidard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire ITES 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ITES, Nov 2023, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04387935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthèse du 6e rapport du GIEC &amp;lt;&amp;lt; Impacts, adaptation et vulnérabilité &amp;gt;&amp;gt; - Focus sur l’eau en Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Changement climatique et ressource en eau sur le bassin de la Vienne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03791641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inter-comparison of climatological datasets for the hydrological modelling of six european catchments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Mimeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annika Künne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sven Kralisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Branger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Geosciences Union General Assembly 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Vienne, Austria. </w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu22-9782⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03791241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mener une étude rétrospective et prospective sur la ressource en eau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Gestion Quantitative de la Ressource en Eau -- Sécheresses - Gérons la ressource en commun pour des solutions adaptées à chaque territoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Nationale des Élus des Bassins; Établissement Public Loire, Dec 2022, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03949560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using the advanced delta change approach and a distributed model for a rapid assessment of reach-scale streamflow projections in intermittent rivers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Geosciences Union General Assembly 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Vienne, Austria. </w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu22-3950⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03791253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CHIMERE 21. CHIers - Meuse : Evolution du RégimE Hydrologique au 21&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt; siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lila Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Rousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Delaigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Francois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GT Hydrologie de la Commission Internationale de la Meuse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2022, Meuse (Online), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03554215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FYRE Climate -- Réanalyse haute-résolution de précipitations et température quotidiennes sur la France (1871-2012)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'échanges Météo-France - LESSEM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LESSEM, Sep 2022, Saint-Martin d'Hères, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03949462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Water cycle and water resources of the Pyrenees under climate change: the PIRAGUA datasets.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Palazón</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santiago Beguería</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iñaki Antiguedad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Barella-Ortiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu22-7825⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03791275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Global-Scale Analysis of Hydrologic Extremes using Hidden Climate Indices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Mcinerney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seth Westra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Leonard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dmitri Kavetski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu22-7122⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03710318v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data assimilation of global hydrological model discharge to constrain a distributed hydrological model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IAHS-AISH Scientific Assembly 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Montpellier, France. </w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/iahs2022-439⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03791280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation de la qualité d’un métamodèle de modèle hydrologique distribué basé sur le Random Forest en climat présent et futur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4èmes Journées de Modélisation des Surfaces Continentales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03791348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of the future water balance and water resources of the Pyrenees</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pere Quintana-Seguí</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxelane Cakir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Clavera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Dewandel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu22-7621⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03791246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation des dynamiques spatiales et temporelles d’assèchement dans des réseaux de rivières intermittentes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Mimeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annika Künne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Branger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sven Kralisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de Modélisation des Surfaces Continentales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03810143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beyond the usual suspects P&T: deriving multivariate high-resolution transient forcings for land surface models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pere Quintana Seguí</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santiago Beguería</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Geosciences Union General Assemble 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Vienne, Austria. </w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu22-2720⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03791232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multidecadal assessment of the FYRE Climate daily high-resolution surface reanalysis over France (1871-2012)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Vannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2021 vEGU21: Gather Online</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Vienne, Austria. </w:t></w:r><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu21-10859⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03470946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Données climatiques : mise à disposition de données climatiques pour la France (DRIAS) – Utilisation du service</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de restitution du projet « Convention Services Climatiques »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03472636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Jourdain et les ODD. Contribuer aux Objectifs de Développement Durable en faisant de la recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Semaines du Développement Durable</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03472681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trend of stream temperature and its drivers over the past 55 years in a large European River basin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanieh Seyedhashemi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florentina Moatar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Monteil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGu General Assembly 2021 vEGU21: Gather Online</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Vienne, Austria. </w:t></w:r><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu21-9529⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03470933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment quantifier l’impact du changement climatique sur l’hydrologie des bassins versants ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eau et changement climatique, comment les territoires s’adaptent. Journée thématique CYCL'EAU</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Vichy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03472644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrologie de l’Anthropocène. Ma recherche en 180 secondes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de lancement du Métaprogramme Climae « Agriculture et Forêt face au changement climatique : adaptation et atténuation »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Marne-la-Vallée, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03472649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 140-year ensemble streamflow reconstruction and reanalysis of over 662 catchments in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Vannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4es Rencontres HydroGR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, Jouy-en-Josas–Antony, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03810030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The CHIMERE 21 project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lila Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Rousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Delaigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Francois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MICCA meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The Mosan Initiative for Climate Change Action « MICCA », Jul 2021, Online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03279464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ressources en eau en France. Passé à considérer et futurs à composer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Climat &amp; irrigation ATINA/ATIOC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03472675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of climate change on the French part of the River Meuse - the CHIMERE 21 project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lila Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Rousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Delaigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Francois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Meuse Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Liège, Belgium. pp.25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03355200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact du changement climatique sur l’hydrologie en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comité de bassin de l'Agence de l'Eau Loire-Bretagne - Débat sur le Varenne agricole de l'eau et de l'adaptation au changement climatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03472668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling the water-system in the Pyrenean Aure-Louron Valley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peng Huang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natacha Dariba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Vienne (virtual), Austria. </w:t></w:r><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu2020-5283⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03120771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validating the French hYdrometeorological REanalysis (FYRE) with documentary evidence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Vannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurie Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Vienne, Austria. </w:t></w:r><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu2020-8394⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03121090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of reservoir water management under climate change: Impact and adaptation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peng Huang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire scientifique ZABR – Changement Climatique et Ressources</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2020, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03121104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of the past and future water resources of the Pyrenees by means of a land-surface simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pere Quintana Seguí</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anais Barella-Ortiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Cenobio-Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ane Zabaleta</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Vienne, Austria. </w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu2020-10400⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03120777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identifying the influence of dams and ponds on the thermal regime at regional scale: The case of Loire catchment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanieh Seyedhashemi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florentina Moatar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Beaufort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Chandesris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Vienne, Austria. </w:t></w:r><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu2020-15120⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03121076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une reconstruction hydrologique ensembliste depuis 1871 sur 662 bassins versants en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Vannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ateliers de Modélisation de l'Atmosphère 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Toulouse, France. pp.39</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02609293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire d'étiages. Rétrospective sur les 150 dernières années avec la réanalyse hydrologique FYRE Hydro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">UNESCO-SHF Colloque Sécheresses, étiages et déficits en eau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, Paris, France. pp.17-18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 140-year high-resolution meteorological reanalysis over France through offline data assimilation in an ensemble of downscaled reconstructions from 20CR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Vannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Meeting on Statistical Climatology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Toulouse, France. pp.25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climate Change Adaptation Strategies for the Pyrenees' Water Resources with an Impact on the Territory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Haro Monteagudo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Beguería</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Antiguedad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th European Climate Change Adaptation conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Lisbon, Portugal. pp.18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaison de séries climatiques historiques dans les bassins versants de la Meuse et de la Moselle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Delus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Grelier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Francois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Drogue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bases de données et modèles climatiques. Séminaire de la commission "Changements climatiques et territoires" du CNFG</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CRC, Mar 2019, Dijon, France. pp.23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02609259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Droughts of future past</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PAGES "Extreme Events and Risk Assessment" Integrative Activity Workshop : Climatic and hydrological extremes: linking the instrumental period of the last decades with the more distant past</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2019, Koblenz, Germany. pp.37</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02608846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intercomparaison des événements spatio-temporels d'étiage extrême en France depuis 1871</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">UNESCO-SHF Colloque Sécheresses, étiages et déficits en eau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, Paris, France. pp.39-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CHIMERE21 : Evolution du régime hydrologique de la Meuse et de la Chiers au 21e siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lila Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Etchevers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Francois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Gailhard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">UNESCO-SHF, Sécheresses, étiages et déficits en eau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, Paris, France. pp.16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02609951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FYRE Hydro : une réanalyse hydrologique de 142 ans sur la France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Vannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3e Journées de Modélisation des Surfaces Continentales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Paris, France. pp.4-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assimilation de données pour l’hydroclimatologie : FYRE = une réanalyse hydrométéorologique à l’échelle de la France sur les 140 dernières années</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Vannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire interne du département AQUA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2019, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03807258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Forecasting drought severity based on spatial hydro-meteorological indicators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lila Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Wagner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Gailhard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Rousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th Symposium on the hydrological modelling of the Meuse basin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Liège, Belgium. pp.18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02609965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Challenges in the quantification and management of future water resources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Barreteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurie Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Graff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference Climate Change &amp; Water</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Tours, France. pp.11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02607476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une réanalyse hydrologique par assimilation de débits sur plus de 600 bassins versants en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Printemps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Vannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque National d'Assimilation de données</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Rennes, France. pp.46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02608158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Usage et mobilisation des ressources en eau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria-Helena Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Cassagnole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Branger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Eau &amp; énergie, Société du Canal de Provence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Le Tholonet, France. pp.15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02608096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 140-year high-resolution meteorological reanalysis over France through offline data assimilation in an ensemble of downscaled reconstructions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Graff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fisrt International Symposium on Regional Reanalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Bonn, Germany. pp.28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02607702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The challenges of hydrological drought definition, quantification and communication: an interdisciplinary perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konrad Stahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Hannaford</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Tijdeman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Laaha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Global FRIEND-Water Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Beijing, pp.15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02608159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ensemble analogue downscaling of the Twentieth Century Reanalysis over France for 140-year-long hydrological reconstructions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Graff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on Stochastic Weather Generators for Hydrological Applications (SWGen-Hydro)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Berlin, Germany. pp.54</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02606517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse des étiages historiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Graff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontre Chercheurs-Gestionnaires sur les ressources en eau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Vincennes, France. pp.44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02606732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ensemble reconstruction of spatio-temporal extreme low-flow events in France since 1871</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Graff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference "Adaptation and Resilience to Droughts: Historical Perspectives in Europe and beyond"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Strasbourg, France. pp.31</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02606320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transferability of an ensemble downscaling method across time periods and predictor datasets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Radanovics</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bontron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MISTRALS workshop: Climate change impacts in the Mediterranean region</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02606589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ensemble hydrometeorological reconstruction over France since 1871</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurie Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gildas Dayon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Boé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURO-FRIEND Water Project 3 "Large-scale variations in hydrological characteristics" 2017 Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Rouen, France. pp.23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02606321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrometeorological reconstruction of snow-influenced streamflow series in France since 1871</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurie Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Graff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Gouttevin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34th International Conference on Alpine Meteorology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Reykjavík, Iceland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02606733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation des sécheresses et étiages extrêmes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Soubeyroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Caillouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées 'Risques de sécheresse et de déficit en eau' - 2e journée Retours d'expériences et perspectives d'adaptations territoriales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Paris, France. pp.16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02606340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Material and methods for evaluating the man-induced component of water shortages (late 18th - early 20th century)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Jacob Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Navratil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference "Adaptation and Resilience to Droughts: Historical Perspectives in Europe and beyond"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Strasbourg, France. pp.17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02606324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ensemble reconstruction of severe low flow events in France since 1871</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Graff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Geosciences Union General Assembly 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02603485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstruction hydrométéorologique ensembliste des évènements spatio-temporels d’étiage extrême en France depuis 1871</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Graff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées scientifiques «Climat et Impacts»</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Orsay, France. pp.24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02604951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstruction hydrométéorologique des évènements spatio-temporels d'étiage extrêmes en France depuis 1871</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Graff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop Extremoscope</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Paris, France. pp.42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02604873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ensemble reconstruction of severe low flow events in France since 1871 through statistical downscaling and hydrological modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Graff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Meeting on Statistical Climatology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Canmore, Alberta, Canada. pp.71-71</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02603553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A performance weighting procedure for GCMs based on explicit probabilistic models and accounting for observation uncertainty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Meeting on Statistical Climatology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Canmore, Alberta, Canada. pp.36-37</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02603554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bias and robustness of uncertainty components estimates in transient climate projections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Hingray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Blanchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Vienna, Austria. pp.2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02603488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The European 2015 drought from a hydrological perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregor Laaha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobias Gauster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lang-Delus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unesco Friend-Water Low Flow And Drought Group Team</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Geosciences Union – General Assembly, Session HS4.4 Drought and water scarcity: monitoring, modelling and forecasting to improve hydro-meteorological risk management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02995264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Downscaling and hydrological uncertainties in 20th century hydrometeorological reconstructions over France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurie Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gildas Dayon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Boé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25e Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Caen, France. pp.17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02604872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The European 2015 drought from a hydrological perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Laaha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Gauster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Delus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Loon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Vienna, Austria. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02605164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ensemble reconstruction of severe low flow events in France since 1871</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Graff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">HyMeX workshop on drought and water resources</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Zaragoza, Spain. pp.40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02603484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling efforts to assess changes in hydrology and sustainability of water uses in the Alps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Gouttevin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Braud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Branger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd INARCH workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Grenoble, France. pp.22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02604922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From hydrological trend detection to the exploration of relations between climate variability and hydrological variability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Giuntoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier "Détection et attribution des événements singuliers et des impacts du changement climatique"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Toulouse, France. pp.20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02601443v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selecting downscaled climate projections for water resource impacts and adaptation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Hingray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Vienna, Austria. pp.38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02602232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prospective approach for assessing change in water resources management for large river basins in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Arama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénie Blanc Coutagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Bouscasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Branger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Our Common Future Under Climate Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Paris, France. pp.14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02602229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probabilistic SAL: Evaluating the spatial properties of probabilistic precipitation simulations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Radanovics</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th EMS Annual Meeting &amp; 12th European Conference on Applications of Meteorology (ECAM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Sofia, Bulgaria. pp.27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02602237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low flows and reservoir management for the Durance River basin (Southern France) in the 2050s</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Arama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénie Blanc Coutagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Bouscasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Branger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Vienne, Austria. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02602235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le partage de la ressource en eau sur la Durance en 2050 : vers une évolution du mode de gestion des grands ouvrages duranciens ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Arama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénie Blanc Coutagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Bouscasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Branger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès SHF: Water Tensions in Europe and in the Mediterranean: water crisis by 2050?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Paris, France. 8 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01299129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probabilistic precipitation and temperature downscaling of the Twentieth Century reanalysis over France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Graff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Vienna, Austria. pp.28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02601303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards hydroclimatic services in France: a hydrologist's point of view</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PEER-EurAqua Workshop "Emerging issues in water research"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Copenhagen, Denmark. pp.24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02601364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of drought and soil moisture in context of climate change: results and operational applications of ClimSec project in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Soubeyroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Josse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Pagé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Our Common Future Under Climate Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Paris, France. pp.13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02602230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hierarchy of climate and hydrological uncertainties in low flow projections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Magand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Ducharne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Hingray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th EGU Leonardo Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Prague, Czech Republic. pp.59-60</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02600339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesizing changes in low flows from observations and models across scales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konrad Stahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Hannaford</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Prudhomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Laaha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th Global FRIEND-Water - Hydrology in a Changing World: Environmental and Human Dimensions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Montpellier, France. pp.30-35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02600358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SANDHY flies to Argentina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Radanovics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Second CORDEX-ESD Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Buenos Aires, Argentina. pp.12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02600069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstruction of meteorological droughts in France since 1871 through the probabilistic downscaling of a global atmospheric reanalysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjorie Haond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th EGU Leonardo Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Prague, Czech Republic. pp.46-47</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02600352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coherent predictand areas for spatially coherent precipitation downscaling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Radanovics</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ben Daoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bontron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, Wien, Austria. pp.17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards spatially coherent statistical downscaling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Radanovics</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bontron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ben Daoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PEPER Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Aussois, France. pp.43</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02599128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of theoretical crop irrigation requirements in a climate change context. Application to the Durance catchment, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Braud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Samie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Cherel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Tilmant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th HyMeX workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Cassis, France. pp.2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02599046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sub-sampling ensembles of downscaled climate projections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Hingray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Meeting on Statistical Climatology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Jeju, South Korea. pp.126-127</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact du changement climatique sur l’hydrosystème Loire : HYDROlogie, régime thermique, QUALité - ICC-HYDROQUAL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florentina Moatar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bustillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Ducharne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Billen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14ème Carrefour des gestions locales de l'eau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2013, Rennes, France. pp.22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02599411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Defining predictand areas with homogeneous predictors for spatially coherent precipitation downscaling of climate projections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Radanovics</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ben Daoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bontron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Meeting on Statistical Climatology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Jeju, South Korea. pp.18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les projections climatiques sur la région PACA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andre Chanzy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bailleux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres RED (Recherche Expérimentation Développement) PACA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Avignon, France. pp.14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02599063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What impacts of climate change on surface water in France by 2070? Results of the Explore2070 project in metropolitan France and overseas departments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Chazot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Chauveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julian David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Bourgin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum Mondial de l'Eau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Marseille, France. 2 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00795659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climate and hydrological uncertainties in projections of flood and low-flows in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Bourgin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Chauveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Vienna, Austria. pp.22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low flows in France and their relationship to large scale climate indices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Giuntoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Bard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Climate Impacts on Low Flows and Droughts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Vienne, Austria. pp.39</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02596945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of climate change adaptation and mitigation scenarios on spatio-temporal drought characteristics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kitova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Najac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Soubeyroux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Climate Impacts on Low Flows and Droughts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Vienne, Austria. pp.30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02596944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Water resources in France: reanalysis, trends, seasonal forecasting and climate projections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Visiting Scientist Seminar, Centre for Ecology and Hydrology (CEH) and European Centre for Medium-Range Weather Forecasts (ECMWF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Wallingford, United Kingdom. pp.32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimising predictor domains for spatially coherent precipitation downscaling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Radanovics</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bontron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ben Daoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Vienna, Austria. pp.13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low flows in France and their relationship to large scale climate indices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Giuntoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Bard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Vienna, Austria. pp.33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of climate change adaptation scenarios on perceived spatio-temporal characteristics of drought events</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kitova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Najac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Soubeyroux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Vienna, Austria. pp.20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Future droughts: changes in spatio-temporal development and propagation through the hydrological cycle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mid-term meeting of the EURO FRIEND Low Flow and Drought (LFD) Group</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Payerbach, Austria. pp.15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the impact of climate change on the flood regime in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Ducharne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Deciphering River Flood Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meteorological, agricultural and hydrological drought projections over France for the 21st century</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kitova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Soubeyroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Pagé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2011, Vienne, Austria. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02596930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact du changement climatique sur la sècheresse et l’eau du sol en France : les résultats du projet CLIMSEC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Soubeyroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kitova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3èmes Rencontres de la recherche et du développement en Poitou-Charentes - Changement climatique : quelles perspectives pour l’agriculture régionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Melle, France. p. 9 - p. 16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00778604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The RheinBlick2050 and Imagine2030 projects: a perspective on the hydrological impacts of climate change in two river basins in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Klaus Görgen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Beersma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Boudhraâ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Euraqua Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Koblenz, Germany. p. 49 - p. 61</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00659598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uncertainties in the Safran 50-year atmospheric reanalysis over France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Franchistéguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Baillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Soubeyroux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International Meeting on Statistical Climatology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Edimbourg, United Kingdom. p. 39 - p. 40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00507303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multimodel ensemble climate projections for the Garonne river basin, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International Meeting on Statistical Climatology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Edimbourg, United Kingdom. p. 167 - p. 168</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00505773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing changes in drought characteristics with standardized indices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Najac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Franchistéguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Soubeyroux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th EGU General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Vienne, Austria. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00505770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation des sécheresses en France au cours du XXIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Najac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kitova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Soubeyroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIIIe colloque de l'Association Internationale de Climatologie. Risques et changement climatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Rennes, France. p. 433 - p. 438</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00536859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changes in drought characteristics in France during the 21st century</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Najac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Franchistéguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Soubeyroux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th EGU General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Vienne, Austria. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00506550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impacts anthropiques et étiages de la Garonne à l'horizon 2030</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Dupeyrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Hendrickx</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Labedade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Samie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du Colloque 193 SHF : «Etiages, Sécheresses, Canicules rares et leurs impacts sur les usages de l'eau»</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Lyon, France. pp.8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02592338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fuzzy knowledge-bBased curve evaluation for 1-D river model calibration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Moisan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th international conference on Hydroinformatics, Nice, 4-8 septembre 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Nice, France. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assistance semi-automatique au calage d'un modèle numérique en hydraulique à surface libre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.B. Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Moisan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque ANR ECCO, Centre Météo-France, Toulouse, 5-7 décembre 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Toulouse, France. pp.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02587085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Opérationalisation de connaissances pour le calage de modèles numériques - Application en hydraulique fluviale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Moisan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15èmes Journées francophones d'Ingénierie des Connaissances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2004, Lyon, France. pp.261-272</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00380571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decision support system for calibration of 1-d river models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.B. Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Dartus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Moisan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Conference on Hydroinformatics, Singapour, SGP, 21-24 juin 2004</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Singapour, Singapore. pp.8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02583975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Knowledge based hydraulic model calibration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Moisan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.B. Faure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th international conference on knowledge based intelligent information and engineering systems, Oxford, GBR, 3-5 September 2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Oxford, United Kingdom. pp.7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02581682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of flood risk in areas protected by dikes (example of Agly river)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Paquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zih-Hua Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Rouch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydroinformatics 2002, Cardiff, GBR, 1-5 juillet 2002</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, United Kingdom. pp.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02580735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic evaluation of the uncertainty on the surface of a flooded area</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.B. Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId616" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Dhervillez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydroinformatics 2002, Cardiff, GBR, 1-5 juillet 2002</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, United Kingdom. pp.1319-1324</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02580734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (36)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construction of a hydrological model construction coupling farm dams and irrigation to estimate the cumulative impact on a regional scale.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Pellerin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Branger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Mimeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Brown</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence internationale I.S.Rivers 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Lyon, France. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05169144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CACTUS: an interactive hydrological modelling tool for simulating hydrological scenarios in a customisable catchment area</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Mimeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Héraut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Branger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence internationale I.S.Rivers 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Lyon, France. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05169160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explore2 - Des futurs de l'eau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8èmes Rencontres EDF sur le bassin Rhône-Méditerranée Changement climatique : agissons ensemble pour l'eau, l'énergie et la biodiversité.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04707984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId621" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MAKAHO : An interactive cartographic Tool for Trend Analysis of hydrological extremes in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Héraut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU24</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Wien, Austria, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId621" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04582254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flow intermittence prediction using a hybrid hydrological modelling approach: a guide to reducing uncertainty related to observed intermittence data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Mimeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annika Künne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Branger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sven Kralisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Vienna, Austria. EGU23-7358, 2023, </w:t></w:r><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu23-7358⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04381933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to collectively engage in reducing the carbon footprint of a research lab?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Berni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Coquery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leslie Gauthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Vienna, Austria. EGU23-3462, 2023, </w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu23-3462⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04382016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ma Terre en 180 Minutes: a transition support system to build decarbonization scenarios in the academic community</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Champollion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Anquetin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId627" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Aumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Baehr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Bardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Vienna, Austria. , </w:t></w:r><w:hyperlink r:id="rId630" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu23-6356⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04199599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation de l'assèchement du réseau hydrographique de l'Albarine, sous bassin de l'Ain, lors de la sécheresse de 2022 : mise en perspective historique et future</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Mimeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annika Künne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Branger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sven Kralisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sécheresse &amp; Etiages 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04397512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId632" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explore2, water’s future: study of the impact of climate change on the watersheds of the Loire and the Rhone through the application of a distributed hydrological model based on physics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Bonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Branger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId633" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Rabotin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th international conference I. S. Rivers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Lyon, France. 2022, 4th international conference I. S. Rivers - Integrative sciences and sustainable development of rivers - Programme and abstracts</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId632" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03791305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic adaptive policy pathways under climate change for the Neste system (Pyrenees, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Le Coent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peng Huang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clotaire Catalogne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. International Conference I.S. Rivers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Lyon, France. pp.91, 2022, 4th international conference I. S. Rivers - Integrative sciences and sustainable development of rivers - Programme and abstracts</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03791326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId635" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact du changement climatique sur l’hydrologie des bassins versants de la Loire et du Rhône : résultats préliminaires d’un modèle distribué à base physique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Bonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Branger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId633" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Rabotin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Sauquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">I.S. Rivers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId635" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03752772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId636" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perceiving and managing the 2018 & 2019 droughts in Europe: is there a need for macro-governance in Europe?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veit Blauhut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Teutschbein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId637" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Andersen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuela Brunner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmelo Cammalleri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Vienne (Online), Austria. </w:t></w:r><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu2020-19969⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId636" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 140-year ensemble streamflow reconstruction of over 662 catchments in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Vannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Geosciences Union 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Vienna, Austria. pp.1, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02609294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drought severity characterization based on hydro meteorological indices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lila Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Wagner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Gailhard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Rousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU annual meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Vienna, Austria. pp.1, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02609964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId642" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of water resources of the Pyrenees in a context of climate change and adaptation strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Beguería</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId643" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Sánchez-Pérez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Antiguedad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId644" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. J. Lamban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Vienna, Austria. 21, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId642" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02609261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId645" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-resolution precipitation reanalysis over France through offline data assimilation in a downscalled ensemble meteorological reconstruction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Graff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Vienna, Austria. pp.1, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId645" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02607466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of multidecadal climate variability on policy-relevant low-flow estimates over France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Vienna, Austria. pp.1, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02607474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reanalysis of the 1893 heat wave in France through offline data assimilation in a downscaled ensemble meteorological reconstruction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lauvernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Graff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Vienna, Austria. 19, pp.1, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02606248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId648" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SCOPE Climate: a high-resolution ensemble meteorological downscaling of the Twentieth Century Reanalysis over France from 1871 to 2012</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Graff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MISTRALS Workshop: Climate change impacts in the Mediterranean region</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Montpellier, France. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId648" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02606588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId649" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Downscaling and hydrological uncertainties in 20th century hydrometeorological reconstructions over France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurie Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gildas Dayon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Boé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Vienne, Austria. 19, pp.1, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId649" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02606250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId650" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A GCM weighting procedure based on explicit probabilistic models and accounting for observation uncertainty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Vienne, Austria. pp.1, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId650" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02603422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId651" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 140-year high-resolution probabilistic meteorological dataset over France: A contribution to climate services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Graff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire du CVT Allenvi "Services climatiques pour l'adaptation au changement climatique"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2016, Saint Mandé, France. pp.1, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId651" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02602427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrometeorological reconstruction of droughts and low flows in France: 1871-2012</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Drought-r&amp;spi summer school</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Syros, Greece. pp.1, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02599898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stepwise analogue downscaling for hydrology (SANDHY): validation experiments over France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Radanovics</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ben Daoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bontron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Vienna, Austria. pp.1, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02599841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId654" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrating hydropower and intermittent climate-related renewable energies: a call for hydrology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Borga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Anquetin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐dominique Creutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kolbjorn Engeland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Vienna, Austria. 16, pp.1, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId654" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02600158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A framework for identifying tailored subsets of climate projections for impact and adaptation studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Hingray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Vienna, Austria. 16, pp.1, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02600157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId656" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatio-temporal coherence in probabilistic downscaled precipitation for hydrological modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Radanovics</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ben Daoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bontron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Next Generation Climate Data Products Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Boulder, United States. pp.1, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId656" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId657" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Future hydrological extremes uncertainty: global climate vs. global hydrological models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Giuntoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Prudhomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.B. Clark</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.M. Hannah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGU Fall Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, San Francisco, United States. pp.1, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId657" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02599258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId659" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude de la prévisibilité saisonnière des ressources en eau sur la France avec le modèle Safran-Isba-Modcou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Singla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Céron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId660" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Régimbeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Déqué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ateliers de Modélisation de l'Atmosphère 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2013, Toulouse, France. pp.129-129, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId659" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId661" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uncertainties in changes in potential evaporation: the formulation issue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Tilmant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Hingray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, Vienna, Austria. pp.1, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId661" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId662" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changes in drought characteristics in France during the 21st century</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Najac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Franchistéguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Soubeyroux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Salon des maires et des collectivités locales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, Paris, France. pp.1, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId662" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId663" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R²D² 2050: Risque, Ressource en eau et gestion Durable de la Durance en 2050</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Chauveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Perrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque du CNFCG "Les changements globaux : Enjeux et Défis"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Toulouse, France. pp.1, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId664" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the impact of climate change on the flood regime in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Bourgin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Chauveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGU 2012 Fall Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2012, San Francisco, United States. pp.1, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId665" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climate and hydrological uncertainties in future low-flows in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Bourgin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Chauveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Climate Impacts on Low Flows and Droughts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Vienne, Austria. pp.1, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02596946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId666" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using probabilistic climate information for UK water resource planning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B.V. Christierson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.D. Wade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2011, Vienne, Austria. pp.1, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02596932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId667" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predictability of soil moisture and river discharge over France for the Spring season</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Singla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Céron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId660" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Régimbeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2011, Vienne, Austria. pp.1, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId667" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02596931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId668" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterizing France's Plausible Future Droughts: A Multi-Perspective Spatiotemporal Framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId669" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Belin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aglaé Jézéquel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Ducharne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId671" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Humbert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId668" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05412040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId672" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séminaire de restitution des projets LIFE Eau&Climat et Explore2 - Des clés pour la gestion de l’eau de demain - Les actes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Bezier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bornancin-Plantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId673" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cléa Chamfort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Evin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maïté Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de restitution des projets LIFE Eau&amp;Climat et Explore2 - Des clés pour la gestion de l’eau de demain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId672" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04730483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId675" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding and predicting large-scale hydrological variability in a changing environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Massei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Kingston</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Hannah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Dieppois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Global FRIEND–Water Conference: Hydrological Processes and Water Security in a Changing World</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Beijing, China. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of IAHS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 383, pp.141-149, 2020, </w:t></w:r><w:hyperlink r:id="rId676" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/piahs-383-141-2020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId675" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03120599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Logiciel (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId677" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MEANDRE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Heraut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024, </w:t></w:r><w:hyperlink r:id="rId678" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:705fc2c334bfecc2d13e45fcf0eac2cc566ce1d4;origin=https://github.com/super-lou/MEANDRE;visit=swh:1:snp:d5333e5f18dbe56e77c781f72da8fdafacfa3010;anchor=swh:1:rev:fd2ebf4dfc3aa51d4d47e89adb109ce4ba355da6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId677" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId679" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CARD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Heraut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId680" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:1dc9a58310432daac34ad2db9451fb2b05cb48ac;origin=https://github.com/super-lou/CARD;visit=swh:1:snp:0040d77e5e41500f699359e06c9d6212b8979c17;anchor=swh:1:rev:7ddebffb4df67098dcb49cc91ff1da0f7a636361⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId679" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId681" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MAKAHO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Heraut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022, </w:t></w:r><w:hyperlink r:id="rId682" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:be545fd014bf1358b2acbc079ca8c358bbb2f853;origin=https://github.com/super-lou/MAKAHO;visit=swh:1:snp:6666778b8a6b415444ee67864b61faddc8d3a0ea;anchor=swh:1:rev:32ff5cd9cf8288847494d45633220b05df5d62dc⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId681" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId683" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Past and future hydrological drought</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Niko Wanders</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId684" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Prudhomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId685" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katie Facer-Childs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId686" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James H. Stagge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lena M. Tallaksen; Henny A. J. van Lanen. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrological Drought. Processes and Estimation Methods for Streamflow and Groundwater</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elsevier, pp.525-561, 2023, 978-0-12-819082-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId683" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04216564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId687" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un second souffle pour le bassin versant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nous, les fleuves</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Musée des Confluences; Réunion des Musées Nationaux, pp.43, 2022, 978-2-7118-7943-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId687" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03949445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId688" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un potentiel hydroélectrique mis à mal par le changement climatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahier Régional Occitanie sur les Changements Climatiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.216-217, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId688" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03423025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId689" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trajectoires hydroclimatiques du bassin et impacts possibles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId690" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId691" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Habets</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florentina Moatar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Loire fluviale et estuarienne : Un milieu en évolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Quae, pp.229-242, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId689" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02605166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId692" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drought: Observed trends, future projections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Quintana Seguí</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId695" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId696" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehrez Zribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId697" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Vennetier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thiebault, S.; Moatti, J.P. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Mediterranean under climate change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IRD Editions, pp.123-131, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId692" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01401386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId698" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trajectoires hydroclimatiques du bassin et impacts possibles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Thiéry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Habets</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId699" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josette Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florentina Moatar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Loire fluviale et estuarienne : Un milieu en évolution. </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Quae, Partie VI, Chapitre 17, pp.229-242, 2016, 978-2-7592-2401-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId698" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01599202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régimes hydrologiques, thermiques et leurs évolutions à long terme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florentina Moatar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId701" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Baratelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId702" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Flipo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Loire fluviale et estuarienne : Un milieu en évolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Quae, pp.51-62, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02605167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId703" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régimes hydrologiques, thermiques et leurs évolutions à long terme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florentina Moatar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId704" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fulvia Baratelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId705" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Flipo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Loire fluviale et estuarienne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, QUAE, 2016, 978-2-7592-2401-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId703" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01542903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId706" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of climate change on hydropower: Ariège, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId707" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Hendrickx</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId708" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Fung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId709" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId710" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. New</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Modelling the Impact of Climate Change on Water Resources</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Wiley Blackwell, pp.148-161, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId706" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02593961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId711" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Livre Blanc : Mener une étude rétrospective et prospective sur la ressource en eau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId711" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04382132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId712" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dans la jungle des réseaux sociaux scientifiques professionnels : zoom sur ResearchGate, Academia.edu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId713" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.L. Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015, pp.27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId712" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02602249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId714" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Écrire l'hydrologie de l'Anthropocène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hydrologie. Communauté Université Grenoble-Alpes, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId714" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02919032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId715" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assistance au calage de modèles numériques en hydraulique fluviale -- Apports de l'intelligence artificielle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Interface homme-machine [cs.HC]. Institut National Polytechnique (Toulouse), 2005. Français. </w:t></w:r><w:hyperlink r:id="rId716" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2005INPT010H⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId715" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00010185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId717"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="192BDE68"/>
+    <w:nsid w:val="F9F01212"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jean-philippe-vidal" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3748-6150" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/087655829" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/E-6187-2010" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520086v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Evin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Hingray" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Thirel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Ducharne" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Strohmenger" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-30-1023-2026" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05014561v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Mimeau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annika K&#252;nne" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Devers" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Branger" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven Kralisch" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-29-1615-2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05051634v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lila Collet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Rousset" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Delaigue" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Francois" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/27678490.2025.2484192" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521207v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-28-851-2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04660274v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nans Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Mermillod-Blondin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Krause" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Simon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.4c00528" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04626811v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Vidal" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lauvernet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Vannier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Caillouet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-28-3457-2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04182605v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanieh Seyedhashemi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florentina Moatar" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Thi&#233;ry" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-15-2827-2023" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04214908v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Sauquet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bernard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Bonneau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-27-3375-2023" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04111887v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Renard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mcinerney" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Westra" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Leonard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Kavetski" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JD037908" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04126329v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gratiot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Klein" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marceau Challet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dangles" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Janicot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pstr.0000049" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03869478v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Sebok" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans J&#248;rgen Henriksen" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernesto Past&#233;n-Zapata" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Berg" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-26-5605-2022" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03850644v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng Huang" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Da Riba" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejrh.2022.101241" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03791204v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaise Calmel" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Delamarre Pobanz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/27678490.2022.2058428" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03791215v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne van Loon" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sally Rangecroft" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemma Coxon" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha Werner" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niko Wanders" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/ac5def" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03684242v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Diamond" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Monteil" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-26-2583-2022" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03791341v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veit Blauhut" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Stoelzle" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauri Ahopelto" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Brunner" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Teutschbein" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-22-2201-2022" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120642v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Beaufort" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.142667" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03470904v2" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Fossa" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Dieppois" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Massei" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Fournier" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t B. Laignel" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-25-5683-2021" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03807330v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Datry" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Allen" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Argelich" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Barqu&#237;n" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria Bonada" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/rio.7.e77750" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03470885v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00186368.2021.1914463" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03470892v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-17-1857-2021" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03223974v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Fovet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Belemtougri" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Boithias" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Braud" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Charlier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/wat2.1523" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024459v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Tramblay" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aristeidis Koutroulis" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Samaniego" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio M Vicente-Serrano" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Volaire" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.earscirev.2020.103348" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886410v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Kingston" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Hannah" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Hartmann" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.13729" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120746v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerstin Stahl" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamie Hannaford" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Tijdeman" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregor Laaha" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/piahs-383-291-2020" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02610066v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Graff" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Vannier" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/qj.3663" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02610065v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.M. Vicente-Serrano" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pe&#241;a&#8208;gallardo" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hannaford" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Conor Murphy" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lorenzo&#8208;lacruz" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019GL084084" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327452v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Blanchet" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00382-019-04635-1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02280747v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#252;nter Bl&#246;schl" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc F P Bierkens" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Chambel" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cudennec" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgia Destouni" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02626667.2019.1620507" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608845v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Caillouet" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Graff" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Soubeyroux" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-11-241-2019" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946283v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Delus" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Grelier" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Drogue" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/climatologie.1378" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01899583v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Magand" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Tilmant" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Le Moine" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb/2018035" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01807275v2" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Radanovics" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/WAF-D-17-0162.1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01555809v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kolbjorn Engeland" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Borga" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;dominique Creutin" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Fran&#231;ois" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Helena Ramos" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rser.2017.05.046" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01505344v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Carroget" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Perrin" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Chazot" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2017.22.02" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01547151v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-21-2923-2017" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01586707v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Laaha" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gauster" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tallaksen" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Stahl" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-21-3001-2017" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320961v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-12-635-2016" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406130v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Arama" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Blanc Coutagne" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bouscasse" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb/201604625" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01388009v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Hingray" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-20-3651-2016" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01528779v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.A.J. van Lanen" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.G. Kingston" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ionita" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.10838" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04110406v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hessd-12-12649-2015" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164336v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Giuntoli" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Prudhomme" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.M. Hannah" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/esd-6-267-2015" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600685v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Anquetin" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.10274" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3FBS588L-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00908983v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Chauveau" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Bourgin" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb/2013027" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910731v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Radanovics" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ben Daoud" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bontron" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-17-4189-2013" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00833431v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Renard" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bard" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2012.12.038" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00757327v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Soubeyroux" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Kitova" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Blanchard" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Martin" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/47512" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00737853v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Najac" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-16-2935-2012" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00676810v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Singla" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. C&#233;ron" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Regimbeau" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel D&#233;qu&#233;" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-16-201-2012" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598138v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Poulhe" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Hendrickx" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00675607v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.V. Christierson" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.D. Wade" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2011.12.020" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00549254v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bustillo" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506547v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Franchist&#233;guy" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Habets" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-14-459-2010" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00593584v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Baillon" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb/2010051" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://meteofrance.hal.science/meteo-00420845v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Franchist&#233;guy" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Baillon" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/joc.2003" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://meteofrance.hal.science/meteo-00350048v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Franchisteguy" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Noilhan" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/21890" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591951v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Poulard" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Navratil" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452243v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Moisan" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Faure" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Dartus" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsoft.2006.12.003" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00542436v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02717013v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;philippe Vidal" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Toulemonde" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Richard" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05169144v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Pellerin" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Philippe Vidal" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ninon Brown" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05169160v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis H&#233;raut" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04582254v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lang" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04707984v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04397512v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199599v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Champollion" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Aumont" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Baehr" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Bardet" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-6356" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382016v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Berni" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Coquery" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Gauthier" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-3462" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381933v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-7358" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03791326v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Le Coent" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotaire Catalogne" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03791305v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Rabotin" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03752772v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Sauquet" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126848v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Andersen" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmelo Cammalleri" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-19969" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609261v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Beguer&#237;a" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. S&#225;nchez-P&#233;rez" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Antiguedad" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Caballero" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. J. Lamban" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609964v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Wagner" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Gailhard" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609294v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607466v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607474v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606588v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606248v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606250v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Dayon" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bo&#233;" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602427v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603422v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599898v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599841v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600158v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600157v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Hingray" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598166v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. R&#233;gimbeau" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598728v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599258v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.B. Clark" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598484v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597678v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597833v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597806v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596946v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596932v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596931v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05516786v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517662v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Torremocha" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343177v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Siauve" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Arnaud" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517697v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517740v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Heraut" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04743104v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bornancin-Plantier" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Parent" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Bezier" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Darne" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04642698v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Jacquin" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04707837v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Ringeade" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04618149v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04726572v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Jugnot" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Rossignol" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Loriot" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04351176v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Beguer&#237;a" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I&#241;aki Antig&#252;edad" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxelane Cakir" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Dom&#232;nech" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Haro-Monteagudo" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04874942v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Vidal" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Harmand" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Lombard-Latune" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Rapaport" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice-Rose Thomas" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04620643v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04620640v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04338401v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Bonneau" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Reverdy" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04620635v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796552v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Bonnineau" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Masson" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03791357v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03206168v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Fran&#231;ois" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03472746v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Datry" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03790874v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriane Marchal" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03121138v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Dariba" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03121126v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02984303v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jacob-Rousseau" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Cr&#233;py" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dol&#233;dec" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608721v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Etchevers" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Francois" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606443v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nicault" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Arnal" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Arnaud" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Aspe" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Bidet" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605328v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601503v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600768v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600769v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Raynaud" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599064v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Chardon" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599065v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena Tofte" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597773v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598371v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595492v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598370v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chazot" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Norotte" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598372v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593270v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Dupeyrat" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Samie" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04983136v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignazio Giuntoli" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/2285891,JSTOR2285891,MR0258201." TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05169116v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bard" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04707793v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-5877" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04626613v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04660207v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-12911" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04660218v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-16251" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04626618v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04482849v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Fernandez" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04707935v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382113v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382147v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381760v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Carnet" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-7600" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381990v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-7683" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176046v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Maire" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04223104v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04222977v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-7409" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04223067v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03949476v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04387935v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Rouzies" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Vidard" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381957v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-12779" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03949462v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03554215v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03791641v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03791241v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-9782" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03949560v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03791253v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-3950" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03791275v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia Palaz&#243;n" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I&#241;aki Antiguedad" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Barella-Ortiz" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-7825" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03710318v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mcinerney" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seth Westra" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Leonard" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitri Kavetski" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-7122" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03791348v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03791280v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/iahs2022-439" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03791246v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pere Quintana-Segu&#237;" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Clavera" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Dewandel" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-7621" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03810143v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03791232v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pere Quintana Segu&#237;" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-2720" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03470933v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Thiery" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-9529" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03472636v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03472681v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03470946v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-10859" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03472644v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03472649v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03810030v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03279464v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03472675v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03472668v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03355200v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120771v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-5283" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03121090v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-8394" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03121104v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120777v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Barella-Ortiz" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Cenobio-Cruz" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ane Zabaleta" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-10400" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03121076v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Chandesris" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-15120" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02610070v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03807258v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02610068v1" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609951v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609259v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delus" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Grelier" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Drogue" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608846v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609965v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02610069v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02610067v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02610086v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Haro Monteagudo" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Sanchez" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pons" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609293v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607702v1" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Graff" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608159v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konrad Stahl" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Tijdeman" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608158v1" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Printemps" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608096v1" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Cassagnole" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Branger" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607476v1" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Barreteau" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606589v1" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606320v1" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606321v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606733v1" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gouttevin" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606340v1" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606324v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Jacob Rousseau" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606732v1" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606517v1" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995264v1" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Gauster" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lang-Delus" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Unesco Friend-Water Low Flow And Drought Group Team" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603488v1" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Blanchet" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604873v1" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603553v1" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603554v1" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604872v1" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605164v1" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. van Loon" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603484v1" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604922v1" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Gouttevin" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604951v1" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603485v1" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601303v1" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601364v1" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602237v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602235v1" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01299129v1" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601443v1" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lang" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602232v1" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602229v1" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602230v1" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Josse" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Pag&#233;" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600339v1" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Magand" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600358v1" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600352v1" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Haond" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600069v1" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599411v1" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Billen" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Garnier" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598485v1" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599128v1" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599046v1" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Cherel" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598625v1" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599063v1" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Chanzy" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bailleux" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598727v1" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597505v1" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597048v1" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596945v1" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Bard" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596944v1" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597052v1" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597047v1" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597046v1" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598098v1" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597504v1" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00795659v1" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian David" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00778604v1" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596930v1" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00536859v1" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00659598v1" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus G&#246;rgen" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Beersma" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houda Boudhra&#226;" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507303v1" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00505773v1" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00505770v1" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506550v1" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592338v1" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Labedade" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588427v1" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587085v1" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00380571v1" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02583975v1" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02581682v1" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02580735v1" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Paquier" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zih-Hua Fang" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Rouch" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02580734v1" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dhervillez" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05412040v1" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Belin" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agla&#233; J&#233;z&#233;quel" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Humbert" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04837494v1" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:705fc2c334bfecc2d13e45fcf0eac2cc566ce1d4;origin=https://github.com/super-lou/MEANDRE;visit=swh:1:snp:d5333e5f18dbe56e77c781f72da8fdafacfa3010;anchor=swh:1:rev:fd2ebf4dfc3aa51d4d47e89adb109ce4ba355da6" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04837661v1" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:1dc9a58310432daac34ad2db9451fb2b05cb48ac;origin=https://github.com/super-lou/CARD;visit=swh:1:snp:0040d77e5e41500f699359e06c9d6212b8979c17;anchor=swh:1:rev:7ddebffb4df67098dcb49cc91ff1da0f7a636361" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04837537v1" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:be545fd014bf1358b2acbc079ca8c358bbb2f853;origin=https://github.com/super-lou/MAKAHO;visit=swh:1:snp:6666778b8a6b415444ee67864b61faddc8d3a0ea;anchor=swh:1:rev:32ff5cd9cf8288847494d45633220b05df5d62dc" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730483v1" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;a Chamfort" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233; Fournier" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120599v1" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/piahs-383-141-2020" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382132v1" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602249v1" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L. Achard" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216564v1" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Prudhomme" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katie Facer-Childs" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James H. Stagge" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03949445v1" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03423025v1" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605167v1" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Baratelli" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Flipo" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01599202v1" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josette Garnier" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605166v1" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Thiery" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Habets" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401386v1" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Quintana Segu&#237;" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Martin" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Sanchez" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehrez Zribi" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vennetier" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01542903v1" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fulvia Baratelli" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Flipo" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593961v1" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hendrickx" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Fung" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lopez" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. New" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02919032v1" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00010185v1" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2005INPT010H" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jean-philippe-vidal" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3748-6150" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/087655829" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/E-6187-2010" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520086v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Evin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Hingray" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Thirel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Ducharne" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Strohmenger" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-30-1023-2026" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05051634v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lila Collet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Rousset" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Delaigue" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Francois" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/27678490.2025.2484192" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05014561v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Mimeau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annika K&#252;nne" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Devers" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Branger" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven Kralisch" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-29-1615-2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04660274v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nans Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Mermillod-Blondin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Krause" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Simon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.4c00528" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521207v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-28-851-2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04626811v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Vidal" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lauvernet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Vannier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Caillouet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-28-3457-2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04126329v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gratiot" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Klein" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marceau Challet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dangles" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Janicot" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pstr.0000049" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04182605v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanieh Seyedhashemi" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florentina Moatar" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Thi&#233;ry" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-15-2827-2023" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04214908v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Sauquet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bernard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Bonneau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-27-3375-2023" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04111887v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Renard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mcinerney" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Westra" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Leonard" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Kavetski" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JD037908" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03791341v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veit Blauhut" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Stoelzle" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauri Ahopelto" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Brunner" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Teutschbein" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-22-2201-2022" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03850644v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng Huang" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Da Riba" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejrh.2022.101241" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03791204v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaise Calmel" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Delamarre Pobanz" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/27678490.2022.2058428" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03869478v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Sebok" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans J&#248;rgen Henriksen" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernesto Past&#233;n-Zapata" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Berg" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-26-5605-2022" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03791215v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne van Loon" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sally Rangecroft" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemma Coxon" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha Werner" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niko Wanders" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/ac5def" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03684242v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Diamond" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Monteil" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-26-2583-2022" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03470904v2" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Fossa" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Dieppois" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Massei" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Fournier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t B. Laignel" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-25-5683-2021" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03807330v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Datry" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Allen" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Argelich" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Barqu&#237;n" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria Bonada" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/rio.7.e77750" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120642v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Beaufort" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.142667" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03470885v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00186368.2021.1914463" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03470892v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-17-1857-2021" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03223974v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Fovet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Belemtougri" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Boithias" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Braud" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Charlier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/wat2.1523" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024459v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Tramblay" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aristeidis Koutroulis" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Samaniego" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio M Vicente-Serrano" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Volaire" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.earscirev.2020.103348" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886410v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Kingston" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Hannah" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Hartmann" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.13729" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120746v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerstin Stahl" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamie Hannaford" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Tijdeman" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregor Laaha" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/piahs-383-291-2020" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02610066v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Graff" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Vannier" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/qj.3663" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02610065v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.M. Vicente-Serrano" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pe&#241;a&#8208;gallardo" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hannaford" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Conor Murphy" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lorenzo&#8208;lacruz" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019GL084084" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327452v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Blanchet" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00382-019-04635-1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02280747v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#252;nter Bl&#246;schl" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc F P Bierkens" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Chambel" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cudennec" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgia Destouni" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02626667.2019.1620507" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608845v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Caillouet" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Graff" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Soubeyroux" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-11-241-2019" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946283v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Delus" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Grelier" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Drogue" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/climatologie.1378" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01899583v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Magand" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Tilmant" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Le Moine" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb/2018035" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01807275v2" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Radanovics" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/WAF-D-17-0162.1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01555809v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kolbjorn Engeland" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Borga" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;dominique Creutin" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Fran&#231;ois" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Helena Ramos" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rser.2017.05.046" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01547151v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-21-2923-2017" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01505344v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Carroget" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Perrin" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Chazot" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2017.22.02" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01586707v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Laaha" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gauster" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tallaksen" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Stahl" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-21-3001-2017" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01528779v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.A.J. van Lanen" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.G. Kingston" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ionita" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.10838" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320961v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-12-635-2016" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01388009v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Hingray" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-20-3651-2016" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406130v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Arama" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Blanc Coutagne" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bouscasse" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb/201604625" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04110406v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hessd-12-12649-2015" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164336v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Giuntoli" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Prudhomme" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.M. Hannah" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/esd-6-267-2015" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600685v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Anquetin" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.10274" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3FBS588L-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910731v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Radanovics" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ben Daoud" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bontron" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-17-4189-2013" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00908983v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Chauveau" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Bourgin" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb/2013027" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00833431v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Renard" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bard" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2012.12.038" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00737853v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Martin" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Kitova" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Najac" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Soubeyroux" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-16-2935-2012" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00676810v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Singla" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. C&#233;ron" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Regimbeau" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel D&#233;qu&#233;" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-16-201-2012" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00757327v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Blanchard" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/47512" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00675607v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.V. Christierson" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.D. Wade" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2011.12.020" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598138v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Poulhe" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Hendrickx" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00549254v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bustillo" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506547v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Franchist&#233;guy" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Habets" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-14-459-2010" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00593584v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Baillon" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb/2010051" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://meteofrance.hal.science/meteo-00420845v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Franchist&#233;guy" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Baillon" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/joc.2003" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591951v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Poulard" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Navratil" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://meteofrance.hal.science/meteo-00350048v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Franchisteguy" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Noilhan" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/21890" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452243v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Moisan" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Faure" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Dartus" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsoft.2006.12.003" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00542436v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02717013v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;philippe Vidal" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Toulemonde" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Richard" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05516786v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ninon Brown" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Pellerin" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517662v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Torremocha" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis H&#233;raut" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517697v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Siauve" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Arnaud" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343177v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517740v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Heraut" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Sauquet" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04707837v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Ringeade" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04618149v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04642698v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bornancin-Plantier" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Jacquin" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04743104v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Parent" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Bezier" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Darne" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04726572v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Jugnot" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Rossignol" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Loriot" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04620640v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04338401v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Bonneau" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Reverdy" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04351176v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Beguer&#237;a" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I&#241;aki Antig&#252;edad" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxelane Cakir" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Dom&#232;nech" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Haro-Monteagudo" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04874942v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Vidal" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Harmand" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Lombard-Latune" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Rapaport" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice-Rose Thomas" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04620643v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796552v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Berni" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Bonnineau" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Coquery" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Masson" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04620635v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03791357v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Le Coent" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotaire Catalogne" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03790874v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriane Marchal" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03206168v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Fran&#231;ois" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03472746v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Datry" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03121126v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Gailhard" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03121138v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Dariba" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02984303v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jacob-Rousseau" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Cr&#233;py" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dol&#233;dec" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608721v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Etchevers" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Francois" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605328v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606443v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nicault" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Arnal" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Arnaud" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Aspe" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Bidet" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601503v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600769v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Hingray" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Raynaud" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600768v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599064v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Chardon" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599065v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena Tofte" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597773v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598371v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595492v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598370v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chazot" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Norotte" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593270v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Dupeyrat" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Samie" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598372v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04983136v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lang" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignazio Giuntoli" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/2285891,JSTOR2285891,MR0258201." TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05169116v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bard" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04707793v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-5877" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04626613v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04626618v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Gauthier" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-3462" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04660207v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-12911" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04660218v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-16251" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04482849v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Fernandez" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04707935v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381957v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-12779" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382147v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381760v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Carnet" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-7600" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381990v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-7683" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382113v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176046v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Maire" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04222977v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-7409" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04223104v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04223067v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03949476v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04387935v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Rouzies" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Vidard" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03791641v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03791241v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-9782" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03949560v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03791253v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-3950" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03554215v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03949462v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03791275v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia Palaz&#243;n" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I&#241;aki Antiguedad" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Barella-Ortiz" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Caballero" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-7825" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03710318v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mcinerney" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seth Westra" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Leonard" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitri Kavetski" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-7122" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03791280v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/iahs2022-439" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03791348v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03791246v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pere Quintana-Segu&#237;" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Clavera" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Dewandel" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-7621" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03810143v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03791232v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pere Quintana Segu&#237;" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-2720" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03470946v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-10859" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03472636v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03472681v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03470933v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Thiery" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-9529" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03472644v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03472649v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03810030v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03279464v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03472675v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03355200v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03472668v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120771v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-5283" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03121090v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-8394" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03121104v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120777v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Barella-Ortiz" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Cenobio-Cruz" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ane Zabaleta" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-10400" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03121076v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Chandesris" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-15120" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609293v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02610067v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02610069v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02610086v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Haro Monteagudo" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Beguer&#237;a" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Sanchez" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Antiguedad" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pons" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609259v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delus" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Grelier" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Drogue" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608846v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02610068v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609951v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02610070v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03807258v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609965v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Wagner" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607476v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Barreteau" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608158v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Printemps" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608096v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Cassagnole" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Branger" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607702v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Graff" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608159v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konrad Stahl" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Tijdeman" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606517v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606732v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606320v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606589v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606321v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Dayon" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bo&#233;" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606733v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gouttevin" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606340v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606324v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Jacob Rousseau" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603485v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604951v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604873v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603553v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603554v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603488v1" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Blanchet" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995264v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Gauster" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lang-Delus" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Unesco Friend-Water Low Flow And Drought Group Team" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604872v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605164v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. van Loon" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603484v1" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604922v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Gouttevin" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601443v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lang" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602232v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602229v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602237v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602235v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01299129v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601303v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601364v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602230v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Josse" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Pag&#233;" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600339v1" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Magand" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600358v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600069v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600352v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Haond" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598485v1" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599128v1" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599046v1" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Cherel" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598625v1" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599411v1" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Billen" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Garnier" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598727v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599063v1" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Chanzy" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bailleux" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00795659v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian David" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597048v1" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596945v1" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Bard" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596944v1" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597505v1" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597052v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597047v1" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597046v1" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597504v1" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598098v1" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596930v1" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00778604v1" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00659598v1" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus G&#246;rgen" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Beersma" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houda Boudhra&#226;" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507303v1" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00505773v1" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00505770v1" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00536859v1" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506550v1" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592338v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Labedade" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588427v1" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587085v1" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00380571v1" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02583975v1" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02581682v1" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02580735v1" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Paquier" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zih-Hua Fang" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Rouch" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02580734v1" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dhervillez" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05169144v1" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Philippe Vidal" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05169160v1" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04707984v1" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04582254v1" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381933v1" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-7358" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382016v1" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199599v1" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Champollion" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Aumont" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Baehr" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Bardet" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-6356" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04397512v1" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03791305v1" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Rabotin" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03791326v1" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03752772v1" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126848v1" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Andersen" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmelo Cammalleri" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-19969" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609294v1" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609964v1" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609261v1" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. S&#225;nchez-P&#233;rez" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. J. Lamban" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607466v1" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607474v1" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606248v1" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606588v1" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606250v1" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603422v1" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602427v1" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599898v1" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599841v1" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600158v1" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600157v1" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598728v1" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599258v1" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.B. Clark" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598166v1" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. R&#233;gimbeau" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598484v1" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597833v1" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597806v1" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597678v1" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596946v1" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596932v1" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596931v1" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05412040v1" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Belin" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agla&#233; J&#233;z&#233;quel" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Humbert" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730483v1" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;a Chamfort" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233; Fournier" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120599v1" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/piahs-383-141-2020" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04837494v1" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:705fc2c334bfecc2d13e45fcf0eac2cc566ce1d4;origin=https://github.com/super-lou/MEANDRE;visit=swh:1:snp:d5333e5f18dbe56e77c781f72da8fdafacfa3010;anchor=swh:1:rev:fd2ebf4dfc3aa51d4d47e89adb109ce4ba355da6" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04837661v1" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:1dc9a58310432daac34ad2db9451fb2b05cb48ac;origin=https://github.com/super-lou/CARD;visit=swh:1:snp:0040d77e5e41500f699359e06c9d6212b8979c17;anchor=swh:1:rev:7ddebffb4df67098dcb49cc91ff1da0f7a636361" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04837537v1" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:be545fd014bf1358b2acbc079ca8c358bbb2f853;origin=https://github.com/super-lou/MAKAHO;visit=swh:1:snp:6666778b8a6b415444ee67864b61faddc8d3a0ea;anchor=swh:1:rev:32ff5cd9cf8288847494d45633220b05df5d62dc" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216564v1" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Prudhomme" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katie Facer-Childs" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James H. Stagge" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03949445v1" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03423025v1" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605166v1" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Thiery" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Habets" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401386v1" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Quintana Segu&#237;" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Martin" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Sanchez" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehrez Zribi" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vennetier" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01599202v1" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josette Garnier" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605167v1" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Baratelli" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Flipo" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01542903v1" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fulvia Baratelli" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Flipo" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593961v1" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hendrickx" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Fung" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lopez" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. New" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382132v1" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602249v1" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L. Achard" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02919032v1" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00010185v1" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2005INPT010H" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>