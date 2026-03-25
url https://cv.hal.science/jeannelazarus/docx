--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -260,222 +260,222 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04723336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Credit in Society and in Sociology: On “The Bank and Its Customers” (Bourdieu, Boltanski, Chamboredon, 1963)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Ducourant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Lazarus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Archives Européennes de Sociologie / European Journal of Sociology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, pp.1-32. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0003975623000371⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04272672v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La sociologie est-elle toujours en crise ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Boltanski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Esquerre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Lazarus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Communications [EHESS]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, n° 114 (1), pp.211-221. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/commu.114.0211⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/commu.114.0211⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-04759136v1</w:t>
-              </w:r>
-[...89 lines deleted...]
-                <w:t xml:space="preserve">hal-04272672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Au-delà des chiffres : l'inflation un phénomène politique et social</w:t>
               </w:r>
@@ -595,51 +595,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l’incertitude</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Esquerre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Lazarus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1255,3204 +1255,3204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03867854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Financial oikonomization: the financial government and administration of the household</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Ossandón</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joe Deville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Lazarus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariana Luzzi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Socio-Economic Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp.online - online. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/ser/mwab031⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03367325v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Sauver les entreprises</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Lazarus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Serve</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Projet</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, N° 380 (1), pp.31-36. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/pro.380.0031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04774724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">José Ossandón</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'argent des femmes. Quelques pistes de recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Lazarus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sensibilités : histoire, critique &amp; sciences sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 1 (9), pp.60 - 71. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/sensi.009.0060⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03408677v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sauver les entreprises. Les prêts garantis par l’État</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Lazarus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Joe Deville</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Serve</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Projet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 380, pp.31 - 36. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/pro.380.0031⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03137344v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le PGE n'est ni uniquement une aide, ni un outil purement marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Lazarus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Banque Stratégie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 401, pp.16 - 19</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03217715v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">American Bonds. How Credit Markets Shaped a Nation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Lazarus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Economic Sociology (European Electronic Newsletter)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 22 (1), pp.34 - 36</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03049906v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Quinn · 2019, American Bonds. How Credit Markets Shaped a Nation, Princeton University Press</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Lazarus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Economic Sociology (European Electronic Newsletter)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Climate change – what economic sociology has to offer, 22 (1), pp.34-36</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03093056v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viviana Zelizer receives honorary doctorate from Sciences Po</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Lazarus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Economic Sociology (European Electronic Newsletter)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Body, virus, morals, and scandals, 21 (3), pp.23-27</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02955563v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Évolution et réaffirmation des frontières de l’action publique. a lutte contre la pauvreté entre public et privé et entre économique et social.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Lazarus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohann Morival</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gouvernement &amp; action publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9 (2020/2), pp.93-114. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/gap.202.0093⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02954620v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prever el incumplimiento en el crédito: la ambición del scoring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Lazarus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sudamérica : Revista de Ciencias Sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12, pp.449-463</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02955573v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caitlin Zaloom (2019), Indebted: How Families Make College Work at Any Cost, Princeton, Princeton University Press, 280 p.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Lazarus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sociologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11 (2020/4), pp.437-440. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/socio.114.0437⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02967734v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prêts garantis par l'Etat : les refus seraient plus nombreux que les statistiques officielles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Lazarus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mariana Luzzi</w:t>
+                <w:t xml:space="preserve">Stéphanie Serve</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Conversation France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03141995v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Boltanski et Jean-Claude Chamboredon, sous la direction de Pierre Bourdieu, La banque et sa clientèle. Éléments d’une sociologie du crédit (1963). Présentation d’extraits d’un document.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Ducourant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Lazarus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Études sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, n°169 (1), pp.241-258. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/etsoc.169.0241⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02276109v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Consommer pour faire partie de la société</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Lazarus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Projet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 6 (367), pp.33 - 40. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/pro.367.0033⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02017612v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Évaluateurs et bâtisseurs. Les inspecteurs généraux et la production de l’action publique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohann Morival</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Lazarus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Politix</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 4 (124), pp.85 - 110. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/pox.124.0085⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02131112v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauvreté et rationalité du luxe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Lazarus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Regards croisés sur l'économie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 22 (1), pp.86 - 95. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rce.022.0086⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01963827v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toward a relational sociology of credit: An exploration of the French literature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Lazarus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Lacan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Socio-Economic Review</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, pp.online - online. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/ser/mwab031⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 18 (2), pp.575-597. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/ser/mwy006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">L'argent des femmes. Quelques pistes de recherche</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01892601v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sobre a universalidade de um conceito: existe uma financeirização da vida cotidiana na França?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Lazarus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensibilités : histoire, critique &amp; sciences sociales</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/sensi.009.0060⟩</w:t>
+              <w:t xml:space="preserve">Civitas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 17 (1), pp.26-42. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15448/1984-7289.2017.1.25942⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Serve</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01963432v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compte-rendu de l'ouvrage &amp;quot;Isabelle Hillenkamp et Jean-Michel Servet (dir.), Le Marché autrement. Marchés réels et Marché fanstamé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Lazarus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Projet</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/pro.380.0031⟩</w:t>
+              <w:t xml:space="preserve">Sociologie du Travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, pp.en ligne. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/sdt.893⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Jeanne Lazarus</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03186449v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Redéfinir les frontières du surendettement : Quel problème pour quel public ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Lazarus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohann Morival</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Banque Stratégie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">LIEPP Policy Brief</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 26, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.25647/liepp.pb.26⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Sarah Quinn · 2019, American Bonds. How Credit Markets Shaped a Nation, Princeton University Press</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01459820v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The issue of financial literacy: Low finance between risk and morality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Lazarus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Economic Sociology (European Electronic Newsletter)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, Climate change – what economic sociology has to offer, 22 (1), pp.34-36</w:t>
+              <w:t xml:space="preserve">, 2016, 17 (3), pp.27 - 34</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Viviana Zelizer receives honorary doctorate from Sciences Po</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01523629v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">À la recherche des normes contemporaines de l’argent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Lazarus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Economic Sociology (European Electronic Newsletter)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Terrains/Théories</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 1, pp.En ligne. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/teth.346⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Évolution et réaffirmation des frontières de l’action publique. a lutte contre la pauvreté entre public et privé et entre économique et social.</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01520936v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les pratiques monétaires des ménages au prisme de la financiarisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Lazarus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Yohann Morival</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariana Luzzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gouvernement &amp; action publique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/gap.202.0093⟩</w:t>
+              <w:t xml:space="preserve">Critique Internationale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 4 (69), pp.9 - 19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/crii.069.0009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">American Bonds. How Credit Markets Shaped a Nation</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02159929v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La finance et la vérité des prix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Lazarus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Economic Sociology (European Electronic Newsletter)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 22 (1), pp.34 - 36</w:t>
+              <w:t xml:space="preserve">Books and Ideas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, pp.En ligne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Prever el incumplimiento en el crédito: la ambición del scoring</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03174632v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'argent de Christophe Tarkos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Lazarus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sudamérica : Revista de Ciencias Sociales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 12, pp.449-463</w:t>
+              <w:t xml:space="preserve">Cahier critique de poésie </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, pp.21 - 23</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...376 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03568038v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tenir ses comptes et bien se tenir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Lazarus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Politix</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 4 (124), pp.85 - 110. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/pox.124.0085⟩</w:t>
+              <w:t xml:space="preserve">, 2014, 4 (108), pp.75 - 97. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/pox.108.0075⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...276 lines deleted...]
-                <w:t xml:space="preserve">Compte-rendu de l'ouvrage &amp;quot;Isabelle Hillenkamp et Jean-Michel Servet (dir.), Le Marché autrement. Marchés réels et Marché fanstamé</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01520631v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compte-rendu de l'ouvrage &amp;quot;Le Marché. Histoire et usages d’une conquête sociale L.Fontaine.Gallimard,Paris(2014).464pp.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Lazarus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sociologie du Travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, pp.en ligne. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/sdt.893⟩</w:t>
+              <w:t xml:space="preserve">, 2014, 56 (4), pp.517-519. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/sdt.2020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...61 lines deleted...]
-                <w:t xml:space="preserve">Yohann Morival</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02169595v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De l'aide à la responsabilisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Lazarus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LIEPP Policy Brief</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.25647/liepp.pb.26⟩</w:t>
+              <w:t xml:space="preserve">Genèses. Sciences sociales et histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 4 (93), pp.76-97. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/gen.093.0076⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">The issue of financial literacy: Low finance between risk and morality</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01524049v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compte rendu de l'ouvrage &amp;quot;Les comportements financiers des Français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Lazarus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Economic Sociology (European Electronic Newsletter)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 17 (3), pp.27 - 34</w:t>
+              <w:t xml:space="preserve">Revue Française de Socio-Economie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 12, pp.257 - 260</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Mariana Luzzi</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02163383v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Economic lives. How culture shapes the economy, V.A. Zelizer. Princeton University Press, Princeton (2011). 494 pp.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Lazarus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Critique Internationale</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/crii.069.0009⟩</w:t>
+              <w:t xml:space="preserve">Sociologie du Travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 54 (3), pp.399-401. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/sdt.6778⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...32 lines deleted...]
-                <w:t xml:space="preserve">La finance et la vérité des prix</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02163417v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le sociologue et le temps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Angeletti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Esquerre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Lazarus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Raisons politiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 48, pp.5-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rai.048.0005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01522825v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faire crédit : de la noble tâche à la corvée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Lazarus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Française de Socio-Economie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 1 (9), pp.43-61. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rfse.009.0043⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01522837v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prévoir la défaillance de crédit : l'ambition du scoring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Lazarus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Raisons politiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 48, pp.103-118. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rai.048.0103⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01522827v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compte-rendu de l'ouvrage &amp;quot;L’économie morale, pauvreté, crédit et conﬁance dans l’Europe pré‑industrielle, L. Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Lazarus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sociologie du Travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 53 (2), pp.288-290. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/sdt.8324⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03610694v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les héritiers de la vigne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Lazarus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La vie des idées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, pp.1-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01045136v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le crédit à la consommation dans la bancarisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Lazarus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Entreprises et Histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 59, pp.28 - 40. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/eh.059.0028⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02167879v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vivre et faire vivre à crédit : agents économiques ordinaires et institutions financières dans les situations d'endettement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Lacan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Lazarus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Perrin-Heredia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Plot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sociétés contemporaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 76 (4), pp.5-15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/soco.076.0005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03098512v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La famille n'a pas de prix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Lazarus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Books and Ideas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, pp.En ligne</w:t>
+              <w:t xml:space="preserve">, 2009, pp.en ligne - en ligne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...573 lines deleted...]
-                <w:t xml:space="preserve">Thomas Angeletti</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03174633v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vivre et faire vivre à crédit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Lacan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Esquerre</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Lazarus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...512 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...16 lines deleted...]
-                <w:t xml:space="preserve">Laure Lacan</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Perrin-Heredia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Plot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sociétés contemporaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 76 (4), pp.5-15. </w:t>
-[...93 lines deleted...]
-              <w:t xml:space="preserve">,</w:t>
+              <w:t xml:space="preserve">, 2009, 76, pp.5 - 16. </w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
-              <w:r>
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/soco.076.0005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02559017v1</w:t>
@@ -4705,165 +4705,165 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Peut-on encore croire au crédit ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Lazarus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Re-faire société", forum de La République des idées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2011, GRENOBLE, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03569407v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Existe-t-il une éthique du crédit en France ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Lazarus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Luncheon Seminar</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2011, Institute of French Studies, New York University, États-Unis</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03619412v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03569407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'argent du crédit immobilier</w:t>
               </w:r>
@@ -4912,372 +4912,372 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03619442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">The Euro and its French Criticisms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Lazarus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Table ronde "Commom Currency, Divided Nations: The Euro and its Future"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Institute of French Studies, New York University, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03619408v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">The credit trial: How French banks deal with uncertainty ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Lazarus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop "The economization of uncertainty"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2011, Helsinki, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03619410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">The Euro and its French Criticisms</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De l'éthique de l'épargne à la valorisation du placement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Lazarus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Table ronde "Commom Currency, Divided Nations: The Euro and its Future"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2011, Institute of French Studies, New York University, United States</w:t>
+              <w:t xml:space="preserve">Séminaire "Usages et représentations de l'argent"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, CENS, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03569755v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le crédit dans la banque : de la noble tâche à la corvée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Lazarus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'études "Faire crédit dans la France contemporaine"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2010, ENS Cachan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03619399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le marketing du crédit à la consommation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Lazarus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire "La relation de crédit"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2010, IHTP, ENS Ulm, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03569787v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03569755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Segmentation de la clientèle et segmentation des tâches</w:t>
               </w:r>
@@ -5791,51 +5791,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prédictions apocalyptiques et prévisions économiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Angeletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Esquerre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Lazarus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5886,64 +5886,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vivre et faire vivre à crédit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Lacan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Plot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Perrin-Heredia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Lazarus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6013,64 +6013,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment s'invente la sociologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Boltanski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Esquerre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Lazarus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7833,51 +7833,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le crédit dans la société salariale et dans la sociologie. À propos de La Banque et sa Clientèle (Bourdieu, Boltanski, Chamboredon, 1963).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Ducourant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Lazarus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8422,51 +8422,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05435777v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Lazarus" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04723336v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Pugliese" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cars.12487" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759136v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Boltanski" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Esquerre" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/commu.114.0211" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04272672v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Ducourant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0003975623000371" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828027v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dallery" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bonnecase" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;zabel Couppey-Soubeyran" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane D&#233;es" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Jany-Catrice" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.033.0205" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448320v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/criti.920.0058" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160049v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04272688v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04369600v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdt.43129" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03819395v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/aphi.854.0011" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865730v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Deville" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rs1.088.0166" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03819628v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien de Blic" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sociologies.19005" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03867854v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774724v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Serve" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pro.380.0031" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367325v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Ossand&#243;n" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joe Deville" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Luzzi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ser/mwab031" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03408677v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sensi.009.0060" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03137344v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03217715v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093056v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02955563v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02954620v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Morival" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.202.0093" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03049906v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02955573v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02967734v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/socio.114.0437" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03141995v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02276109v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/etsoc.169.0241" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02017612v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pro.367.0033" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02131112v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.124.0085" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01963827v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rce.022.0086" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01892601v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Lacan" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ser/mwy006" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01963432v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15448/1984-7289.2017.1.25942" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03186449v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdt.893" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01459820v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25647/liepp.pb.26" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01523629v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02159929v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/crii.069.0009" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03174632v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01520936v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/teth.346" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03568038v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01520631v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.108.0075" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02169595v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdt.2020" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02163383v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01524049v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gen.093.0076" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02163417v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdt.6778" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01522825v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Angeletti" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rai.048.0005" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01522827v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rai.048.0103" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01522837v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.009.0043" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03610694v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdt.8324" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01045136v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02167879v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eh.059.0028" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03174633v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098512v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Perrin-Heredia" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Plot" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soco.076.0005" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02559017v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02559041v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soco.076.0017" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01045049v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03173307v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03619412v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03569407v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03619442v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03619410v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03619408v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03619399v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03569787v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03569755v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03569800v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03569789v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03417709v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03415712v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03570562v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03570308v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02559146v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03186445v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02559152v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448334v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03773935v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050229v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dec.debli.2021.01" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01914970v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Bergeron" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Castel" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Dubuisson-Quellier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Nouguez" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01522847v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01521688v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02559019v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05435786v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684005v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Giraudeau" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297138v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02955800v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02958575v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02958576v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093046v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Refrigeri" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuela E. Rinaldi" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Moiso" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01914990v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01523606v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01520811v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01044531v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02563200v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03570502v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03569429v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01960116v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01760813v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02161785v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04395254v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Rozier" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01074245v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Gloukoviezoff" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01074247v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05435777v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Lazarus" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04723336v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Pugliese" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cars.12487" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04272672v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Ducourant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0003975623000371" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759136v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Boltanski" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Esquerre" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/commu.114.0211" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828027v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dallery" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bonnecase" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;zabel Couppey-Soubeyran" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane D&#233;es" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Jany-Catrice" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.033.0205" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448320v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/criti.920.0058" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160049v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04272688v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04369600v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdt.43129" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03819395v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/aphi.854.0011" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865730v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Deville" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rs1.088.0166" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03819628v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien de Blic" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sociologies.19005" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03867854v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367325v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Ossand&#243;n" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joe Deville" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Luzzi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ser/mwab031" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774724v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Serve" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pro.380.0031" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03408677v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sensi.009.0060" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03137344v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03217715v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03049906v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093056v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02955563v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02954620v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Morival" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.202.0093" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02955573v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02967734v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/socio.114.0437" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03141995v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02276109v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/etsoc.169.0241" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02017612v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pro.367.0033" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02131112v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.124.0085" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01963827v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rce.022.0086" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01892601v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Lacan" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ser/mwy006" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01963432v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15448/1984-7289.2017.1.25942" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03186449v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdt.893" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01459820v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25647/liepp.pb.26" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01523629v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01520936v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/teth.346" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02159929v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/crii.069.0009" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03174632v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03568038v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01520631v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.108.0075" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02169595v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdt.2020" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01524049v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gen.093.0076" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02163383v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02163417v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdt.6778" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01522825v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Angeletti" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rai.048.0005" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01522837v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.009.0043" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01522827v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rai.048.0103" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03610694v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdt.8324" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01045136v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02167879v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eh.059.0028" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098512v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Perrin-Heredia" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Plot" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soco.076.0005" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03174633v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02559017v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02559041v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soco.076.0017" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01045049v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03173307v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03569407v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03619412v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03619442v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03619408v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03619410v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03569755v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03619399v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03569787v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03569800v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03569789v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03417709v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03415712v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03570562v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03570308v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02559146v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03186445v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02559152v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448334v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03773935v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050229v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dec.debli.2021.01" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01914970v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Bergeron" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Castel" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Dubuisson-Quellier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Nouguez" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01522847v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01521688v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02559019v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05435786v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684005v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Giraudeau" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297138v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02955800v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02958575v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02958576v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093046v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Refrigeri" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuela E. Rinaldi" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Moiso" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01914990v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01523606v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01520811v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01044531v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02563200v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03570502v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03569429v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01960116v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01760813v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02161785v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04395254v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Rozier" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01074245v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Gloukoviezoff" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01074247v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>