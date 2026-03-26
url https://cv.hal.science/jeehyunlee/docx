--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -428,429 +428,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05462472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rheological response of whey protein deposits forming under shear in concentrated conditions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Margot Grostete</w:t>
+                <w:t xml:space="preserve">Protein–Protein Interactions and Structure of Heat-Set Gels Based on Pea Protein and Egg White Mixtures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jian Kuang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascaline Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeehyun Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Romain Jeantet</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Said Bouhallab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliane Cases</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rheologica Acta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00397-025-01534-7⟩</w:t>
+              <w:t xml:space="preserve">Gels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 11 (3), pp.176. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/gels11030176⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05453747v1</w:t>
+                <w:t xml:space="preserve">hal-04971053v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Protein–Protein Interactions and Structure of Heat-Set Gels Based on Pea Protein and Egg White Mixtures</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pascaline Hamon</w:t>
+                <w:t xml:space="preserve">Effect of consumption temperature of whole milk on in vitro gastric digestion using a biomimetic digestion simulator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jiajun Feng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeehyun Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Eliane Cases</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Le Gouar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Jeantet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gels</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/gels11030176⟩</w:t>
+              <w:t xml:space="preserve">Food Research International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 223 part 2 (janvier 2026), pp.117869. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodres.2025.117869⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04971053v2</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05372540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of consumption temperature of whole milk on in vitro gastric digestion using a biomimetic digestion simulator</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jiajun Feng</w:t>
+                <w:t xml:space="preserve">Rheological response of whey protein deposits forming under shear in concentrated conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margot Grostete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeehyun Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Yann Le Gouar</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Boissel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maude Jimenez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Jeantet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Research International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 223 part 2 (janvier 2026), pp.117869. </w:t>
+              <w:t xml:space="preserve">Rheologica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.foodres.2025.117869⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00397-025-01534-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05372540v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05453747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring the formation of surficial whey protein deposits under shear stress by rheofluidic approach</w:t>
               </w:r>
@@ -970,51 +970,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamic in vitro gastric digestion of skimmed milk using the NERDT, an advanced human biomimetic digestion system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jiajun Feng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ines Greco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1366,316 +1366,316 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04194694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Séchage de gouttes de mélanges de protéines laitières</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cécile Le Floch-Fouéré</w:t>
+                <w:t xml:space="preserve">Heat treatment of milk protein concentrates affects enzymatic coagulation properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeehyun Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ming Yu</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Françoise Boissel</w:t>
+                <w:t xml:space="preserve">Luisa Azevedo-Scudeller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xiaodong Chen</w:t>
+                <w:t xml:space="preserve">Arnaud Paul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Delaplace</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Industries Alimentaires et Agricoles</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Food Research International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 162, pp.112030. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodres.2022.112030⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03897078v1</w:t>
+                <w:t xml:space="preserve">hal-03865060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heat treatment of milk protein concentrates affects enzymatic coagulation properties</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">François Martin</w:t>
+                <w:t xml:space="preserve">Séchage de gouttes de mélanges de protéines laitières</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Le Floch-Fouéré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ming Yu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeehyun Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Delaplace</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Boissel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaodong Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Research International</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Industries Alimentaires et Agricoles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 81, pp.32-36</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03865060v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03897078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phase Diagram of Dairy Protein Mixes Obtained by Single Droplet Drying Experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ming Yu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Le Floch-Fouéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2378,273 +2378,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05418714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microfluidic investigation of fouling mechanisms in falling-film evaporators</w:t>
+                <w:t xml:space="preserve">Miniaturization of the fouling of whey proteins of Falling Film Evaporator by microfluidics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margot Grostete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeehyun Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maude Jimenez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Jeantet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Lanotte</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fouling and Cleaning in Food Processing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2025, Dresde, Germany</w:t>
+              <w:t xml:space="preserve">Annual European Rheology Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05155673v1</w:t>
+                <w:t xml:space="preserve">hal-05154008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miniaturization of the fouling of whey proteins of Falling Film Evaporator by microfluidics</w:t>
+                <w:t xml:space="preserve">Microfluidic investigation of fouling mechanisms in falling-film evaporators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margot Grostete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Boissel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeehyun Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maude Jimenez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Jeantet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual European Rheology Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2025, Lyon, France</w:t>
+              <w:t xml:space="preserve">Fouling and Cleaning in Food Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2025, Dresde, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05154008v1</w:t>
+                <w:t xml:space="preserve">hal-05155673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miniaturization of the fouling of whey proteins in falling film evaporators by microfluidics</w:t>
               </w:r>
@@ -2919,51 +2919,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luisa Azevedo Scudeller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3249,260 +3249,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04180057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A microscopic look at the fouling mechanisms in dairy protein mixes by rheometry and microfluidics</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Unravelling food thermal reactivity by an original methodology to analyze and model reactions during baking of a model cake</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeehyun Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Rega</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Bonazzi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 14th International Congress on Engineering and Food (ICEF 2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, https://www.icef14.com/en/committees/6, Jun 2023, Nantes, France</w:t>
+              <w:t xml:space="preserve">the 14th edition of the International Congress on Engineering and Food (ICEF14) 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Congress on Engineering and Food, Jun 2023, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04142580v1</w:t>
+                <w:t xml:space="preserve">hal-04146493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unravelling food thermal reactivity by an original methodology to analyze and model reactions during baking of a model cake</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A microscopic look at the fouling mechanisms in dairy protein mixes by rheometry and microfluidics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margot Grostete</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Jeantet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeehyun Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maude Jimenez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Lanotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">the 14th edition of the International Congress on Engineering and Food (ICEF14) 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Congress on Engineering and Food, Jun 2023, Nantes, France</w:t>
+              <w:t xml:space="preserve">The 14th International Congress on Engineering and Food (ICEF 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, https://www.icef14.com/en/committees/6, Jun 2023, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04146493v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04142580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3520,64 +3520,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A dynamic biomimetic in vitro model that integrates stomach biomechanics to monitor gastric digestion of milk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jiajun Feng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeehyun Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3639,510 +3639,510 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05226686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How do whey protein aggregates modify the coagulation properties of milk?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jeehyun Lee</w:t>
+                <w:t xml:space="preserve">Effect of transglutaminase on Maillard browning of lactose-free milk powder</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolina Neves Cunha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Júlia D’almeida Francisquini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ghazi Ben Messaoud</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Fabienne Lambrouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Bernadette Maillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliana de Carvalho da Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd Edible Soft Matter Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2025, Rennes, France. </w:t>
+              <w:t xml:space="preserve">IDF Joint Symposium on Dairy Drying Technology and Recombined Milk Products</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Cork (Irlande), Ireland. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05162592v1</w:t>
+                <w:t xml:space="preserve">hal-05078242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of the incorporation of animal-and plant-origin oil bodies in follow-on formulas on lipid and protein digestibility</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Yann Le Gouar</w:t>
+                <w:t xml:space="preserve">Use of transglutaminase for the production of lactose hydrolyzed milk powders</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Júlia D’almeida Francisquini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolina Neves Cunha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliana de Carvalho da Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Le Floch-Fouéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jordane Ossemond</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Julien Jardin</w:t>
+                <w:t xml:space="preserve">Gaëlle Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23rd EDITION OF IUNS-ICN 2025 International Congress of Nutrition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2025, Paris, France</w:t>
+              <w:t xml:space="preserve">IDF Joint Symposium on Dried Dairy and Recombined Milk Products</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Cork (Irlande), Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05463749v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05078993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of transglutaminase for the production of lactose hydrolyzed milk powders</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Cécile Le Floch-Fouéré</w:t>
+                <w:t xml:space="preserve">Impact of the incorporation of animal-and plant-origin oil bodies in follow-on formulas on lipid and protein digestibility</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Cancalon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivia Ménard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Le Gouar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaëlle Tanguy</w:t>
+                <w:t xml:space="preserve">Jordane Ossemond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Jardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IDF Joint Symposium on Dried Dairy and Recombined Milk Products</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2025, Cork (Irlande), Ireland</w:t>
+              <w:t xml:space="preserve">23rd EDITION OF IUNS-ICN 2025 International Congress of Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05078993v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05463749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of transglutaminase on Maillard browning of lactose-free milk powder</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Fabienne Lambrouin</w:t>
+                <w:t xml:space="preserve">How do whey protein aggregates modify the coagulation properties of milk?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erik Juste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeehyun Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Bernadette Maillard</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ghazi Ben Messaoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Croguennec</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IDF Joint Symposium on Dairy Drying Technology and Recombined Milk Products</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2025, Cork (Irlande), Ireland. </w:t>
+              <w:t xml:space="preserve">3rd Edible Soft Matter Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Rennes, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05078242v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05162592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modulating milk gel structuration by adding pre-formed whey protein aggregates.</w:t>
               </w:r>
@@ -4154,51 +4154,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erik Juste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeehyun Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghazi Ben Messaoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Croguennec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4236,77 +4236,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of process parameters on nutritional profile and physical stability of innovative infant follow-on formulas based on animal and plant oil bodies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Cancalon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bourlieu-Lacanal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Lacroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4361,51 +4361,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intégration de corps lipidiques d'origine animale et végétale dans des préparations de suite : impact sur la structure des lipides et leur digestibilité in vitro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Cancalon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaelle Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4499,51 +4499,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A novel biorelevant in vitro dynamic digestion simulator reproducing the biomechanics of the gastrointestinal tract Structure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ines Greco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jiajun Feng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeehyun Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4654,51 +4654,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeehyun Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Gousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4753,51 +4753,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A microscopic look at the fouling mechanisms in dairy protein mixes by rheometry and microfluidics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margot Grostete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salima Khelifaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5281,51 +5281,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Sicard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Kondjoyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeehyun Lee</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5446,51 +5446,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="480DAA04"/>
+    <w:nsid w:val="5F56E76A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5677,51 +5677,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jeehyunlee" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6028-3220" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-05488556v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Famelart" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Sevrin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Schong" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Rousseau" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Hamon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsfoodscitech.5c01081" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462472v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Grostete" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeehyun Lee" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Boissel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Jimenez" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Jeantet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2026.150196" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05453747v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00397-025-01534-7" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04971053v2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Kuang" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Bouhallab" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Cases" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/gels11030176" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-05372540v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiajun Feng" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mathieu" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Gouar" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2025.117869" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04622223v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zanele Msibi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2024.133291" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04683381v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Greco" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia M&#233;nard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2024.114898" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04109370v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Deglaire" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Lanotte" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Croguennec" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Le Floch-Fou&#233;r&#233;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tifs.2023.05.010" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04194694v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Martin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Gouss&#233;" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Dolivet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods12173192" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03897078v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming Yu" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaodong Chen" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03865060v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Azevedo-Scudeller" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Paul" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Delaplace" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2022.112030" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03582438v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods11040562" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05407529v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Juste" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-05101062v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaqueline Dede Almeida Celestino" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#250;lia D&#8217;almeida Francisquini" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Neves Cunha" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana de Carvalho da Costa" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05155723v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-05078889v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoxi Yu" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Leconte" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Mejean" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Garric" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05418714v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05155673v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05154008v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05279293v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04731966v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04650826v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Azevedo Scudeller" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Moreau" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593517v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bauland" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ognjean Razov Radic" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04180057v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Msibi Zan&#233;l&#233; Pam&#233;la" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04142580v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04146493v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Roux" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Rega" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bonazzi" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05226686v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao Dong Chen" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05162592v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghazi Ben Messaoud" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05463749v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Cancalon" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordane Ossemond" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jardin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-05078993v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Tanguy" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-05078242v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Lambrouin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Bernadette Maillard" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05407550v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777019v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bourlieu-Lacanal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Lacroux" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Valentin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834091v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Tanguy" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lecouillard" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04154096v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Le Feunteun" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Dupont" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03841660v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Martin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Gousse" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03841759v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salima Khelifaoui" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03897022v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Tanguy-Sai" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163215v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04551322v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin de Ruyter" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04893227v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioana Chiru" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sicard" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Kondjoyan" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jeehyunlee" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6028-3220" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-05488556v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Famelart" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Sevrin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Schong" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Rousseau" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Hamon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsfoodscitech.5c01081" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462472v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Grostete" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeehyun Lee" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Boissel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Jimenez" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Jeantet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2026.150196" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04971053v2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Kuang" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Bouhallab" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Cases" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/gels11030176" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-05372540v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiajun Feng" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mathieu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Gouar" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2025.117869" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05453747v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00397-025-01534-7" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04622223v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zanele Msibi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2024.133291" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04683381v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Greco" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia M&#233;nard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2024.114898" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04109370v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Deglaire" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Lanotte" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Croguennec" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Le Floch-Fou&#233;r&#233;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tifs.2023.05.010" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04194694v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Martin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Gouss&#233;" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Dolivet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods12173192" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03865060v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Azevedo-Scudeller" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Paul" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Delaplace" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2022.112030" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03897078v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming Yu" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaodong Chen" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03582438v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods11040562" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05407529v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Juste" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-05101062v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaqueline Dede Almeida Celestino" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#250;lia D&#8217;almeida Francisquini" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Neves Cunha" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana de Carvalho da Costa" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05155723v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-05078889v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoxi Yu" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Leconte" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Mejean" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Garric" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05418714v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05154008v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05155673v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05279293v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04731966v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04650826v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Azevedo Scudeller" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Moreau" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593517v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bauland" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ognjean Razov Radic" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04180057v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Msibi Zan&#233;l&#233; Pam&#233;la" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04146493v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Roux" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Rega" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bonazzi" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04142580v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05226686v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao Dong Chen" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-05078242v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Lambrouin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Bernadette Maillard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-05078993v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Tanguy" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05463749v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Cancalon" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordane Ossemond" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jardin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05162592v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghazi Ben Messaoud" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05407550v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777019v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bourlieu-Lacanal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Lacroux" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Valentin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834091v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Tanguy" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lecouillard" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04154096v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Le Feunteun" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Dupont" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03841660v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Martin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Gousse" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03841759v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salima Khelifaoui" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03897022v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Tanguy-Sai" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163215v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04551322v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin de Ruyter" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04893227v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioana Chiru" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sicard" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Kondjoyan" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>