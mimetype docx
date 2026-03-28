--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -366,1713 +366,1713 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05067539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Échinococcose kystique dans les Hautes-Alpes : action conjointe de prévention au travail et d’enquête épidémiologique chez le chien</w:t>
+                <w:t xml:space="preserve">Assessing the role of individual foxes in environmental contamination with Echinococcus multilocularis through faecal samples</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noémie Tissot</w:t>
+                <w:t xml:space="preserve">Abdou Malik da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louis Bohard</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Gérald Umhang</w:t>
+                <w:t xml:space="preserve">Eve Afonso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coralie Barrera</w:t>
+                <w:t xml:space="preserve">Francis Raoul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Giraudoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Mergey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archives des Maladies Professionnelles et de L'Environnement</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.admp.2024.102285⟩</w:t>
+              <w:t xml:space="preserve">International Journal for Parasitology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 54 (7), pp.321-332. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijpara.2024.03.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">anses-04597836v1</w:t>
+                <w:t xml:space="preserve">hal-04603452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing the role of individual foxes in environmental contamination with Echinococcus multilocularis through faecal samples</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Challenging the phylogenetic relationships among Echinococcus multilocularis isolates from main endemic areas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francis Raoul</w:t>
+                <w:t xml:space="preserve">Séverine Lallemand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Giraudoux</w:t>
+                <w:t xml:space="preserve">Jorge Oyhenart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marina Mergey</w:t>
+                <w:t xml:space="preserve">Benoit Valot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Borne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Bohard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal for Parasitology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 54 (7), pp.321-332. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijpara.2024.03.003⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 54 (11), pp.569-582. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijpara.2024.05.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04603452v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-04862405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Challenging the phylogenetic relationships among Echinococcus multilocularis isolates from main endemic areas</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Échinococcose kystique dans les Hautes-Alpes : action conjointe de prévention au travail et d’enquête épidémiologique chez le chien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit Valot</w:t>
+                <w:t xml:space="preserve">Noémie Tissot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Bohard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jenny Knapp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérald Umhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Borne</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Louis Bohard</w:t>
+                <w:t xml:space="preserve">Coralie Barrera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal for Parasitology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 54 (11), pp.569-582. </w:t>
+              <w:t xml:space="preserve">Archives des Maladies Professionnelles et de L'Environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 85 (2-3), pp.102285. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijpara.2024.05.004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.admp.2024.102285⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">anses-04862405v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-04597836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complete mitochondrial exploration of Echinococcus multilocularis from French alveolar echinococcosis patients</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Real-time multiplex PCR for human echinococcosis and differential diagnosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jenny Knapp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Lallemand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Franck Monnien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Felix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Sandra Courquet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Solange Bresson-Hadni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal for Parasitology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijpara.2023.03.006⟩</w:t>
+              <w:t xml:space="preserve">Parasite</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 30, pp.3. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/parasite/2023003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04095841v1</w:t>
+                <w:t xml:space="preserve">hal-04095822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real-time multiplex PCR for human echinococcosis and differential diagnosis</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Complete mitochondrial exploration of Echinococcus multilocularis from French alveolar echinococcosis patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Bohard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Lallemand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Franck Monnien</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Borne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Courquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Felix</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sandra Courquet</w:t>
+                <w:t xml:space="preserve">Solange Bresson-Hadni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parasite</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 30, pp.3. </w:t>
+              <w:t xml:space="preserve">International Journal for Parasitology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/parasite/2023003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijpara.2023.03.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04095822v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04095841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les échinococcoses, des maladies parasitaires en expansion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Patrick Giraudoux</w:t>
+                <w:t xml:space="preserve">Molecular diagnosis of alveolar echinococcosis in patients based on frozen and formalin-fixed paraffin-embedded tissue samples</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jenny Knapp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Lallemand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Monnien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Felix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Angèle Vuitton</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Séverine Valmary-Degano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Conversation France</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Parasite</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 29 (4), pp.13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/parasite/2022004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03704357v1</w:t>
+                <w:t xml:space="preserve">hal-03556309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular diagnosis of alveolar echinococcosis in patients based on frozen and formalin-fixed paraffin-embedded tissue samples</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les échinococcoses, des maladies parasitaires en expansion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Giraudoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Angèle Vuitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jenny Knapp</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parasite</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">The Conversation France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03556309v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03704357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Red foxes harbor two genetically distinct, spatially separated Echinococcus multilocularis clusters in Brandenburg, Germany</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Unravelling the genetic diversity and relatedness of Echinococcus multilocularis isolates in Eurasia using the EmsB microsatellite nuclear marker</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérald Umhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mandy Herzig</w:t>
+                <w:t xml:space="preserve">Vanessa Bastid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pavlo Maksimov</w:t>
+                <w:t xml:space="preserve">Hamza Avcioglu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christoph Staubach</w:t>
+                <w:t xml:space="preserve">Guna Bagrade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Romig</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jenny Knapp</w:t>
+                <w:t xml:space="preserve">Miljenko Bujanić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parasites &amp; Vectors</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 14 (1), pp.535. </w:t>
+              <w:t xml:space="preserve">Infection, Genetics and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 92, pp.104863. </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s13071-021-05038-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.meegid.2021.104863⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03516137v1</w:t>
+                <w:t xml:space="preserve">anses-03292800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unravelling the genetic diversity and relatedness of Echinococcus multilocularis isolates in Eurasia using the EmsB microsatellite nuclear marker</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gérald Umhang</w:t>
+                <w:t xml:space="preserve">Assessment of the Genetic Diversity of Echinococcus multilocularis from Copro-Isolated Eggs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jenny Knapp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdou Malik da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Courquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vanessa Bastid</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Laurence Millon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Infection, Genetics and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.meegid.2021.104863⟩</w:t>
+              <w:t xml:space="preserve">Pathogens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 10 (10), pp.1296. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/pathogens10101296⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">anses-03292800v1</w:t>
+                <w:t xml:space="preserve">hal-03516115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of the Genetic Diversity of Echinococcus multilocularis from Copro-Isolated Eggs</w:t>
+                <w:t xml:space="preserve">Echinococcus multilocularis genetic diversity in Swiss domestic pigs assessed by EmsB microsatellite analyzes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jenny Knapp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anika Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Courquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Millon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Raoul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pathogens</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/pathogens10101296⟩</w:t>
+              <w:t xml:space="preserve">Veterinary Parasitology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 293, pp.109429. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.vetpar.2021.109429⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03516115v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03316058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Echinococcus multilocularis genetic diversity in Swiss domestic pigs assessed by EmsB microsatellite analyzes</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sandra Courquet</w:t>
+                <w:t xml:space="preserve">Soil contamination by Echinococcus multilocularis in rural and urban vegetable gardens in relation to fox, cat and dog faecal deposits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdou Malik da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Millon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Francis Raoul</w:t>
+                <w:t xml:space="preserve">Matthieu Bastien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérald Umhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Boué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Bastid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Veterinary Parasitology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.vetpar.2021.109429⟩</w:t>
+              <w:t xml:space="preserve">Parasite</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 28, pp.74. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/parasite/2021073⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03316058v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03410990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soil contamination by Echinococcus multilocularis in rural and urban vegetable gardens in relation to fox, cat and dog faecal deposits</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Asian Admixture in European Echinococcus multilocularis Populations: New Data From Poland Comparing EmsB Microsatellite Analyses and Mitochondrial Sequencing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Umhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jenny Knapp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Wassermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Bastid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Peytavin de Garam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parasite</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/parasite/2021073⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Veterinary Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 7, pp.620722. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fvets.2020.620722⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03410990v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-03292881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asian Admixture in European Echinococcus multilocularis Populations: New Data From Poland Comparing EmsB Microsatellite Analyses and Mitochondrial Sequencing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gérald Umhang</w:t>
+                <w:t xml:space="preserve">Red foxes harbor two genetically distinct, spatially separated Echinococcus multilocularis clusters in Brandenburg, Germany</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mandy Herzig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pavlo Maksimov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph Staubach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Romig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jenny Knapp</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Carine Peytavin de Garam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Veterinary Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 7, pp.620722. </w:t>
+              <w:t xml:space="preserve">Parasites &amp; Vectors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 14 (1), pp.535. </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fvets.2020.620722⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13071-021-05038-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">anses-03292881v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03516137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">International consensus on terminology to be used in the field of echinococcoses</w:t>
               </w:r>
@@ -2097,51 +2097,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donald Mcmanus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Rogan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Romig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Gottstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2192,103 +2192,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment of the exposure to Echinococcus multilocularis associated with carnivore faeces using real-time quantitative PCR and flotation technique assays</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdou Malik da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Courquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Raoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Rieffel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Giraudoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal for Parasitology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 50 (14), pp.1195-1204. </w:t>
@@ -2454,338 +2454,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03197394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-term retrospective assessment of a transmission hotspot for human alveolar echinococcosis in mid-west China</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Patrick Giraudoux</w:t>
+                <w:t xml:space="preserve">Genetic diversity of Echinococcus multilocularis in red foxes from two Scandinavian countries: Denmark and Sweden</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jenny Knapp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérald Umhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yumin Zhao</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eve Afonso</w:t>
+                <w:t xml:space="preserve">Helene Wahlström</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hongbin Yan</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jenny Knapp</w:t>
+                <w:t xml:space="preserve">Mohammad Nafi Solaiman Al-Sabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erik Ågren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pntd.0007701⟩</w:t>
+              <w:t xml:space="preserve">Food and Waterborne Parasitology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 14, pp.e00045. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fawpar.2019.e00045⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02276636v1</w:t>
+                <w:t xml:space="preserve">anses-03297286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic diversity of Echinococcus multilocularis in red foxes from two Scandinavian countries: Denmark and Sweden</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Long-term retrospective assessment of a transmission hotspot for human alveolar echinococcosis in mid-west China</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Giraudoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yumin Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Afonso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hongbin Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jenny Knapp</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Erik Ågren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food and Waterborne Parasitology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 14, pp.e00045. </w:t>
+              <w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 13 (8), </w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.fawpar.2019.e00045⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pntd.0007701⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">anses-03297286v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02276636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rural and urban distribution of wild and domestic carnivore stools in the context of Echinococcus multilocularis environmental exposure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jenny Knapp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Giraudoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Combès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3009,51 +3009,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Detection of &amp;lt;em&amp;gt;Echinococcus multilocularis&amp;lt;/em&amp;gt; and other foodborne parasites in fox, cat and dog faeces collected in kitchen gardens in a highly endemic area for alveolar echinococcosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Lazarine Poulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Bastien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yolan Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3491,797 +3491,797 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02624598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Screening of antigenic vesicular fluid proteins of Echinococcus multilocularis as potential viability biomarkers to monitor drug response in alveolar echinococcosis patients</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benoit Valot</w:t>
+                <w:t xml:space="preserve">EWET: Data collection and interface for the genetic analysis of Echinococcus multilocularis based on EmsB microsatellite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jenny Knapp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bénédicte Rognon</w:t>
+                <w:t xml:space="preserve">Sylvie Damy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anais Prenel</w:t>
+                <w:t xml:space="preserve">Jonathan Brillaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alice Baraquin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jenny Knapp</w:t>
+                <w:t xml:space="preserve">Jean-Daniel Tissot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Navion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PROTEOMICS - Clinical Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/prca.201700010⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 12 (10), pp.e0183849. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0183849⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01667558v1</w:t>
+                <w:t xml:space="preserve">hal-01667697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">EWET: Data collection and interface for the genetic analysis of Echinococcus multilocularis based on EmsB microsatellite</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Screening of antigenic vesicular fluid proteins of Echinococcus multilocularis as potential viability biomarkers to monitor drug response in alveolar echinococcosis patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Valot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Rognon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anais Prenel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Baraquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jenny Knapp</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jérémy Navion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 12 (10), pp.e0183849. </w:t>
+              <w:t xml:space="preserve">PROTEOMICS - Clinical Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, </w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0183849⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/prca.201700010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01667697v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01667558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proposition d'un scénario spatio-temporel de l'expansion d'E. multilocularis en France grâce à la génétique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Could the domestic cat play a significant role in the transmission of Echinococcus multilocularis ? A study based on qPCR analysis of cat feces in a rural area in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jenny Knapp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Combes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Umhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Franck Boué</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soufiane Aknouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Millon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin Epidémiologique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Parasite</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 23 (5-6), pp.589 - 599. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/parasite/2016052⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03519741v1</w:t>
+                <w:t xml:space="preserve">hal-01397027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Could the domestic cat play a significant role in the transmission of Echinococcus multilocularis ? A study based on qPCR analysis of cat feces in a rural area in France</w:t>
+                <w:t xml:space="preserve">Development of a real-time PCR for a sensitive one-step copro-diagnosis allowing both the identification of carnivore feces and the detection of Toxocara spp. and Echinococcus multilocularis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jenny Knapp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Umhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Lazarine Poulle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Millon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parasite</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 82 (10), pp.2950-2958. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/AEM.03467-15⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/parasite/2016052⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01397027v1</w:t>
+                <w:t xml:space="preserve">hal-01294614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a real-time PCR for a sensitive one-step copro-diagnosis allowing both the identification of carnivore feces and the detection of Toxocara spp. and Echinococcus multilocularis.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Assessment of pets (cats and dogs) in homes using electrostatic dust collectors and QPCR: new tools to evaluate exposure and risk of allergies.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Scherer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Valot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mallory Vacheyrou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Naegele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jenny Knapp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Environmental Health Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 26 (5-6), pp.1-11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/09603123.2016.1217316⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/AEM.03467-15⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01294614v1</w:t>
+                <w:t xml:space="preserve">hal-01368313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of pets (cats and dogs) in homes using electrostatic dust collectors and QPCR: new tools to evaluate exposure and risk of allergies.</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Naegele</w:t>
+                <w:t xml:space="preserve">Proposition d'un scénario spatio-temporel de l'expansion d'E. multilocularis en France grâce à la génétique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérald Umhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jenny Knapp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Hormaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Raoul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Boué</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Environmental Health Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Bulletin Epidémiologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/09603123.2016.1217316⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01368313v1</w:t>
+                <w:t xml:space="preserve">hal-03519741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genomic characterization of EmsB microsatellite loci in Echinococcus multilocularis.</w:t>
               </w:r>
@@ -4319,51 +4319,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Umhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Millon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Infection, Genetics and Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 32, pp.338-41. </w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4912,286 +4912,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01175795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clinical epidemiology of human AE in Europe</w:t>
+                <w:t xml:space="preserve">First report of the zoonotic tapeworm Echinococcus multilocularis in raccoon dogs in Estonia, and comparisons with other countries in Europe.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D.A. Vuitton</w:t>
+                <w:t xml:space="preserve">Leidi Laurimaa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Demonmerot</w:t>
+                <w:t xml:space="preserve">Karmen Süld</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Knapp</w:t>
+                <w:t xml:space="preserve">Epp Moks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Richou</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">F. Grenouillet</w:t>
+                <w:t xml:space="preserve">Harri Valdmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérald Umhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Veterinary Parasitology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 213 (3-4), pp.110-120. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2015, 212 (3-4), pp.200-5</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02539372v1</w:t>
+                <w:t xml:space="preserve">hal-01294673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First report of the zoonotic tapeworm Echinococcus multilocularis in raccoon dogs in Estonia, and comparisons with other countries in Europe.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Clinical epidemiology of human AE in Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D.A. Vuitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Demonmerot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leidi Laurimaa</w:t>
+                <w:t xml:space="preserve">J. Knapp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karmen Süld</w:t>
+                <w:t xml:space="preserve">C. Richou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Epp Moks</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Gérald Umhang</w:t>
+                <w:t xml:space="preserve">F. Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Veterinary Parasitology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 212 (3-4), pp.200-5</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2015, 213 (3-4), pp.110-120. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.vetpar.2015.07.036⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01294673v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02539372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taxonomy, phylogeny and molecular epidemiology of Echinococcus multilocularis: From fundamental knowledge to health ecology.</w:t>
               </w:r>
@@ -5216,51 +5216,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Gottstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Urmas Saarma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Millon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Veterinary Parasitology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 213 (3-4), pp.85-91. </w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5288,1524 +5288,1524 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01294653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Increased Incidence and Characteristics of Alveolar Echinococcosis in Patients With Immunosuppression-Associated Conditions.</w:t>
+                <w:t xml:space="preserve">Diagnostic de l'échinococcose alvéolaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">S. Bresson-Hadni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grenouillet Frédéric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Adrien Chauchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Richou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Eric Delabrousse</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Knapp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Infectious Diseases</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue Francophone des Laboratoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 464, pp.77-87</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01063889v1</w:t>
+                <w:t xml:space="preserve">hal-01119450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diagnostic de l'échinococcose alvéolaire</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Real time PCR to detect the environmental faecal contamination by Echinococcus multilocularis from red fox stools.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jenny Knapp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Millon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Bresson-Hadni</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">J. Knapp</w:t>
+                <w:t xml:space="preserve">Lorane Mouzon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérald Umhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Raoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Francophone des Laboratoires</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Veterinary Parasitology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 201 (1-2), pp.40-47. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.vetpar.2013.12.023⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01119450v1</w:t>
+                <w:t xml:space="preserve">hal-00943686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new data management system for the French National Registry of human alveolar echinococcosis cases.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Using the genetics of Echinococcus multilocularis to trace the history of expansion from an endemic area.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florent Demonmerot</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">G. Umhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Knapp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Hormaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Raoul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Boué</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parasite</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/parasite/2014075⟩</w:t>
+              <w:t xml:space="preserve">Infection, Genetics and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 22C, pp.142-149. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.meegid.2014.01.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01112756v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00952328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real time PCR to detect the environmental faecal contamination by Echinococcus multilocularis from red fox stools.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A new data management system for the French National Registry of human alveolar echinococcosis cases.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Charbonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jenny Knapp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Demonmerot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solange Bresson-Hadni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Raoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Veterinary Parasitology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.vetpar.2013.12.023⟩</w:t>
+              <w:t xml:space="preserve">Parasite</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 21, pp.69. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/parasite/2014075⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00943686v1</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01112756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using the genetics of Echinococcus multilocularis to trace the history of expansion from an endemic area.</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Development of a specific tracer for metabolic imaging of alveolar echinococcosis: A preclinical study.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clemence Porot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jenny Knapp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Germain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Camporese</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Seimbille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Infection, Genetics and Evolution</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Conference proceedings : .. Annual International Conference of the IEEE Engineering in Medicine and Biology Society. IEEE Engineering in Medicine and Biology Society. Annual Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 2014, pp.5587-90</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00952328v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01118391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a specific tracer for metabolic imaging of alveolar echinococcosis: A preclinical study.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Clemence Porot</w:t>
+                <w:t xml:space="preserve">Glossina palpalis palpalis populations from Equatorial Guinea belong to distinct allopatric clades</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Cordon-Obras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge Cano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jenny Knapp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Yann Seimbille</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paloma Nebreda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ndong-Mabale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference proceedings : .. Annual International Conference of the IEEE Engineering in Medicine and Biology Society. IEEE Engineering in Medicine and Biology Society. Annual Conference</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Parasites &amp; Vectors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 7 (1), pp.31. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1756-3305-7-31⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01118391v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03516426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Glossina palpalis palpalis populations from Equatorial Guinea belong to distinct allopatric clades</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Comparison of the serological tests ICT and ELISA for the diagnosis of alveolar echinococcosis in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jenny Knapp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Ndong-Mabale</w:t>
+                <w:t xml:space="preserve">Yasuhito Sako</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solange Bresson-Hadni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Richou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parasites &amp; Vectors</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 7 (1), pp.31. </w:t>
+              <w:t xml:space="preserve">Parasite</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 21, pp.34. </w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/1756-3305-7-31⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/parasite/2014037⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03516426v1</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01061622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of the serological tests ICT and ELISA for the diagnosis of alveolar echinococcosis in France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Increased Incidence and Characteristics of Alveolar Echinococcosis in Patients With Immunosuppression-Associated Conditions.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Chauchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jenny Knapp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Richou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yasuhito Sako</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Carine Richou</w:t>
+                <w:t xml:space="preserve">Eric Delabrousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parasite</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 21, pp.34. </w:t>
+              <w:t xml:space="preserve">Clinical Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, epub ahead of print. </w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/parasite/2014037⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/cid/ciu520⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01061622v1</w:t>
+                <w:t xml:space="preserve">hal-01063889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detecting nested clusters of human alveolar echinococcosis.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Dominique Angèle Vuitton</w:t>
+                <w:t xml:space="preserve">Echinococcoe alvéolaire : épidémiologie, surveillance et prise en charge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grenouillet Frédéric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Chauchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Richou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D.A. Vuitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Knapp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parasitology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal des anti-infectieux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 15, pp.204-214</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00853605v1</w:t>
+                <w:t xml:space="preserve">hal-01119452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Populations at risk for alveolar echinococcosis, France</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Renaud Piarroux</w:t>
+                <w:t xml:space="preserve">Detecting nested clusters of human alveolar echinococcosis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeinaba Said-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jenny Knapp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Dumortier</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solange Bresson-Hadni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Angèle Vuitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Emerging Infectious Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3201/eid1905.120867⟩</w:t>
+              <w:t xml:space="preserve">Parasitology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, pp.1-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0031182013001352⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00878761v1</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00853605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Echinococcoe alvéolaire : épidémiologie, surveillance et prise en charge</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">J. Knapp</w:t>
+                <w:t xml:space="preserve">Populations at risk for alveolar echinococcosis, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Piarroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Piarroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jenny Knapp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Bardonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Dumortier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal des anti-infectieux</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Emerging Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 19 (5), pp.721-728. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3201/eid1905.120867⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01119452v1</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00878761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Echinococcus multilocularis in Svalbard, Norway: Microsatellite genotyping to investigate the origin of a highly focal contamination.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Knapp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Staebler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7016,51 +7016,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Should possible recurrence of disease contraindicate liver transplantation in patients with end-stage alveolar echinococcosis? A 20-year follow-up study.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solange Bresson-Hadni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oleg Blagosklonov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7068,51 +7068,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jenny Knapp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasuhito Sako</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Liver Transplantation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 17 (7), pp.855-65. </w:t>
@@ -7150,103 +7150,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clinical features and evolution of alveolar echinococcosis in France from 1982 to 2007: results of a survey in 387 patients.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Piarroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Piarroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roch Giorgi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jenny Knapp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Bardonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Hepatology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 55 (5), pp.1025-1033. </w:t>
@@ -7421,90 +7421,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A historical view of alveolar echinococcosis, 160 years after the discovery of the first case in humans: part 1. What have we learnt on the distribution of the disease and on its parasitic agent?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Angèle Vuitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qian Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hongxia Zhou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Raoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jenny Knapp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7814,90 +7814,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’échinococcose alvéolaire humaine en France en 2010 / Box – Human alveolar echinococcosis in France, update 2010</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Knapp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Millon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Raton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Richou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin Epidémiologique Hebdomadaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, hors-série, pp.24-25</w:t>
@@ -7926,103 +7926,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Echinococcoe alvéolaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solange Bresson-Hadni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Chauchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D.A. Vuitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grenouillet Frédéric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Knapp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Emc -- Hepatologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 9 (4), pp.1-18</w:t>
@@ -8045,527 +8045,527 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01119463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The EmsB tandemly repeated multilocus microsatellite: a new tool to investigate genetic diversity of Echinococcus granulosus sensu lato.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Multi-locus microsatellite analysis supports the hypothesis of an autochthonous focus of Echinococcus multilocularis in northern Italy.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K L Haag</w:t>
+                <w:t xml:space="preserve">A Casulli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J M Bart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Knapp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S Ma</w:t>
+                <w:t xml:space="preserve">G La Rosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I Colovic</w:t>
+                <w:t xml:space="preserve">G Dusher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 47 (11), pp.3608-16</w:t>
+              <w:t xml:space="preserve">International Journal for Parasitology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 39 (7), pp.837-42</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01118443v1</w:t>
+                <w:t xml:space="preserve">hal-01118445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-locus microsatellite analysis supports the hypothesis of an autochthonous focus of Echinococcus multilocularis in northern Italy.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Echinococcus vogeli infection in a hunter, French Guiana.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jenny Knapp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Casulli</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">J Knapp</w:t>
+                <w:t xml:space="preserve">Mircea Chirica</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G La Rosa</w:t>
+                <w:t xml:space="preserve">Christine Simonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G Dusher</w:t>
+                <w:t xml:space="preserve">Frederic Grenouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Mathieu Bart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal for Parasitology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 39 (7), pp.837-42</w:t>
+              <w:t xml:space="preserve">Emerging Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 15 (12), pp.2029-31</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01118445v1</w:t>
+                <w:t xml:space="preserve">hal-00448413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Echinococcus vogeli infection in a hunter, French Guiana.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mircea Chirica</w:t>
+                <w:t xml:space="preserve">Serological studies of neurologic helminthic infections in rural areas of southwest cameroon: toxocariasis, cysticercosis and paragonimiasis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Nkouawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasuhito Sako</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Simonnet</w:t>
+                <w:t xml:space="preserve">Sonoyo Itoh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frederic Grenouillet</w:t>
+                <w:t xml:space="preserve">Alida Kouojip-Mabou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Mathieu Bart</w:t>
+                <w:t xml:space="preserve">Christ Nadège Nganou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Emerging Infectious Diseases</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 15 (12), pp.2029-31</w:t>
+              <w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 4 (7), pp.e732</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00448413v1</w:t>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01118392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Serological studies of neurologic helminthic infections in rural areas of southwest cameroon: toxocariasis, cysticercosis and paragonimiasis.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yasuhito Sako</w:t>
+                <w:t xml:space="preserve">The EmsB tandemly repeated multilocus microsatellite: a new tool to investigate genetic diversity of Echinococcus granulosus sensu lato.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Maillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B Gottstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonoyo Itoh</w:t>
+                <w:t xml:space="preserve">K L Haag</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alida Kouojip-Mabou</w:t>
+                <w:t xml:space="preserve">S Ma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christ Nadège Nganou</w:t>
+                <w:t xml:space="preserve">I Colovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 4 (7), pp.e732</w:t>
+              <w:t xml:space="preserve">Journal of Clinical Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 47 (11), pp.3608-16</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01118392v1</w:t>
+                <w:t xml:space="preserve">hal-01118443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic diversity of the cestode Echinococcus multilocularis in red foxes at a continental scale in Europe</w:t>
               </w:r>
@@ -8577,51 +8577,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jenny Knapp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Mathieu Bart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Giraudoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Louise Glowatzki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8685,90 +8685,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic diversity of Echinococcus multilocularis on a local scale.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Knapp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.-H. Guislain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. M. Bart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Raoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Gottstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9081,90 +9081,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surveillance de l’échinococcose alvéolaire en France : bilan de cinq années d’enregistrement, 2001-2005</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Piarroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solange Bresson-Hadni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Capek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Knapp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Watelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9219,51 +9219,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">EmsB, a tandem repeated multi-loci microsatellite, new tool to investigate the genetic diversity of Echinococcus multilocularis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. M. Bart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Knapp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Gottstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9530,103 +9530,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Génotypage par le microsatellite EmsB sur oeufs isolés d'Echinococcus multilocularis : diversité génétique chez un hôte définitif et au niveau local</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdou Malik da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Courquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Millon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Rieffel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Giraudoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès SFP-SFMM 2019 : One Health : De l’animal à l’homme en Parasitologie-Mycologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française de Parasitologie, May 2019, Tours, France</w:t>
@@ -9655,103 +9655,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">27 year monitoring of an alveolar echinococcosis hotspot in south-Gansu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Giraudoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Afonso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jenny Knapp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wangzhong Jia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hongbin Yan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXVII World Congress of Echinococcosis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Algiers, Algeria</w:t>
@@ -9780,103 +9780,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New approaches to description and modeling of trophic interactions: reliable allies to study trophically-transmitted parasites?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Raoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Perasso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virgile Baudrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Valot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Afonso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Research and methods in ecohealth and conservation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, GDRI Ecosystem Health and Environmental Disease Ecology, Nov 2016, Kunming, China</w:t>
@@ -9905,103 +9905,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">27 year monitoring of an alveolar echinococcosis hotspot in south-Gansu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Giraudoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Afonso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jenny Knapp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wangzhong Jia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hongbin Yan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Research and methods in ecohealth and conservation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, GDRI Ecosystem Health and Environmental Disease Ecology, Nov 2016, Kunming, China</w:t>
@@ -10056,77 +10056,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jenny Knapp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Umhang Gérald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Valot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Raoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Damy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Research and methods in ecohealth and conservation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, GDRI Ecosystem Health and Environmental Disease Ecology, Nov 2016, Kunming, China</w:t>
@@ -10155,103 +10155,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transmission ecosystems of Echinococcus multilocularis in Eurasia, with particular reference to the Alay Valley</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Giraudoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Afonso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Bodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jenny Knapp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Raoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Research Workshop: Echinococcosis in Kyrgyzstan and the Region</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2014, Bishkek, Kyrgyzstan</w:t>
@@ -10319,64 +10319,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jenny Knapp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Raoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solange Bresson-Hadni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International symposium for cestode zoonosis control</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2012, Shanghai, China</w:t>
@@ -10405,103 +10405,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Changes in human alveolar echinoccocosis distribution and fox infection in Franche-Comte, France: a 30 year survey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Giraudoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorane Mouzon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jenny Knapp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Raoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24th Word Congress of Hydatidology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2011, Urumqi, China</w:t>
@@ -10556,77 +10556,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jenny Knapp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiuming Ma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Raoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Akira Ito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Giraudoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XVIIth International Congress for Tropical Medicine and Malaria</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2008, Jeju, South Korea</w:t>
@@ -10848,51 +10848,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="F869A934"/>
+    <w:nsid w:val="42982F63"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11079,51 +11079,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jenny-knapp" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2054-1619" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/150806078" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/218560125" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05067539v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Peytavin de Garam" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bou&#233;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Knapp" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Blanchard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Umhang" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2025.105757" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04597836v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Tissot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Bohard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Barrera" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.admp.2024.102285" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603452v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdou Malik da Silva" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Afonso" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Raoul" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Giraudoux" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Mergey" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpara.2024.03.003" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04862405v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Lallemand" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Oyhenart" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Valot" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Borne" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpara.2024.05.004" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095841v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Courquet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solange Bresson-Hadni" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpara.2023.03.006" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095822v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Monnien" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Felix" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2023003" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03704357v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Ang&#232;le Vuitton" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556309v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Valmary-Degano" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2022004" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03516137v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mandy Herzig" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavlo Maksimov" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Staubach" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Romig" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13071-021-05038-0" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03292800v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Bastid" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Avcioglu" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guna Bagrade" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miljenko Bujani&#263;" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2021.104863" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03516115v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Millon" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens10101296" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03316058v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anika Meyer" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetpar.2021.109429" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03410990v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bastien" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2021073" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03292881v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Wassermann" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2020.620722" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03316052v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Vuitton" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donald Mcmanus" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Rogan" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Gottstein" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2020024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038760v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rieffel" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpara.2020.07.008" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03197394v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bretagne" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Mathieu Bart" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens9040282" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02276636v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yumin Zhao" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongbin Yan" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0007701" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03297286v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Wahlstr&#246;m" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Nafi Solaiman Al-Sabi" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik &#197;gren" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fawpar.2019.e00045" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857324v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Comb&#232;s" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpara.2018.05.007" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01943639v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Basmaciyan" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Burlet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selim Ramla" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Blot" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mahy" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm7110443" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626927v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Lazarine Poulle" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolan Richard" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Aubert" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Villena" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2017031" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532902v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chuanchuan Wu" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenbao Zhang" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Ran" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haining Fan" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui Wang" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03516273v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naceur Mejri" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imed Eddine Hassen" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouldi Saidi" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624598v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacek Karamon" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Hormaz" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomasz Cencek" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2017.07.004" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667558v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Rognon" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Prenel" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Baraquin" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/prca.201700010" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667697v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Damy" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Brillaud" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Tissot" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Navion" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0183849" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03519741v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397027v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Combes" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soufiane Aknouche" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2016052" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01294614v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.03467-15" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01368313v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Scherer" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mallory Vacheyrou" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Naegele" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09603123.2016.1217316" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166207v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Valot" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Grenouillet" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2015.03.040" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01307319v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Piarroux" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Gaudart" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Bresson-Hadni" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Bardonnet" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Faucher" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01294650v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belline Bourgeois" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marguet" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssein Gbaguidi-Haore" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeinaba Said-Ali" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119363v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Pauline Bellanger" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Ren&#233; Pallandre" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Mal&#233;zieux" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jim.2014.12.006" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LH81LTPN-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01175795v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Afonso" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Knapp" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N T&#234;te" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Umhang" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Rieffel" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02539372v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.A. Vuitton" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Demonmerot" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Knapp" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Richou" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Grenouillet" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetpar.2015.07.036" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01294673v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leidi Laurimaa" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karmen S&#252;ld" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Epp Moks" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harri Valdmann" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01294653v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urmas Saarma" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetpar.2015.07.030" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01063889v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Chauchet" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Richou" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Delabrousse" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cid/ciu520" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119450v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bresson-Hadni" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grenouillet Fr&#233;d&#233;ric" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112756v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Charbonnier" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Demonmerot" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2014075" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00943686v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorane Mouzon" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetpar.2013.12.023" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KZHKB3RT-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00952328v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Umhang" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Hormaz" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Raoul" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bou&#233;" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2014.01.018" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7Z2RCXR8-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01118391v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemence Porot" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Germain" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Camporese" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Seimbille" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03516426v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Cordon-Obras" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Cano" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paloma Nebreda" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ndong-Mabale" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1756-3305-7-31" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01061622v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasuhito Sako" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2014037" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00853605v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0031182013001352" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00878761v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Piarroux" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Piarroux" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Bardonnet" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Dumortier" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid1905.120867" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119452v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00686742v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Staebler" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Bart" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Stien" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. G. Yoccoz" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2012.03.008" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01118433v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H L Enemark" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M N Al-Sabi" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Staahl" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Chr&#237;el" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00682499v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Blagosklonov" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/lt.22299" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00726569v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roch Giorgi" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhep.2011.02.018" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PX1KRCZX-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01118393v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minoru Nakao" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tetsuya Yanagida" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Munehiro Okamoto" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638078v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qian Wang" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongxia Zhou" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3760/cma.j.issn.0366-6999.2011.18.027" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01118442v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J M Bart" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Maillard" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Gottstein" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Piarroux" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01118394v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Nkouawa" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119446v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Raton" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119463v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01118443v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K L Haag" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Ma" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Colovic" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01118445v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Casulli" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G La Rosa" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Dusher" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00448413v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mircea Chirica" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Simonnet" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Grenouillet" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Mathieu Bart" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01118392v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonoyo Itoh" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alida Kouojip-Mabou" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christ Nad&#232;ge Nganou" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01118395v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Louise Glowatzki" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Breyer" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0000452" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00339937v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-H. Guislain" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gottstein" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2008.02.010" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8N6GV1CR-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01118448v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M L Glowatzki" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Ito" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Gerard" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01118449v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M C Benchikh-Elfegoun" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Koskei" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119460v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Capek" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Watelet" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00342408v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. El-Garch" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Giraudoux" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2006.01.006" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CTXHBNVB-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01118451v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Morariu" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M S Ilie" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Pitulescu" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00436-005-0015-9" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-ZHZXMWKC-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268596v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01614425v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wangzhong Jia" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01367367v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Perasso" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virgile Baudrot" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363734v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01367365v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Umhang G&#233;rald" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01086211v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Bodin" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00736802v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeinaba Said Ali" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00671887v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Combes" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00378632v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiuming Ma" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akira Ito" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00338957v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jenny-knapp" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2054-1619" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/150806078" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/218560125" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05067539v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Peytavin de Garam" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bou&#233;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Knapp" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Blanchard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Umhang" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2025.105757" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603452v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdou Malik da Silva" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Afonso" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Raoul" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Giraudoux" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Mergey" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpara.2024.03.003" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04862405v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Lallemand" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Oyhenart" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Valot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Borne" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Bohard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpara.2024.05.004" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04597836v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Tissot" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Barrera" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.admp.2024.102285" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095822v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Monnien" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Felix" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Courquet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2023003" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095841v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solange Bresson-Hadni" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpara.2023.03.006" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556309v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Valmary-Degano" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2022004" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03704357v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Ang&#232;le Vuitton" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03292800v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Bastid" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Avcioglu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guna Bagrade" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miljenko Bujani&#263;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2021.104863" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03516115v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Millon" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens10101296" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03316058v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anika Meyer" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetpar.2021.109429" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03410990v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bastien" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2021073" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03292881v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Wassermann" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2020.620722" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03516137v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mandy Herzig" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavlo Maksimov" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Staubach" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Romig" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13071-021-05038-0" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03316052v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Vuitton" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donald Mcmanus" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Rogan" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Gottstein" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2020024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038760v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rieffel" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpara.2020.07.008" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03197394v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bretagne" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Mathieu Bart" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens9040282" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03297286v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Wahlstr&#246;m" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Nafi Solaiman Al-Sabi" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik &#197;gren" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fawpar.2019.e00045" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02276636v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yumin Zhao" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongbin Yan" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0007701" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857324v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Comb&#232;s" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpara.2018.05.007" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01943639v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Basmaciyan" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Burlet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selim Ramla" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Blot" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mahy" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm7110443" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626927v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Lazarine Poulle" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolan Richard" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Aubert" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Villena" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2017031" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532902v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chuanchuan Wu" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenbao Zhang" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Ran" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haining Fan" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui Wang" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03516273v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naceur Mejri" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imed Eddine Hassen" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouldi Saidi" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624598v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacek Karamon" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Hormaz" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomasz Cencek" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2017.07.004" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667697v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Damy" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Brillaud" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Tissot" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Navion" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0183849" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667558v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Rognon" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Prenel" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Baraquin" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/prca.201700010" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397027v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Combes" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soufiane Aknouche" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2016052" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01294614v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.03467-15" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01368313v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Scherer" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mallory Vacheyrou" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Naegele" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09603123.2016.1217316" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03519741v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166207v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Valot" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Grenouillet" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2015.03.040" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01307319v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Piarroux" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Gaudart" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Bresson-Hadni" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Bardonnet" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Faucher" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01294650v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belline Bourgeois" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marguet" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssein Gbaguidi-Haore" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeinaba Said-Ali" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119363v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Pauline Bellanger" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Ren&#233; Pallandre" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Mal&#233;zieux" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jim.2014.12.006" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LH81LTPN-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01175795v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Afonso" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Knapp" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N T&#234;te" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Umhang" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Rieffel" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01294673v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leidi Laurimaa" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karmen S&#252;ld" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Epp Moks" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harri Valdmann" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02539372v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.A. Vuitton" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Demonmerot" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Knapp" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Richou" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Grenouillet" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetpar.2015.07.036" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01294653v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urmas Saarma" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetpar.2015.07.030" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119450v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bresson-Hadni" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grenouillet Fr&#233;d&#233;ric" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Chauchet" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Richou" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00943686v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorane Mouzon" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetpar.2013.12.023" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KZHKB3RT-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00952328v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Umhang" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Hormaz" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Raoul" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bou&#233;" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2014.01.018" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7Z2RCXR8-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112756v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Charbonnier" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Demonmerot" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2014075" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01118391v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemence Porot" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Germain" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Camporese" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Seimbille" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03516426v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Cordon-Obras" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Cano" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paloma Nebreda" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ndong-Mabale" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1756-3305-7-31" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01061622v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasuhito Sako" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2014037" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01063889v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Delabrousse" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cid/ciu520" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119452v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00853605v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0031182013001352" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00878761v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Piarroux" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Piarroux" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Bardonnet" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Dumortier" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid1905.120867" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00686742v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Staebler" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Bart" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Stien" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. G. Yoccoz" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2012.03.008" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01118433v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H L Enemark" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M N Al-Sabi" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Staahl" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Chr&#237;el" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00682499v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Blagosklonov" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/lt.22299" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00726569v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roch Giorgi" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhep.2011.02.018" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PX1KRCZX-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01118393v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minoru Nakao" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tetsuya Yanagida" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Munehiro Okamoto" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638078v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qian Wang" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongxia Zhou" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3760/cma.j.issn.0366-6999.2011.18.027" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01118442v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J M Bart" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Maillard" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Gottstein" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Piarroux" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01118394v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Nkouawa" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119446v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Raton" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119463v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01118445v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Casulli" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G La Rosa" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Dusher" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00448413v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mircea Chirica" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Simonnet" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Grenouillet" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Mathieu Bart" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01118392v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonoyo Itoh" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alida Kouojip-Mabou" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christ Nad&#232;ge Nganou" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01118443v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K L Haag" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Ma" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Colovic" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01118395v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Louise Glowatzki" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Breyer" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0000452" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00339937v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-H. Guislain" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gottstein" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2008.02.010" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8N6GV1CR-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01118448v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M L Glowatzki" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Ito" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Gerard" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01118449v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M C Benchikh-Elfegoun" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Koskei" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119460v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Capek" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Watelet" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00342408v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. El-Garch" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Giraudoux" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2006.01.006" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CTXHBNVB-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01118451v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Morariu" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M S Ilie" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Pitulescu" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00436-005-0015-9" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-ZHZXMWKC-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268596v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01614425v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wangzhong Jia" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01367367v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Perasso" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virgile Baudrot" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363734v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01367365v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Umhang G&#233;rald" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01086211v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Bodin" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00736802v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeinaba Said Ali" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00671887v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Combes" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00378632v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiuming Ma" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akira Ito" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00338957v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>