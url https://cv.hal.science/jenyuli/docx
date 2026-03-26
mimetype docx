--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -232,298 +232,354 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05222849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (17)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (18)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'usage des collocations en anglais d'apprenants : une analyse croisée des L1 et des niveaux de compétence</w:t>
+                <w:t xml:space="preserve">Assessing the statistical validity of multi-noun alternation metrics as features of L2-English proficiency</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jen-Yu Li</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Thomas Gaillat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyriel Mallart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Simpkin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ballier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Venant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Approches interdisciplinaires des unités phraséologiques (UP) dans les langues du monde : Linguistique - TAL &amp; IA - Traduction - Littérature</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2025, Paris, France</w:t>
+              <w:t xml:space="preserve">58th Annual Meeting of the Societas Linguistica Europaea</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Bordeaux Montaigne, Aug 2025, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05002670v1</w:t>
+                <w:t xml:space="preserve">hal-05247935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing the statistical validity of multi-noun alternation metrics as features of L2-English proficiency</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Visualiser les profils linguistiques des écrits d’étudiants en anglais L2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gaillat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Venant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ballier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Gaillat</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Rémi Venant</w:t>
+                <w:t xml:space="preserve">Jen-Yu Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernardo Stearns</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">58th Annual Meeting of the Societas Linguistica Europaea</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Bordeaux Montaigne, Aug 2025, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">RANACLES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Nantes, Nov 2025, Nantes (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05247935v1</w:t>
+                <w:t xml:space="preserve">hal-05555054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Actionability in CALL: linking proficiency prediction models to interpretable indicators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrielle Mallart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Simpkin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -555,238 +611,182 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Workshop on Foreign language learning and proficiency-rated reading materials: SLA research and AI methods supporting analysis and effective didactics in real-life education</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Universität Tübingen, Mar 2025, Tübingen, Allemagne, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05008931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La linguistique de corpus à l'heure du code ouvert</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L'usage des collocations en anglais d'apprenants : une analyse croisée des L1 et des niveaux de compétence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Gaillat</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Jen-Yu Li</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Deuxième journée d'étude ARDoISE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INRIA, Dec 2024, Rennes, France</w:t>
+              <w:t xml:space="preserve">Approches interdisciplinaires des unités phraséologiques (UP) dans les langues du monde : Linguistique - TAL &amp; IA - Traduction - Littérature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05000925v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05002670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linguistic interoperability within a unified architecture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrielle Mallart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew J. Simpkin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Venant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -805,307 +805,337 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Langues &amp; Langage à la croisée des Disciplines - 1ère Rencontre annuelle LLcD</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sorbonne Université; cnrs, Sep 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04712737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analytics for Language Learning. Linguistic interoperability within a unified architecture</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Andrew Simpkin</w:t>
+                <w:t xml:space="preserve">La linguistique de corpus à l'heure du code ouvert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrielle Mallart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gaillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Venant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ballier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bernardo Stearns</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jen-Yu Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Langues &amp; Langage à la croisée des Disciplines 1ère Rencontre annuelle LLcD</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">Deuxième journée d'étude ARDoISE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRIA, Dec 2024, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04948823v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05000925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Overview of the linguistic features: creating measures – Joint presentation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Analytics for Language Learning. Linguistic interoperability within a unified architecture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyriel Mallart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Simpkin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Venant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ballier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernardo Stearns</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">pre-conference workshop to NLP4CALL 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Rennes, France</w:t>
+              <w:t xml:space="preserve">Langues &amp; Langage à la croisée des Disciplines 1ère Rencontre annuelle LLcD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04782648v1</w:t>
+                <w:t xml:space="preserve">hal-04948823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessing the validity of new structural complexity measures as features of proficiency in L2 English</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyriel Mallart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1180,426 +1210,396 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04948803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analytics for Language Learning : Transmettre aux enseignants les profils linguistiques de leurs apprenants</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Overview of the linguistic features: creating measures – Joint presentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ballier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernardo Stearns</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Gaillat</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jen-Yu Li</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atelier GERAS @ 62e Congrès annuel de la SAES 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Rennes 2; SAES La Sorbonne Nouvelle; GERAS (Groupe d'Etude et de Recherche en Anglais de Spécialité), Jun 2023, Rennes, France</w:t>
+              <w:t xml:space="preserve">pre-conference workshop to NLP4CALL 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04150115v1</w:t>
+                <w:t xml:space="preserve">hal-04782648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'interopérabilité des corpus pour la modélisation des dynamiques d'acquisition de langue seconde</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Analytics for Language Learning : Transmettre aux enseignants les profils linguistiques de leurs apprenants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrielle Mallart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Ballier</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anatole Faugère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Simpkin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Rémi Venant</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernardo Stearns</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d'étude : « Corpus d’apprenants / corpus d’experts : Quels enseignements pour la caractérisation du discours scientifique ? »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, UR 3967 - CLILLAC-ARP : Centre de Linguistique Inter-langues, de Lexicologie, de Linguistique Anglaise et de Corpus - Atelier de Recherche sur la Parole; UFR EILA - Etudes Interculturelles de Langues Appliquées, Faculté Sociétés et Humanités d’Université Paris Cité, Dec 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">Atelier GERAS @ 62e Congrès annuel de la SAES 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Rennes 2; SAES La Sorbonne Nouvelle; GERAS (Groupe d'Etude et de Recherche en Anglais de Spécialité), Jun 2023, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04469395v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04150115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new learner language data set for the study of English for Specific Purposes at university level</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cyriel Mallart</w:t>
+                <w:t xml:space="preserve">L'interopérabilité des corpus pour la modélisation des dynamiques d'acquisition de langue seconde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gaillat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrielle Mallart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ballier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Simpkin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Venant</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bernardo Stearns</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 4th Conference on Language, Data and Knowledge - LDK 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Vienna, Austria. pp.281-287</w:t>
+              <w:t xml:space="preserve">Journée d'étude : « Corpus d’apprenants / corpus d’experts : Quels enseignements pour la caractérisation du discours scientifique ? »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UR 3967 - CLILLAC-ARP : Centre de Linguistique Inter-langues, de Lexicologie, de Linguistique Anglaise et de Corpus - Atelier de Recherche sur la Parole; UFR EILA - Etudes Interculturelles de Langues Appliquées, Faculté Sociétés et Humanités d’Université Paris Cité, Dec 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04247635v1</w:t>
+                <w:t xml:space="preserve">hal-04469395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring a New Grammatico-functional Type of Measure as Part of a Language Learning Expert System</w:t>
+                <w:t xml:space="preserve">A new learner language data set for the study of English for Specific Purposes at university level</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyriel Mallart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Simpkin</w:t>
@@ -1613,576 +1613,701 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Venant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ballier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernardo Stearns</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 18th Workshop on Innovative Use of NLP for Building Educational Applications (BEA 2023)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Proceedings of the 4th Conference on Language, Data and Knowledge - LDK 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Vienna, Austria. pp.281-287</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04195781v1</w:t>
+                <w:t xml:space="preserve">hal-04247635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analytics for Language Learning: Interfacing MOODLE with A4LL via LTI</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cyrielle Mallart</w:t>
+                <w:t xml:space="preserve">Exploring a New Grammatico-functional Type of Measure as Part of a Language Learning Expert System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyriel Mallart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Simpkin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Venant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ballier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Rémi Venant</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernardo Stearns</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Deep learning for language assessment closing event (DLLA Closing event 2023)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proceedings of the 18th Workshop on Innovative Use of NLP for Building Educational Applications (BEA 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Toronto, Canada. pp.466-476, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.18653/v1/2023.bea-1.39⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04469367v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04195781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the use of dependency parsing in automatic erroneous collocation extraction in learner English</w:t>
+                <w:t xml:space="preserve">Analytics for Language Learning: Interfacing MOODLE with A4LL via LTI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jen-Yu Li</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrielle Mallart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ballier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Simpkin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Venant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LCR 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Padua, Italy</w:t>
+              <w:t xml:space="preserve">Deep learning for language assessment closing event (DLLA Closing event 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UR 3967 - CLILLAC-ARP : Centre de Linguistique Inter-langues, de Lexicologie, de Linguistique Anglaise et de Corpus-Atelier de Recherche sur la Parole; UFR EILA de l’Université Paris Cité, Nov 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03962631v1</w:t>
+                <w:t xml:space="preserve">hal-04469367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extraction of Standard collocations from British National Corpus</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Exploring the use of dependency parsing in automatic erroneous collocation extraction in learner English</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jen-Yu Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jen-Yu Li</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élisabeth Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Europhras 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Louvain-la-Neuve, Belgium</w:t>
+              <w:t xml:space="preserve">LCR 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Padua, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03506561v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03962631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating collocations in English essays written by different L1 learners across the proficiency spectrum</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Extraction of Standard collocations from British National Corpus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jen-Yu Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jen-Yu Li</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Élisabeth Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GR4L2 - Building CEFR-graded resources for second and foreign language learning</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2021, Louvain-la-Neuve, Belgium</w:t>
+              <w:t xml:space="preserve">Europhras 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Louvain-la-Neuve, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03576245v1</w:t>
+                <w:t xml:space="preserve">hal-03506561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Investigating collocations in English essays written by different L1 learners across the proficiency spectrum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jen-Yu Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gaillat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élisabeth Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GR4L2 - Building CEFR-graded resources for second and foreign language learning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, Louvain-la-Neuve, Belgium</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03576245v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Automatic detection of unexpected/erroneous collocations in learner corpus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jen-Yu Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">COLING-MWE 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2020, Barcelona, Spain. pp.101--106</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03129858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2192,65 +2317,65 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers une grammaire probabiliste de microsystèmes fonctionnels en L2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrielle Mallart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Simpkin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2258,265 +2383,265 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Venant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ballier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernardo Stearns</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RéAL2: Grammaire(s) et acquisition des L2: Approches, trajectoires, interfaces,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04249627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring Verb-Noun collocations in learner English</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jen-Yu Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyriel Mallart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jen-Yu Li</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Deep learning for language assessment (DLLA) closing event</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04321727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dependency parsing for the retrieval of erroneous collocations in a learner corpus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jen-Yu Li</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Graduate Student Conference in Learner Corpus Research 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Elverum, Norway</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03506572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2526,153 +2651,153 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annotated English Verb Noun collocation dataset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jen-Yu Li</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05002647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dictionary of Bigram-Score extracted from BNC with all association meausres by NLTK</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jen-Yu Li</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04992978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2682,96 +2807,96 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A language-learning analytics system&amp;quot; project DMP</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ballier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gaillat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Gaillat</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Jen-Yu Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyriel Mallart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
@@ -2782,65 +2907,65 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Opidor. 2025, https://dmp.opidor.fr/plans/13498</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (plan de gestion de données/data management plan)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04988173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId46"/>
+      <w:footerReference w:type="default" r:id="rId47"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2987,51 +3112,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05222849v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyriel Mallart" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Simpkin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ballier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Liss&#243;n" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Venant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rmal.2025.100238" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05002670v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jen-Yu Li" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05247935v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gaillat" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008931v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Mallart" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05000925v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712737v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew J. Simpkin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948823v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernardo Stearns" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782648v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948803v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-04150115v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatole Faug&#232;re" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04469395v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247635v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195781v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2023.bea-1.39" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04469367v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03962631v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lisabeth Richard" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03506561v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03576245v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03129858v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249627v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04321727v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Richard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03506572v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05002647v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992978v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04988173v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05222849v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyriel Mallart" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Simpkin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ballier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Liss&#243;n" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Venant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rmal.2025.100238" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05247935v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gaillat" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05555054v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jen-Yu Li" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernardo Stearns" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008931v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Mallart" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05002670v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712737v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew J. Simpkin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05000925v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948823v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948803v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782648v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-04150115v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatole Faug&#232;re" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04469395v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247635v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195781v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2023.bea-1.39" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04469367v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03962631v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lisabeth Richard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03506561v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03576245v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03129858v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249627v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04321727v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Richard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03506572v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05002647v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992978v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04988173v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>