--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (26)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (28)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -230,4079 +230,4440 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05124943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the impact of dexamethasone on gene regulation in myeloma cells</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Boolean Network Models of Human Preimplantation Development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Bolteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Victor Bessonneau-Gaborit</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Lokmane Chebouba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carito Guziolowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Bourdon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Life Science Alliance</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.26508/lsa.202302195⟩</w:t>
+              <w:t xml:space="preserve">Journal of Computational Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 31 (6), pp.513-523. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1089/cmb.2024.0517⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04265700v1</w:t>
+                <w:t xml:space="preserve">hal-04673351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large-scale regulatory and signaling network assembly through linked open data</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Exploring the impact of dexamethasone on gene regulation in myeloma cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Bessonneau-Gaborit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Cruard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Guerin-Charbonnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Derrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Lefebvre</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jean-Baptiste Alberge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Database - The journal of Biological Databases and Curation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/database/baaa113⟩</w:t>
+              <w:t xml:space="preserve">Life Science Alliance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 6 (9), pp.e202302195. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.26508/lsa.202302195⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03107317v2</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04265700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bayesian Integrative Modeling of Genome-Scale Metabolic and Regulatory Networks</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hanen Mhamdi</w:t>
+                <w:t xml:space="preserve">Predicting weighted unobserved nodes in a regulatory network using answer set programming</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Le Bars</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carito Guziolowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Mourad Elloumi</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Bolteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Informatics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/informatics7010001⟩</w:t>
+              <w:t xml:space="preserve">BMC Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 24 (S1), pp.321. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12859-023-05429-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02458270v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04601023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Probabilistic Modeling of Microbial Metabolic Networks for Integrating Partial Quantitative Knowledge Within the Nitrogen Cycle</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Large-scale regulatory and signaling network assembly through linked open data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Gaignard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Folschette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Bourdon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carito Guziolowski</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2018.03298⟩</w:t>
+              <w:t xml:space="preserve">Database - The journal of Biological Databases and Curation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2021, pp.baaa113. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/database/baaa113⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01996045v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03107317v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Computational Discovery of Dynamic Cell Line Specific Boolean Networks from Multiplex Time-Course Data</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Julio Saez-Rodriguez</w:t>
+                <w:t xml:space="preserve">Bayesian Integrative Modeling of Genome-Scale Metabolic and Regulatory Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanen Mhamdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelhalim Larhlimi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mourad Elloumi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Computational Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pcbi.1006538⟩</w:t>
+              <w:t xml:space="preserve">Informatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 7 (1), pp.1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/informatics7010001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01897020v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02458270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parallel derivation of isogenic human primed and naive induced pluripotent stem cells</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Anne Gaignerie</w:t>
+                <w:t xml:space="preserve">Probabilistic Modeling of Microbial Metabolic Networks for Integrating Partial Quantitative Knowledge Within the Nitrogen Cycle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Eveillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Bouskill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Vintache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Gras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bess Ward</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-017-02107-w⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9, pp.1-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2018.03298⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01758726v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01996045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Logic for Checking the Probabilistic Steady-State Properties of Reaction Networks</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
+                <w:t xml:space="preserve">Computational Discovery of Dynamic Cell Line Specific Boolean Networks from Multiplex Time-Course Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Misbah Razzaq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Paulevé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Siegel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julio Saez-Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bourdon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Computational Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1089/cmb.2017.0099⟩</w:t>
+              <w:t xml:space="preserve">PLoS Computational Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 14, pp.1-23. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pcbi.1006538⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01552190v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01897020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A multi-objective constraint-based approach for modeling genome-scale microbial ecosystems.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Parallel derivation of isogenic human primed and naive induced pluripotent stem cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Kilens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri Meistermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Moreno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Chariau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marko Budinich</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Anne Gaignerie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 12 (2), pp.e0171744. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9 (1), pp.302 - 314. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0171744⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-017-02107-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01478375v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01758726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meneco, a Topology-Based Gap-Filling Tool Applicable to Degraded Genome-Wide Metabolic Networks</w:t>
+                <w:t xml:space="preserve">A Logic for Checking the Probabilistic Steady-State Properties of Reaction Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Prigent</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vincent Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Siegel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Bourdon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Computational Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pcbi.1005276⟩</w:t>
+              <w:t xml:space="preserve">Journal of Computational Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 24 (8), pp.1--12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1089/cmb.2017.0099⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01449100v1</w:t>
+                <w:t xml:space="preserve">hal-01552190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Model of the delayed translation of cyclin B maternal mRNA after sea urchin fertilization</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Odile Mulner-Lorillon</w:t>
+                <w:t xml:space="preserve">A multi-objective constraint-based approach for modeling genome-scale microbial ecosystems.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marko Budinich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelhalim Larhlimi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Eveillard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Reproduction and Development</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/mrd.22746⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 12 (2), pp.e0171744. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0171744⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01390047v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01478375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A combinatorial approach to products of Pisot substitutions</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Meneco, a Topology-Based Gap-Filling Tool Applicable to Degraded Genome-Wide Metabolic Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Prigent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Frioux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon M Dittami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sven Thiele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelhalim Larhlimi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ergodic Theory and Dynamical Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/etds.2014.141⟩</w:t>
+              <w:t xml:space="preserve">PLoS Computational Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 13 (1), pp.32. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pcbi.1005276⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01196326v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01449100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multivariate Normal Approximation for the Stochastic Simulation Algorithm: Limit Theorem and Applications</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
+                <w:t xml:space="preserve">Model of the delayed translation of cyclin B maternal mRNA after sea urchin fertilization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Anne Siegel</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Mulner-Lorillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bourdon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Morales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Cormier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electronic Notes in Theoretical Computer Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 316C, pp.67-82. </w:t>
+              <w:t xml:space="preserve">Molecular Reproduction and Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.entcs.2015.06.011⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/mrd.22746⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01196533v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01390047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelization of the regulation of protein synthesis following fertilization in sea urchin shows requirement of two processes: a destabilization of eIF4E:4E-BP complex and a great stimulation of the 4E-BP-degradation mechanism, both rapamycin-sensitive</w:t>
+                <w:t xml:space="preserve">A combinatorial approach to products of Pisot substitutions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Laurent</w:t>
+                <w:t xml:space="preserve">Valérie Berthé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrien Richard</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Timo Jolivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Siegel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fgene.2014.00117⟩</w:t>
+              <w:t xml:space="preserve">Ergodic Theory and Dynamical Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 36 (6), pp.1757-1794. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/etds.2014.141⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01079758v1</w:t>
+                <w:t xml:space="preserve">hal-01196326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring metabolism flexibility in complex organisms through quantitative study of precursor sets for system outputs</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
+                <w:t xml:space="preserve">Multivariate Normal Approximation for the Stochastic Simulation Algorithm: Limit Theorem and Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Siegel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bourdon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Systems Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/1752-0509-8-8⟩</w:t>
+              <w:t xml:space="preserve">Electronic Notes in Theoretical Computer Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 316C, pp.67-82. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.entcs.2015.06.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00947219v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01196533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large deviation properties for patterns</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Modelization of the regulation of protein synthesis following fertilization in sea urchin shows requirement of two processes: a destabilization of eIF4E:4E-BP complex and a great stimulation of the 4E-BP-degradation mechanism, both rapamycin-sensitive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Mulner-Lorillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Morales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Flament</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Discrete Algorithms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jda.2013.09.004⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 5, pp.117. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fgene.2014.00117⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00868462v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01079758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward systems biology in brown algae to explore acclimation and adaptation to the shore environment.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Exploring metabolism flexibility in complex organisms through quantitative study of precursor sets for system outputs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oumarou Abdou-Arbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Lemosquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Tonon</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Prigent</w:t>
+                <w:t xml:space="preserve">Jaap J. van Milgen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Siegel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bourdon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OMICS</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1089/omi.2011.0089⟩</w:t>
+              <w:t xml:space="preserve">BMC Systems Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 8 (1), pp.8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1752-0509-8-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00661751v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00947219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrating quantitative knowledge into a qualitative gene regulatory network.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Large deviation properties for patterns</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Regnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bourdon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anne Siegel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Computational Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 7 (9), pp.e1002157. </w:t>
+              <w:t xml:space="preserve">Journal of Discrete Algorithms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pcbi.1002157⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jda.2013.09.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00626708v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00868462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Statistical Properties of Factor Oracles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Toward systems biology in brown algae to explore acclimation and adaptation to the shore environment.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tonon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Eveillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Prigent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Potin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Discrete Algorithms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-642-02441-2⟩</w:t>
+              <w:t xml:space="preserve">OMICS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 15 (12), pp.883-892. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1089/omi.2011.0089⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00415952v1</w:t>
+                <w:t xml:space="preserve">hal-00661751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A parallel scheme for comparing transcription factor binding sites matrices</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Integrating quantitative knowledge into a qualitative gene regulatory network.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bourdon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Eveillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Siegel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Bioinformatics and Computational Biology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PLoS Computational Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 7 (9), pp.e1002157. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pcbi.1002157⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00461973v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00626708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temporal constraints of a gene regulatory network: Refining a qualitative simulation.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Statistical Properties of Factor Oracles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Bourdon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jamil Ahmad</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Irena Rusu</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioSystems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.biosystems.2009.05.002⟩</w:t>
+              <w:t xml:space="preserve">Journal of Discrete Algorithms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, LNCS, 9 (2011), pp.59-66. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-02441-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00415921v1</w:t>
+                <w:t xml:space="preserve">hal-00415952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the Khintchine constant for centred continued fraction expansions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A parallel scheme for comparing transcription factor binding sites matrices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solenne Carat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Houlgatte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bourdon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Mathematics E - Notes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 7, pp.167-174</w:t>
+              <w:t xml:space="preserve">Journal of Bioinformatics and Computational Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 8 (3), pp.18</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00461985v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00461973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combinations of cytochrome P450 gene polymorphisms enhancing the risk for sporadic colorectal cancer related to red meat consumption.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Temporal constraints of a gene regulatory network: Refining a qualitative simulation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jamil Ahmad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Bourdon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Eveillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Küry</w:t>
+                <w:t xml:space="preserve">Jonathan Fromentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Buecher</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Véronique Sébille</w:t>
+                <w:t xml:space="preserve">Olivier Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancer Epidemiology, Biomarkers and Prevention</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1158/1055-9965.EPI-07-0236⟩</w:t>
+              <w:t xml:space="preserve">BioSystems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 98 (3), pp.149-159. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biosystems.2009.05.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00415938v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00415921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamical Analysis of alpha-Euclidean Algorithms</w:t>
+                <w:t xml:space="preserve">On the Khintchine constant for centred continued fraction expansions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bourdon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Brigitte Vallée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Algorithms in Cognition, Informatics and Logic</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 1 (44), pp.246--285</w:t>
+              <w:t xml:space="preserve">Applied Mathematics E - Notes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 7, pp.167-174</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00442421v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00461985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On The Stack-Size of General Tries</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jérémie Bourdon</w:t>
+                <w:t xml:space="preserve">Combinations of cytochrome P450 gene polymorphisms enhancing the risk for sporadic colorectal cancer related to red meat consumption.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Küry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Buecher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Robiou-Du-Pont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Scoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Markus Nebel</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Véronique Sébille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RAIRO - Theoretical Informatics and Applications (RAIRO: ITA)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cancer Epidemiology, Biomarkers and Prevention</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 16 (7), pp.1460-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1158/1055-9965.EPI-07-0236⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00442422v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00415938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dynamical Analysis of alpha-Euclidean Algorithms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Bourdon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Daireaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Vallée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Algorithms in Cognition, Informatics and Logic</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 1 (44), pp.246--285</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00442421v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Size and Path Length in Patricia Tries: Dynamical Sources Context</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bourdon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Random Structures and Algorithms</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 3-4 (19), pp.289--315</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00442432v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On The Stack-Size of General Tries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Bourdon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Markus Nebel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Vallée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RAIRO - Theoretical Informatics and Applications (RAIRO: ITA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 35, pp.163--185</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00442422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Section 06 Sciences de l’information : fondements de l’informatique, calculs, algorithmes, représentations, exploitations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Appel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bousquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johanne Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Genitrini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CNRS. 2025, pp.1-20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05238890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MeDUSA: a sage-based tool for computing the stoichiometric capacitance of a metabolic network</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marko Budinich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Eveillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhalim Larhlimi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00839321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (9)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inferring Boolean Networks from Single-Cell Human Embryo Datasets</w:t>
+                <w:t xml:space="preserve">Boolean Network Models of Human Preimplantation Development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Bolteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lokmane Chebouba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carito Guziolowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2023</w:t>
+              <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04206397v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04579386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predicting weighted unobserved nodes in a regulatory network using Answer Set Programming</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Inferring Boolean Networks from Single-Cell Human Embryo Datasets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Bolteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carito Guziolowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04047587v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04206397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chromatin accessibility combined with enhancer clusters activation mediates heterogeneous response to dexamethasone in myeloma cells</w:t>
-[...75 lines deleted...]
-              <w:t xml:space="preserve">2021</w:t>
+                <w:t xml:space="preserve">Predicting weighted unobserved nodes in a regulatory network using Answer Set Programming</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Le Bars</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Bolteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Bourdon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carito Guziolowski</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-03364330v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04047587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Logic and Linear programs to understand cancer response</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Carito Guziolowski</w:t>
+                <w:t xml:space="preserve">Chromatin accessibility combined with enhancer clusters activation mediates heterogeneous response to dexamethasone in myeloma cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Gaborit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Cruard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Guérin-Charbonnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Derrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Alberge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2018</w:t>
+              <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01897036v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-03364330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of the species compartment definition on quantitative modeling of microbial communities</w:t>
-[...45 lines deleted...]
-              <w:t xml:space="preserve">2015</w:t>
+                <w:t xml:space="preserve">Logic and Linear programs to understand cancer response</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Misbah Razzaq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lokmane Chebouba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Le Jeune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanen Mhamdi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carito Guziolowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01145858v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01897036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qualitative modelling and analysis of gene regulatory networks: application to the adaptation of Escherichia coli bacterium to carbon availability</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jamil Ahmad</w:t>
+                <w:t xml:space="preserve">Impact of the species compartment definition on quantitative modeling of microbial communities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marko Budinich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Eveillard</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...34 lines deleted...]
-              <w:t xml:space="preserve">2009</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00359530v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01145858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pattern matching statistics on correlated sources</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Qualitative modelling and analysis of gene regulatory networks: application to the adaptation of Escherichia coli bacterium to carbon availability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jamil Ahmad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">2008</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Eveillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Fromentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00210348v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00359530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrating heterogeneous knowledges for understanding biological behaviors: a probabilistic approach</w:t>
+                <w:t xml:space="preserve">Pattern matching statistics on correlated sources</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...39 lines deleted...]
-              <w:t xml:space="preserve">2007</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Vallée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00199362v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00210348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Integrating heterogeneous knowledges for understanding biological behaviors: a probabilistic approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Bourdon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Eveillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Gabillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Theo Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00199362v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Toll Based Measures for Dynamical Graphs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Eveillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00134078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4312,51 +4673,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inferring Boolean Networks from Single-Cell Human Embryo Datasets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Bolteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4388,1625 +4749,1625 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carito Guziolowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19th International Symposium on Bioinformatics Research and Applications, ISBRA 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Wrocław, Poland. pp.431-441, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-981-99-7074-2_34⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04601243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contributions des entrées sur les sorties pour les réseaux métaboliques sur génomes entiers: performances et utilisation pour des études en nutrition humaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oumarou Abdou Arbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Siegel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bourdon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CARI 2022 - Colloque Africain sur la Recherche en Informatique et en Mathématiques Appliquées</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Yaoundé, Cameroun. pp.1-12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03689107v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regulation and signalization graph assembly through Linked Open Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carito Guziolowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Gaignard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JOBIM 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01768420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">OPINION PAPER Evolutionary Constraint-Based Formulation Requires New Bi-level Solving Techniques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marko Budinich</w:t>
+                <w:t xml:space="preserve">A Logic for Checking the Probabilistic Steady-State Properties of Reaction Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Siegel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bourdon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Damien Eveillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th International Conference on Computational Methods in Systems Biology CMSB 2015</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IJCAI workshop BAI: Bioinformatics and Artificial Intelligence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Buenos Aeres, Argentina</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02464859v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01196598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Logic for Checking the Probabilistic Steady-State Properties of Reaction Networks</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anne Siegel</w:t>
+                <w:t xml:space="preserve">OPINION PAPER Evolutionary Constraint-Based Formulation Requires New Bi-level Solving Techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marko Budinich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bourdon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelhalim Larhlimi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Eveillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IJCAI workshop BAI: Bioinformatics and Artificial Intelligence</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">13th International Conference on Computational Methods in Systems Biology CMSB 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Nantes, France. pp.279-281, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-23401-4_23⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01196598v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02464859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multivariate Normal Approximation for the Stochastic Simulation Algorithm: limit theorem and applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Siegel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bourdon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SASB - 5th International Workshop on Static Analysis and Systems Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Munchen, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01079768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Generating discrete planes with substitutions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Berthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timo Jolivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Siegel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">WORDS - 9th International Conference on Words - 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2013, Turku, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00853758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Systems biology approaches at cellular level in the model organism Ectocarpus siliculosus to better understand brown algal physiology</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Large deviation properties for patterns</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Bourdon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Regnier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Esil 2012: algal post-genomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2012, Roscoff, France</w:t>
+              <w:t xml:space="preserve">LSD&amp;LAW 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Simon J. Puglisi and Golnaz Badkobeh, Feb 2012, Londres, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00760640v1</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00758251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large deviation properties for patterns</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Systems biology approaches at cellular level in the model organism Ectocarpus siliculosus to better understand brown algal physiology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tonon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Bonin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Prigent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z. Shao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Groisillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LSD&amp;LAW 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Simon J. Puglisi and Golnaz Badkobeh, Feb 2012, Londres, United Kingdom</w:t>
+              <w:t xml:space="preserve">Esil 2012: algal post-genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2012, Roscoff, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00758251v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00760640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Average-case analysis methods dedicated to the study of Biological Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bourdon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Moscow Conference on Computational Molecular Biology (MCCMB) 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2011, Moscou, Russia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01176716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Complex update strategies for Probabilistic Boolean Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théo Merle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bourdon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th Workshop on Computational Systems Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2010, Luxembourg, France. pp.4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00480366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A statistical method for PWM clustering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solenne Carat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Houlgatte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bourdon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Moscow Conference on Computational Molecular Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2009, Moscou, Russia. pp.59-60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00415980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La calculette métabolique&amp;quot;: une approche de modélisation biochimique pour explorer les contraintes au sein du métabolisme des mammifères</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oumarou Abdou-Arbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Siegel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jaap J. van Milgen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Lemosquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. Journées d’Animation Scientifique du Département de Physiologie Animale et Systèmes d’Elevage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2009, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02758027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Distribution of Solutions of Multi-objective Assignment Problem and Links with the Efficiency of Solving Methods.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Przybylski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Gandibleux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GOR 2007</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2007, Saarbrücken, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00465762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Distribution des solutions du problème d'affectation multi-objectif et relation avec l'efficacité des algorithmes de résolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Przybylski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Gandibleux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FRANCORO V / ROADEF 2007</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2007, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00465766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Statistical Properties of Similarity Score Functions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Mancheron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fourth Colloquium on Mathematics and Computer Science Algorithms, Trees, Combinatorics and Probabilities</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, Nancy, France. pp.129-140, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.46298/dmtcs.3502⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01184706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pattern Matching Statistics on Correlated sources</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Vallée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">LATIN 2006</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2006, Chile. pp.224-237</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00461975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6016,417 +6377,417 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The limit of cell specification concept: a lesson from scRNA-Seq on early human development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Meistermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Loubersac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Reignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin François-Campion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Fréour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JOBIM 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-02164425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring the metabolic flexibility of the mammary gland of dairy cows through flux-balance analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Lemosquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Abdou Arbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jaap J. van Milgen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Siegel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Bourdon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Meeting of the Animal Science Modelling Group</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2013, Indianapolis, United States. , Canadian Journal of Animal Science, 93 (4), 2013, Canadian Journal of Animal Science</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01210552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A generic stoichiometric model to analyse the metabolic flexibility of the mammary gland in lactating dairy cows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Lemosquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oumarou Abdou Arbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Siegel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyne Guinard-Flament</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jaap J. van Milgen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INRA. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. International Workshop on Modelling Nutrient Digestion and Utilisation in Farm Animals</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2009, Paris, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wageningen Academic Publishers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.279-288, 2010, Modelling nutrient digestion and utilisation in farm animals</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02758319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6436,741 +6797,741 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Logic and Linear Programs to Understand Cancer Response</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Misbah Razzaq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lokmane Chebouba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Le Jeune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hanen Mhamdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carito Guziolowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Liò P., Zuliani P. (eds) Automated Reasoning for Systems Biology and Medicine. Computational Biology, vol 30. Springer, Cham</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.191-213, 2019, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-17297-8_7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02467018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation et prédiction du fonctionnement et de la dynamique des écosystèmes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Eveillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Franc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Plewniak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La génomique environnemetale : la révolution du séquençage à haut débit</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01777358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling and predicting behaviors and dynamics of ecosystems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Eveillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Franc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Plewniak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Insight on environmental genomics, the high-throughput sequencing revolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03823723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">XII Des données haut-débit à la modélisation des écosystèmes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Eveillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Franc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Plewniak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Prospective Génomique Environnementale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , pp.83-89, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01176570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Probabilistic Approaches for Investigating Biological Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Eveillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mourad Elloumi, Albert Y. Zomaya. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Algorithms in Computational Molecular Biology: Techniques, Approaches and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Wiley, pp.1066, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00531568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A generic stoichiometric model to analyse the metabolic flexibility of the mammary gland in lactating dairy cows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Lemosquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oumarou Abdou-Arbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Siegel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyne Guinard-Flament</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jaap J. van Milgen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">D. Sauvant, J. Van Milgen, P. Faverdin and N. Friggens. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Modelling nutrient digestion and utilization in farm animals</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Wageningen Academic Publishers, 2010, 978-90-8686-156-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00538138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7180,231 +7541,231 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Computing Diverse Boolean Networks from Phosphoproteomic Time Series Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Misbah Razzaq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Kaminski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier J Romero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Torsten Schaub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">pp.59-74, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01988432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Computational Methods in Systems Biology - 13th International Conference, CMSB 2015, Nantes, France, September 16-18, 2015, Proceedings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier F. Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bourdon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Olivier F. Roux and Jérémie Bourdon. Springer, 9308, 2015, Lecture Notes in Computer Science, 978-3-319-23400-7. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-23401-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01371899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7414,120 +7775,120 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selected papers from the Computational Methods in Systems Biology 2015 conference</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BioSystems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 149, pp.1-2, 2016, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.biosystems.2016.10.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02469955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7537,91 +7898,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sources Probabilistes: des séquences aux systèmes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bourdon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bio-informatique [q-bio.QM]. Université de Nantes, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00776681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7631,131 +7992,131 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">POGG: Integrating qualitative and quantitative data of macromolecular networks. A probabilistic toolbox</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Giraudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Docet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bourdon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00445610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId206"/>
+      <w:footerReference w:type="default" r:id="rId211"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7902,51 +8263,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124943v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bolteau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Messaoudi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent David" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Bourdon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carito Guziolowski" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41540-025-00537-7" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265700v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Bessonneau-Gaborit" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Cruard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Guerin-Charbonnel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Derrien" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Alberge" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26508/lsa.202302195" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107317v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lefebvre" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Gaignard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Folschette" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/database/baaa113" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458270v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanen Mhamdi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhalim Larhlimi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Elloumi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/informatics7010001" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996045v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Eveillard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Bouskill" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Vintache" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gras" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bess Ward" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.03298" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01897020v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Misbah Razzaq" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Paulev&#233;" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Siegel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio Saez-Rodriguez" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1006538" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758726v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Kilens" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Meistermann" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Moreno" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Chariau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gaignerie" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-017-02107-w" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552190v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Picard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/cmb.2017.0099" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01478375v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marko Budinich" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0171744" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01449100v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Prigent" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Frioux" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon M Dittami" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven Thiele" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1005276" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01390047v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Mulner-Lorillon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Morales" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Cormier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrd.22746" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01196326v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Berth&#233;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timo Jolivet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/etds.2014.141" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01196533v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.entcs.2015.06.011" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01079758v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Laurent" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Richard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Flament" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2014.00117" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00947219v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumarou Abdou-Arbi" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lemosquet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaap J. van Milgen" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1752-0509-8-8" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00868462v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Regnier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jda.2013.09.004" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661751v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Tonon" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Potin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/omi.2011.0089" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00626708v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1002157" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00415952v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irena Rusu" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-02441-2" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461973v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenne Carat" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Houlgatte" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00415921v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamil Ahmad" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Fromentin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Roux" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biosystems.2009.05.002" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TXK3M63P-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461985v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00415938v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien K&#252;ry" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Buecher" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Robiou-Du-Pont" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Scoul" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique S&#233;bille" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/1055-9965.EPI-07-0236" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00442421v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Daireaux" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Vall&#233;e" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00442422v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Nebel" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00442432v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05238890v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Appel" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bousquet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanne Cohen" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Genitrini" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00839321v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206397v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04047587v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Bars" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03364330v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Gaborit" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Gu&#233;rin-Charbonnel" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01897036v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lokmane Chebouba" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Le Jeune" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01145858v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00359530v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00210348v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00199362v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Gabillard" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo Merle" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00134078v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601243v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-99-7074-2_34" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03689107v2" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumarou Abdou Arbi" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01768420v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02464859v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-23401-4_23" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01196598v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01079768v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00853758v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Berthe" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00760640v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Bonin" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Shao" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Groisillier" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00758251v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01176716v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00480366v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Merle" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00415980v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758027v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00465762v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Przybylski" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Gandibleux" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00465766v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01184706v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Mancheron" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/dmtcs.3502" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461975v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02164425v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Loubersac" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Reignier" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Fran&#231;ois-Campion" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fr&#233;our" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210552v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Abdou Arbi" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bourdon" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758319v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Siegel" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Guinard-Flament" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/47933.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467018v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-17297-8_7" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01777358v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Raynaud" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Franc" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Plewniak" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823723v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Plewniak" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01176570v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00531568v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00538138v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988432v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Kaminski" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier J Romero" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torsten Schaub" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01371899v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier F. Roux" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-23401-4" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469955v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biosystems.2016.10.006" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00776681v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00445610v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Giraudet" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Docet" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124943v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bolteau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Messaoudi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent David" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Bourdon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carito Guziolowski" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41540-025-00537-7" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673351v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lokmane Chebouba" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/cmb.2024.0517" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265700v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Bessonneau-Gaborit" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Cruard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Guerin-Charbonnel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Derrien" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Alberge" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26508/lsa.202302195" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601023v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Bars" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12859-023-05429-3" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107317v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lefebvre" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Gaignard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Folschette" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/database/baaa113" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458270v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanen Mhamdi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhalim Larhlimi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Elloumi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/informatics7010001" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996045v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Eveillard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Bouskill" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Vintache" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gras" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bess Ward" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.03298" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01897020v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Misbah Razzaq" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Paulev&#233;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Siegel" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio Saez-Rodriguez" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1006538" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758726v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Kilens" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Meistermann" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Moreno" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Chariau" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gaignerie" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-017-02107-w" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552190v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Picard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/cmb.2017.0099" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01478375v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marko Budinich" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0171744" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01449100v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Prigent" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Frioux" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon M Dittami" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven Thiele" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1005276" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01390047v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Mulner-Lorillon" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Morales" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Cormier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrd.22746" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01196326v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Berth&#233;" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timo Jolivet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/etds.2014.141" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01196533v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.entcs.2015.06.011" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01079758v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Laurent" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Richard" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Flament" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2014.00117" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00947219v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumarou Abdou-Arbi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lemosquet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaap J. van Milgen" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1752-0509-8-8" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00868462v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Regnier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jda.2013.09.004" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661751v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Tonon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Potin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/omi.2011.0089" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00626708v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1002157" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00415952v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irena Rusu" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-02441-2" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461973v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenne Carat" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Houlgatte" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00415921v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamil Ahmad" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Fromentin" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Roux" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biosystems.2009.05.002" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TXK3M63P-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461985v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00415938v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien K&#252;ry" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Buecher" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Robiou-Du-Pont" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Scoul" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique S&#233;bille" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/1055-9965.EPI-07-0236" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00442421v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Daireaux" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Vall&#233;e" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00442432v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00442422v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Nebel" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05238890v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Appel" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bousquet" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanne Cohen" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Genitrini" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00839321v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579386v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206397v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04047587v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03364330v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Gaborit" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Gu&#233;rin-Charbonnel" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01897036v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Le Jeune" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01145858v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00359530v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00210348v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00199362v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Gabillard" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo Merle" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00134078v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601243v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-99-7074-2_34" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03689107v2" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumarou Abdou Arbi" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01768420v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01196598v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02464859v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-23401-4_23" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01079768v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00853758v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Berthe" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00758251v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00760640v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Bonin" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Shao" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Groisillier" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01176716v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00480366v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Merle" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00415980v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758027v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00465762v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Przybylski" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Gandibleux" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00465766v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01184706v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Mancheron" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/dmtcs.3502" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461975v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02164425v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Loubersac" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Reignier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Fran&#231;ois-Campion" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fr&#233;our" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210552v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Abdou Arbi" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bourdon" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758319v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Siegel" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Guinard-Flament" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/47933.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467018v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-17297-8_7" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01777358v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Raynaud" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Franc" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Plewniak" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823723v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Plewniak" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01176570v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00531568v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00538138v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988432v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Kaminski" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier J Romero" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torsten Schaub" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01371899v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier F. Roux" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-23401-4" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469955v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biosystems.2016.10.006" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00776681v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00445610v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Giraudet" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Docet" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>