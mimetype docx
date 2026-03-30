--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -386,295 +386,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03828819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Properties of nanocrystalline silicon probed by optomechanics</w:t>
+                <w:t xml:space="preserve">Thermoreflectance techniques and Raman thermometry for thermal property characterization of nanostructures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Navarro-Urrios</w:t>
+                <w:t xml:space="preserve">Susanne Sandell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emigdio Chávez-Ángel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martín F Colombano</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Guillermo Arregui</w:t>
+                <w:t xml:space="preserve">Alexandros El Sachat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jianying He</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clivia Sotomayor Torres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanophotonics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1515/nanoph-2020-0489⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 128 (13), pp.131101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0020239⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03039777v1</w:t>
+                <w:t xml:space="preserve">hal-03170879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermoreflectance techniques and Raman thermometry for thermal property characterization of nanostructures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Susanne Sandell</w:t>
+                <w:t xml:space="preserve">Properties of nanocrystalline silicon probed by optomechanics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Navarro-Urrios</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martín F Colombano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremie Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emigdio Chávez-Ángel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Clivia Sotomayor Torres</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillermo Arregui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 128 (13), pp.131101. </w:t>
+              <w:t xml:space="preserve">Nanophotonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9 (16), pp.4819-4829. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/5.0020239⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1515/nanoph-2020-0489⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03170879v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03039777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermal conductivity reduction in silicon fishbone nanowires</w:t>
               </w:r>
@@ -1620,51 +1620,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251846v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Maire" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomasz Necio" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emigdio Ch&#225;vez-&#193;ngel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mart&#237;n Colombano" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Jaramillo-Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0146969" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828819v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Maire" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emigdio Ch&#225;vez&#8208;&#225;ngel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Arregui" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin F Colombano" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nestor E Capuj" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.202105767" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03039777v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Navarro-Urrios" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mart&#237;n F Colombano" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/nanoph-2020-0489" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03170879v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Sandell" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandros El Sachat" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianying He" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clivia Sotomayor Torres" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0020239" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927608v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Anufriev" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takuma Hori" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junichiro Shiomi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Volz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-22509-0" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631295v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryoto Yanagisawa" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Ramiere" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.1700027" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01515103v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masahiro Nomura" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junki Nakagawa" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kentarou Sawano" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4966190" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705075v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sunanda Mitra" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Zenji" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cravero" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Tainoff" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gentile" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05393014v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Letessier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abel Netter" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Chevalier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01374868v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015ECDL0044" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251846v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Maire" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomasz Necio" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emigdio Ch&#225;vez-&#193;ngel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mart&#237;n Colombano" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Jaramillo-Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0146969" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828819v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Maire" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emigdio Ch&#225;vez&#8208;&#225;ngel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Arregui" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin F Colombano" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nestor E Capuj" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.202105767" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03170879v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Sandell" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandros El Sachat" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianying He" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clivia Sotomayor Torres" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0020239" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03039777v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Navarro-Urrios" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mart&#237;n F Colombano" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/nanoph-2020-0489" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927608v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Anufriev" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takuma Hori" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junichiro Shiomi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Volz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-22509-0" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631295v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryoto Yanagisawa" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Ramiere" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.1700027" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01515103v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masahiro Nomura" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junki Nakagawa" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kentarou Sawano" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4966190" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705075v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sunanda Mitra" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Zenji" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cravero" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Tainoff" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gentile" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05393014v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Letessier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abel Netter" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Chevalier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01374868v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015ECDL0044" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>