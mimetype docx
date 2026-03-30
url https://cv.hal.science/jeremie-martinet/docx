--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -153,51 +153,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (26)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (28)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -321,1099 +321,1099 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05532676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generating CAR-macrophages to target endothelin B receptor-positive tumors</w:t>
+                <w:t xml:space="preserve">The Effect of Anti‐3‐Hydroxy‐3‐Methylglutaryl‐ CoA Reductase ( HMGCR ) Human Autoantibodies on Muscle Regeneration in Mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyril Lherminier</w:t>
+                <w:t xml:space="preserve">Sarah Julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Narciso Costa</w:t>
+                <w:t xml:space="preserve">Honorine Tomasevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amaury Herbet</w:t>
+                <w:t xml:space="preserve">Thara Jaworski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Hautière</w:t>
+                <w:t xml:space="preserve">Rachid Zoubairi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aloïse Mabondzo</w:t>
+                <w:t xml:space="preserve">Jeremie Martinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancer Immunology, Immunotherapy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 74 (12), pp.366. </w:t>
+              <w:t xml:space="preserve">Muscle &amp; Nerve</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 72 (6), pp.1300-1308. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00262-025-04219-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/mus.70016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05505920v1</w:t>
+                <w:t xml:space="preserve">hal-05469224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Effect of Anti‐3‐Hydroxy‐3‐Methylglutaryl‐ CoA Reductase ( HMGCR ) Human Autoantibodies on Muscle Regeneration in Mice</w:t>
+                <w:t xml:space="preserve">Generating CAR-macrophages to target endothelin B receptor-positive tumors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Julien</w:t>
+                <w:t xml:space="preserve">Cyril Lherminier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Honorine Tomasevic</w:t>
+                <w:t xml:space="preserve">Narciso Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thara Jaworski</w:t>
+                <w:t xml:space="preserve">Amaury Herbet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rachid Zoubairi</w:t>
+                <w:t xml:space="preserve">Marie Hautière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeremie Martinet</w:t>
+                <w:t xml:space="preserve">Aloïse Mabondzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Muscle &amp; Nerve</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 72 (6), pp.1300-1308. </w:t>
+              <w:t xml:space="preserve">Cancer Immunology, Immunotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 74 (12), pp.366. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/mus.70016⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00262-025-04219-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05469224v1</w:t>
+                <w:t xml:space="preserve">hal-05505920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Routine Monitoring of CAR‐T‐Cells Expansion and Persistence in Patients With Aggressive Large B‐Cell Lymphoma by Flow Cytometry: A Single‐Center Experience</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">David Tonnelet</w:t>
+                <w:t xml:space="preserve">Generating CAR-macrophages to target endothelin B receptor-positive tumors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Lherminier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Narciso Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amaury Herbet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Hautière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aloïse Mabondzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hematological Oncology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/hon.70139⟩</w:t>
+              <w:t xml:space="preserve">Cancer Immunology, Immunotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 74 (12), pp.366. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00262-025-04219-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05349108v1</w:t>
+                <w:t xml:space="preserve">hal-05469213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Securing raw materials, reagents, and consumable supplies in the academic bioproduction UNITC network: because the chain is only as strong as its weakest link</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Loic Reppel</w:t>
+                <w:t xml:space="preserve">Preclinical efficacy of adipose-derived cell therapies for the treatment of myositis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Pileyre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia Gandolfi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catalina Abad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thara Jaworski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Drouot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bone Marrow Transplantation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41409-025-02756-2⟩</w:t>
+              <w:t xml:space="preserve">Stem Cells Translational Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 14 (9), pp.szaf038. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/stcltm/szaf038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-05457662v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05349111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Harmonisation of quality control tests for academic production of CAR-T cells: a position paper from the WP-bioproduction of the UNITC consortium</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sophie Derenne</w:t>
+                <w:t xml:space="preserve">Routine Monitoring of CAR‐T‐Cells Expansion and Persistence in Patients With Aggressive Large B‐Cell Lymphoma by Flow Cytometry: A Single‐Center Experience</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Zduniak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Martinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Lévêque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Becker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Tonnelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bone Marrow Transplantation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41409-025-02637-8⟩</w:t>
+              <w:t xml:space="preserve">Hematological Oncology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 43 (6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/hon.70139⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-05193504v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05349108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safety and efficacy of bridging radiation therapy prior to CD19 CAR T for non-Hodgkin lymphoma: a systematic review and meta-analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammad Alhomoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rahma Ibrahim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michelle Demetres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kai Rejeski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Scordo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Haematologica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3324/haematol.2025.287547⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05349098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generating CAR-macrophages to target endothelin B receptor-positive tumors</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Aloïse Mabondzo</w:t>
+                <w:t xml:space="preserve">Harmonisation of quality control tests for academic production of CAR-T cells: a position paper from the WP-bioproduction of the UNITC consortium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chrystel Marton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Clémenceau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dachy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Demerle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Derenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancer Immunology, Immunotherapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00262-025-04219-5⟩</w:t>
+              <w:t xml:space="preserve">Bone Marrow Transplantation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 60 (9), pp.1209-1217. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41409-025-02637-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05469213v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-05193504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preclinical efficacy of adipose-derived cell therapies for the treatment of myositis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Securing raw materials, reagents, and consumable supplies in the academic bioproduction UNITC network: because the chain is only as strong as its weakest link</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ugo Chartral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baptiste Pileyre</w:t>
+                <w:t xml:space="preserve">Jeanne Galaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Silvia Gandolfi</w:t>
+                <w:t xml:space="preserve">Camille Giverne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catalina Abad</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thara Jaworski</w:t>
+                <w:t xml:space="preserve">Céline Auxenfans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Drouot</w:t>
+                <w:t xml:space="preserve">Loic Reppel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Stem Cells Translational Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 14 (9), </w:t>
+              <w:t xml:space="preserve">Bone Marrow Transplantation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/stcltm/szaf038⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41409-025-02756-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05349111v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-05457662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of the conditions and minimum requirements necessary for the release of autologous fresh CAR T-cell products under hospital exemption: a position paper from the WP-bioproduction of the UNITC consortium</w:t>
               </w:r>
@@ -1451,51 +1451,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Halvard Bönig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chabannon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Clémenceau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bone Marrow Transplantation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, </w:t>
@@ -1661,485 +1661,485 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05472496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Icos gene disruption in non‐obese diabetic mice elicits myositis associated with anti‐troponin T3 autoantibodies</w:t>
+                <w:t xml:space="preserve">The combination of Ara h 2‐sIgE and basophil activation test could be an alternative to oral food challenge in cases of suspected peanut allergy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gwladys Bourdenet</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Jérémie Martinet</w:t>
+                <w:t xml:space="preserve">Marion Carrette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chantal Bécourt</w:t>
+                <w:t xml:space="preserve">Laure Couderc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Bubenheim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asmynour Youssouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropathology and Applied Neurobiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/nan.12889⟩</w:t>
+              <w:t xml:space="preserve">Pediatric Allergy and Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 34 (8), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/pai.14007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05148877v1</w:t>
+                <w:t xml:space="preserve">hal-05148901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The combination of Ara h 2‐sIgE and basophil activation test could be an alternative to oral food challenge in cases of suspected peanut allergy</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Radiation therapy improves CAR T cell activity in acute lymphoblastic leukemia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandra Vidal</w:t>
+                <w:t xml:space="preserve">Mayumi Sugita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asmynour Youssouf</w:t>
+                <w:t xml:space="preserve">Takahiro Yamazaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad Alhomoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Martinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Latouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pediatric Allergy and Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/pai.14007⟩</w:t>
+              <w:t xml:space="preserve">Cell Death and Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14 (5), pp.305. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41419-023-05829-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05148901v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05148861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radiation therapy improves CAR T cell activity in acute lymphoblastic leukemia</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Icos gene disruption in non‐obese diabetic mice elicits myositis associated with anti‐troponin T3 autoantibodies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Takahiro Yamazaki</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mohammad Alhomoud</w:t>
+                <w:t xml:space="preserve">Gwladys Bourdenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Pileyre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Drouot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Martinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Baptiste Latouche</w:t>
+                <w:t xml:space="preserve">Chantal Bécourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell Death and Disease</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 14 (5), pp.305. </w:t>
+              <w:t xml:space="preserve">Neuropathology and Applied Neurobiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 49 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41419-023-05829-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/nan.12889⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05148861v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05148877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Methods to monitor in vivo expansion and efficacy of CAR-T cells in preclinical models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammad Alhomoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremie Martinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mayumi Sugita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Gomez-Arteaga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2193,51 +2193,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05150257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Medical algorithm: Aspergillus fumigatus components in the diagnosis of allergic bronchopulmonary aspergillosis</w:t>
+                <w:t xml:space="preserve">Reply to “ Aspergillus fumigatus and personalized medicine: Toward a clinically reliable algorithm”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Lukaszewicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Mahay</w:t>
@@ -2259,1511 +2259,1895 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Martinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Allergy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 77 (1), pp.327-330. </w:t>
+              <w:t xml:space="preserve">, 2022, Methods in Molecular Biology, 77 (11), pp.3478-3479. </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/all.15001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/all.15475⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05150024v1</w:t>
+                <w:t xml:space="preserve">hal-05547071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Autologous Myoblasts for the Treatment of Fecal Incontinence</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Medical algorithm: Aspergillus fumigatus components in the diagnosis of allergic bronchopulmonary aspergillosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Lukaszewicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Mahay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Martinet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Surgery</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/SLA.0000000000002268⟩</w:t>
+              <w:t xml:space="preserve">Allergy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 77 (1), pp.327-330. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/all.15001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02315465v1</w:t>
+                <w:t xml:space="preserve">hal-05150024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delayed cutaneous hypersensitivity reactions to iodinated contrast media</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jeremie Martinet</w:t>
+                <w:t xml:space="preserve">Autologous Myoblasts for the Treatment of Fecal Incontinence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Bridoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Giverne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Bisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edith Koning</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Dermatology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1684/ejd.2016.2935⟩</w:t>
+              <w:t xml:space="preserve">Annals of Surgery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 267 (3), pp.443-450. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/SLA.0000000000002268⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02430380v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02315465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selective Vascular Endothelial Protection Reduces Cardiac Dysfunction in Chronic Heart Failure</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Paul Henry</w:t>
+                <w:t xml:space="preserve">Delayed cutaneous hypersensitivity reactions to iodinated contrast media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Corbaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Seneschal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Taieb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Cornelis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremie Martinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Circulation. Heart failure</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1161/CIRCHEARTFAILURE.115.002895⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Dermatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 27 (2), pp.190-191. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1684/ejd.2016.2935⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02377479v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02430380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Autoimmune Myopathies: Where Do We Stand?</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">High risk of cancer in autoimmune necrotizing myopathies: usefulness of myositis specific antibody</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Allenbach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremy Keraen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Jooste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Champtiaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fimmu.2016.00234⟩</w:t>
+              <w:t xml:space="preserve">Brain - A Journal of Neurology </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 139 (8), pp.2131 - 2135. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/brain/aww054⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02377489v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01409979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diagnostic Value of Antigen-Specific Immunoglobulin E Immunoassays against Ara h 2 and Ara h 8 Peanut Components in Child Food Allergy</w:t>
+                <w:t xml:space="preserve">Induction of hematopoietic Microchimerism by gene-Modified BMT elicits antigen-specific B and T cell Unresponsiveness toward gene Therapy Products</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Martinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Christophe Marguet</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwladys Bourdenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Meliani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia L Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sahil Adriouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Archives of Allergy and Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1159/000446181⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 7, pp.360. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fimmu.2016.00360⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02377487v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01378432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selective Vascular Endothelial Protection Reduces Cardiac Dysfunction in Chronic Heart Failure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Maupoint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Besnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Najime Bouhzam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Circulation. Heart failure</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 9 (4), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1161/CIRCHEARTFAILURE.115.002895⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02296623v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02377479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Induction of hematopoietic Microchimerism by gene-Modified BMT elicits antigen-specific B and T cell Unresponsiveness toward gene Therapy Products</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Autoimmune Myopathies: Where Do We Stand?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Marie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Jouen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Martinet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Immunology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 7, pp.360. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fimmu.2016.00360⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 7, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fimmu.2016.00234⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01378432v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02377489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High risk of cancer in autoimmune necrotizing myopathies: usefulness of myositis specific antibody</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Anne-Marie Bouvier</w:t>
+                <w:t xml:space="preserve">Diagnostic Value of Antigen-Specific Immunoglobulin E Immunoassays against Ara h 2 and Ara h 8 Peanut Components in Child Food Allergy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Martinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Jooste</w:t>
+                <w:t xml:space="preserve">Florian Renosi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Champtiaux</w:t>
+                <w:t xml:space="preserve">Victor Bobée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Marguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain - A Journal of Neurology </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/brain/aww054⟩</w:t>
+              <w:t xml:space="preserve">International Archives of Allergy and Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 169 (4), pp.216-222. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1159/000446181⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01409979v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02377487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring necrotizing autoimmune myopathies with a novel immunoassay for anti-3-hydroxy-3-methyl-glutaryl-CoA reductase autoantibodies.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jérémie Martinet</w:t>
+                <w:t xml:space="preserve">Selective Vascular Endothelial Protection Reduces Cardiac Dysfunction in Chronic Heart Failure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Maupoint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Besnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Gomez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Najime Bouhzam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Arthritis Research and Therapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/ar4468⟩</w:t>
+              <w:t xml:space="preserve">Circulation. Heart failure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 9 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1161/CIRCHEARTFAILURE.115.002895⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-00950634v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02296623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Amyloid deposits and inflammatory infiltrates in sporadic inclusion body myositis: the inflammatory egg comes before the degenerative chicken</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Lukaszewicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Mahay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Martinet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Acta Neuropathologica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 129 (5), pp.611-624. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00401-015-1384-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02377450v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exploring necrotizing autoimmune myopathies with a novel immunoassay for anti-3-hydroxy-3-methyl-glutaryl-CoA reductase autoantibodies.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Drouot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Allenbach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Jouen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Charuel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Martinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arthritis Research and Therapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 16 (1), pp.R39. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/ar4468⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00950634v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Anti-HMGCR autoantibodies in European patients with autoimmune necrotizing myopathies: inconstant exposure to statin.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Allenbach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Drouot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Rigolet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Luc Charuel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Jouen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 93 (3), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1097/MD.0000000000000028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05256459v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Total body irradiation primes CD19-directed CAR T cells against large B-cell lymphoma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad Alhomoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle Foley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mayumi Sugita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joshua Fein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Yamshon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05559569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cellules dendritiques plasmocytoïdes et infections virales : rôle physiopathologique et potentiel vaccinal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Martinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences agricoles. Université de Grenoble, 2012. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2012GRENV065⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00843008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3773,105 +4157,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Potentiel immuno-thérapeutique des pDCs dans l'hépatite B chronique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Martinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences pharmaceutiques. 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mémoire d'étudiant</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">dumas-00647132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId150"/>
+      <w:footerReference w:type="default" r:id="rId158"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3939,51 +4323,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="70AFE16E"/>
+    <w:nsid w:val="7B144428"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4170,51 +4554,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jeremie-martinet" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3895-2731" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/155847716" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05532676v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Misa Eugene Norbert" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Cuffel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Martinet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Jean" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Blondel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.retram.2026.103567" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505920v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Lherminier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narciso Costa" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Herbet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Hauti&#232;re" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alo&#239;se Mabondzo" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00262-025-04219-5" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05469224v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Julien" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Honorine Tomasevic" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thara Jaworski" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Zoubairi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Martinet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mus.70016" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349108v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Zduniak" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Becker" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Tonnelet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hon.70139" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05457662v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Chartral" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Galaine" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Giverne" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Auxenfans" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Reppel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41409-025-02756-2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05193504v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystel Marton" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Cl&#233;menceau" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dachy" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Demerle" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Derenne" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41409-025-02637-8" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349098v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Alhomoud" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahma Ibrahim" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Demetres" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Rejeski" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Scordo" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3324/haematol.2025.287547" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05469213v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349111v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Pileyre" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Gandolfi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catalina Abad" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Drouot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/stcltm/szaf038" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04954092v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boyer" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Bensoussan" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halvard B&#246;nig" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Chabannon" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41409-024-02504-y" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472496v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Misa Eugene-Norbert" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetan Riou" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jim.2023.113603" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148877v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwladys Bourdenet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal B&#233;court" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nan.12889" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05148901v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Carrette" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Couderc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Bubenheim" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Vidal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asmynour Youssouf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pai.14007" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148861v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mayumi Sugita" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takahiro Yamazaki" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Latouche" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41419-023-05829-6" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05150257v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Gomez-Arteaga" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Guzman" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.mcb.2021.11.004" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05150024v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Lukaszewicz" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Mahay" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/all.15001" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02315465v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bridoux" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bisson" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Koning" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/SLA.0000000000002268" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02430380v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Corbaux" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Seneschal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Taieb" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cornelis" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ejd.2016.2935" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02377479v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Maupoint" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Besnier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Gomez" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najime Bouhzam" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Henry" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCHEARTFAILURE.115.002895" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02377489v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Simon" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Marie" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Jouen" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2016.00234" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02377487v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Renosi" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Bob&#233;e" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Marguet" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000446181" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02296623v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01378432v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Meliani" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia L Jean" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahil Adriouch" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2016.00360" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01409979v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Allenbach" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Keraen" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Bouvier" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Jooste" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Champtiaux" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/aww054" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00950634v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Charuel" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/ar4468" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05256459v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Rigolet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc Charuel" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/MD.0000000000000028" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00843008v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012GRENV065" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-00647132v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jeremie-martinet" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3895-2731" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/155847716" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05532676v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Misa Eugene Norbert" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Cuffel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Martinet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Jean" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Blondel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.retram.2026.103567" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05469224v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Julien" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Honorine Tomasevic" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thara Jaworski" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Zoubairi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Martinet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mus.70016" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505920v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Lherminier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narciso Costa" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Herbet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Hauti&#232;re" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alo&#239;se Mabondzo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00262-025-04219-5" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05469213v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349111v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Pileyre" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Gandolfi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catalina Abad" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Drouot" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/stcltm/szaf038" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349108v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Zduniak" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Becker" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Tonnelet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hon.70139" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349098v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Alhomoud" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahma Ibrahim" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Demetres" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Rejeski" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Scordo" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3324/haematol.2025.287547" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05193504v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystel Marton" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Cl&#233;menceau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dachy" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Demerle" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Derenne" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41409-025-02637-8" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05457662v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Chartral" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Galaine" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Giverne" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Auxenfans" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Reppel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41409-025-02756-2" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04954092v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boyer" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Bensoussan" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halvard B&#246;nig" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Chabannon" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41409-024-02504-y" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472496v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Misa Eugene-Norbert" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetan Riou" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jim.2023.113603" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05148901v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Carrette" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Couderc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Bubenheim" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Vidal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asmynour Youssouf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pai.14007" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148861v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mayumi Sugita" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takahiro Yamazaki" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Latouche" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41419-023-05829-6" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148877v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwladys Bourdenet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal B&#233;court" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nan.12889" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05150257v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Gomez-Arteaga" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Guzman" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.mcb.2021.11.004" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05547071v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Lukaszewicz" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Mahay" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/all.15475" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05150024v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/all.15001" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02315465v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bridoux" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bisson" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Koning" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/SLA.0000000000002268" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02430380v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Corbaux" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Seneschal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Taieb" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cornelis" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ejd.2016.2935" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01409979v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Allenbach" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Keraen" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Bouvier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Jooste" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Champtiaux" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/aww054" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01378432v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Meliani" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia L Jean" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahil Adriouch" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2016.00360" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02377479v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Maupoint" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Besnier" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Gomez" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najime Bouhzam" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Henry" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCHEARTFAILURE.115.002895" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02377489v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Simon" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Marie" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Jouen" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2016.00234" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02377487v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Renosi" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Bob&#233;e" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Marguet" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000446181" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02296623v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02377450v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00401-015-1384-5" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00950634v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Charuel" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/ar4468" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05256459v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Rigolet" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc Charuel" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/MD.0000000000000028" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05559569v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Foley" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Fein" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Yamshon" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00843008v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012GRENV065" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-00647132v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>