--- v0 (2026-03-05)
+++ v1 (2026-03-29)
@@ -692,852 +692,705 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01761793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (4)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intervention éducative, altérité et cultures : approche anthropo-didactique en contextes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le développement professionnel en formation continue des enseignants du primaire en EPS à Taiwan: vers une dynamique d'ingénierie par &amp;quot;tuilage descendant&amp;quot; à l'échelle du territoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cw Chang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Wallian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bride</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Éducation, Santé, Sociétés</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Article dans une revue</w:t>
+              <w:t xml:space="preserve">10ème Biennale de l'ARIS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Lille, France. 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04484931v1</w:t>
+                <w:t xml:space="preserve">hal-01761777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intervention éducative, altérité et cultures: approche anthropo-didactique en contextes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">How karate “grandmasters” define the practice: a french/japanese contrastive study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Bride</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Wallian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jérémie Bride</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Loizon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Éducation, Santé, Sociétés</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">AIESEP International Seminar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2014, Auckland, New Zealand. 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.17184/eac.848⟩</w:t>
-[...182 lines deleted...]
-                <w:t xml:space="preserve">hal-01761801v1</w:t>
+                <w:t xml:space="preserve">hal-01761794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approche anthropo-didactique du Moringue en Créole: vers une interculturalité de l'EPS à l'école primaire Réunionnaise</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">De la Danse du Lion au Wu Shu: la médiation interculturelle à La Réunion et à Taiwan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Wallian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Idriss Soune-Seyne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bride</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10ème Biennale de l'ARIS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01761778v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01761780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la Danse du Lion au Wu Shu: la médiation interculturelle à La Réunion et à Taiwan</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Approche anthropo-didactique du Moringue en Créole: vers une interculturalité de l'EPS à l'école primaire Réunionnaise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Body</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Wallian</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Idriss Soune-Seyne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bride</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10ème Biennale de l'ARIS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01761780v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01761778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lion Dance and nostalgia of China: the revivals of traditions by the Chinese diaspora at Reunion Island, Indian Ocean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Wallian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bride</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cw Chang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cw Tidiane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium for the AIESEP World Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2017, Pointe-à-Pitre, Guadeloupe</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01761782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Symposium Asie L’interculture des temporalités asiatiques en Education physique et sportive: Approche contrastive au Japon, à Taiwan et en Chine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Wallian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bride</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cw Chang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hy Ruan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8ème Biennale de l’ARIS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2014, Genève, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01761790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How karate “grandmasters” define the practice: a french/japanese contrastive study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bride</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1566,181 +1419,181 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AIESEP World Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2014, Auckland, New Zealand</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01761795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temporalités culturelles, pratiques physiques et temps didactique: étude contrastive entre le Japon, Taiwan et la Chine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Wallian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bride</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hy Huan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cw Chang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque PATREC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2014, Saint Denis, La Réunion</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01761791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Body culture, variations and humanities: thoughts to make dialogue the conflict of identities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Wallian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1756,279 +1609,426 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd Forum for the Euro-Japan Academic Networking for Humanities Project: Culture and Identity, Peace and Human Security</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2013, Kyoto, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01761804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (2)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le développement professionnel en formation continue des enseignants du primaire en EPS à Taiwan: vers une dynamique d'ingénierie par &amp;quot;tuilage descendant&amp;quot; à l'échelle du territoire</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Intervention éducative, altérité et cultures : approche anthropo-didactique en contextes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Wallian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bride</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10ème Biennale de l'ARIS</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-01761777v1</w:t>
+              <w:t xml:space="preserve">Éducation, Santé, Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04484931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How karate “grandmasters” define the practice: a french/japanese contrastive study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Intervention éducative, altérité et cultures: approche anthropo-didactique en contextes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Wallian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bride</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Denis Loizon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIESEP International Seminar</w:t>
-[...14 lines deleted...]
-            <w:pPr/>
+              <w:t xml:space="preserve">Éducation, Santé, Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 4 (1), pp.113--128. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17184/eac.848⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01761781v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Approche anthropo-didactique de la médiation interculturelle : Le karaté, patrimoine immatériel vivant japonais porté par les Grands Maîtres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Bride</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Wallian</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ejournal de la recherche sur l’intervention en éducation physique et sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01761788v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...2 lines deleted...]
-                <w:t xml:space="preserve">hal-01761794v1</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Body cultures, variations and humanities: to make the identity conflict dialoguing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Wallian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Bride</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Interfaculty</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 5, pp.93--116</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01761801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId43"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -2183,51 +2183,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467420v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Body" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Bride" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Wallian" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467640v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ching-Wei Chang" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03564840v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02110874v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Brau-Antony" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Briere-Guenoun" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Fernandes" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francis Gr&#233;haigne" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01761784v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01761793v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Loizon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Aoki" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484931v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01761781v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.848" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01761788v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01761801v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01761778v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Body" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01761780v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idriss Soune-Seyne" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01761782v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cw Chang" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cw Tidiane" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01761790v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hy Ruan" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01761795v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01761791v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hy Huan" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01761804v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01761777v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01761794v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467420v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Body" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Bride" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Wallian" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467640v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ching-Wei Chang" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03564840v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02110874v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Brau-Antony" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Briere-Guenoun" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Fernandes" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francis Gr&#233;haigne" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01761784v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01761793v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Loizon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Aoki" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01761777v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cw Chang" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01761794v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01761780v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idriss Soune-Seyne" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01761778v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Body" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01761782v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cw Tidiane" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01761790v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hy Ruan" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01761795v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01761791v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hy Huan" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01761804v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484931v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01761781v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.848" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01761788v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01761801v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>