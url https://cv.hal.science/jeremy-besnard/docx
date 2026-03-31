--- v0 (2026-03-10)
+++ v1 (2026-03-31)
@@ -315,287 +315,287 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05450923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of virtual reality mindfulness on cognition and well-being in ALS: A randomized trial protocol</w:t>
+                <w:t xml:space="preserve">Assessment of social cognition in patients with amyotrophic lateral sclerosis: protocol for a cross-sectional comparative study at Angers University Hospital</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Faure-de Baets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Besnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeremy Besnard</w:t>
+                <w:t xml:space="preserve">Julien Cassereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Banville</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Julien Cassereau</w:t>
+                <w:t xml:space="preserve">Etienne Emmelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Allain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Contemporary Clinical Trials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cct.2025.107876⟩</w:t>
+              <w:t xml:space="preserve">BMJ Open</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (7), pp.e097543. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/bmjopen-2024-097543⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05465519v1</w:t>
+                <w:t xml:space="preserve">hal-05465504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of social cognition in patients with amyotrophic lateral sclerosis: protocol for a cross-sectional comparative study at Angers University Hospital</w:t>
+                <w:t xml:space="preserve">Effects of virtual reality mindfulness on cognition and well-being in ALS: A randomized trial protocol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Faure-de Baets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremy Besnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Banville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Cassereau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Etienne Emmelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Allain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMJ Open</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 15 (7), pp.e097543. </w:t>
+              <w:t xml:space="preserve">Contemporary Clinical Trials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 152, pp.107876. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1136/bmjopen-2024-097543⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cct.2025.107876⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05465504v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05465519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Embodied Approach to Autobiographical Recall Disorders in Alzheimer’s Disease</w:t>
               </w:r>
@@ -679,512 +679,512 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05477606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Social cognition in adults with neurofibromatosis type 1</w:t>
+                <w:t xml:space="preserve">Contribution of Virtual Reality to the Reproduction of Social Interaction Characteristics in Neuropsychology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Remaud</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jérémy Besnard</w:t>
+                <w:t xml:space="preserve">Maxime Jollivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremy Besnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Barbarot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Roy</w:t>
+                <w:t xml:space="preserve">Frederic Banville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Allain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the International Neuropsychological Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/s1355617724000560⟩</w:t>
+              <w:t xml:space="preserve">Presence: Teleoperators and Virtual Environments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 33, pp.221-253. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1162/pres_a_00424⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04901452v1</w:t>
+                <w:t xml:space="preserve">hal-04792398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Social cognition in children with neurofibromatosis type 1</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Social cognition in adult survivors of brain tumors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Besnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Menei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Roualdes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romuald Seizeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Allain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical and Experimental Neuropsychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/13803395.2024.2348214⟩</w:t>
+              <w:t xml:space="preserve">Brain Injury</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 38 (3), pp.160-169. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/02699052.2024.2309246⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04818061v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04654596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Social cognition in adult survivors of brain tumors</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Social cognition in adults with neurofibromatosis type 1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Remaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Besnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Barbarot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Roy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain Injury</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/02699052.2024.2309246⟩</w:t>
+              <w:t xml:space="preserve">Journal of the International Neuropsychological Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 30 (9), pp.875-883. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/s1355617724000560⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04654596v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04901452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution of Virtual Reality to the Reproduction of Social Interaction Characteristics in Neuropsychology</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Philippe Allain</w:t>
+                <w:t xml:space="preserve">Social cognition in children with neurofibromatosis type 1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Remaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Besnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Barbarot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Roy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Presence: Teleoperators and Virtual Environments</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 33, pp.221-253. </w:t>
+              <w:t xml:space="preserve">Journal of Clinical and Experimental Neuropsychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 46 (4), pp.374-381. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1162/pres_a_00424⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/13803395.2024.2348214⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04792398v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04818061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combinations of physical and cognitive training for subcortical neurodegenerative diseases with physical, cognitive and behavioral symptoms: a systematic review</w:t>
               </w:r>
@@ -1317,77 +1317,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Associations between Adult Primary Brain Tumor Survivors’ Behavioral Executive Functions, Health Related Quality of Life and their Caregivers’ Health Related Quality : A cross-sectional study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Cantisano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Menei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Roualdes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Seizeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1572,90 +1572,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perception and recognition of primary and secondary emotions by children with neurofibromatosis type 1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Remaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremy Besnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Barbarot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Roy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Child Neuropsychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, pp.1-14. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1836,77 +1836,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relationships between executive functioning and health-related quality of life in adult survivors of brain tumor and matched healthy controls</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Cantisano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Menei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Roualdes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Seizeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2104,77 +2104,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patient-reported functional executive challenges and caregiver confirmation in adult brain tumor survivors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Cantisano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Menei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Roualdes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Seizeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2593,51 +2593,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Fournet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ouafae Achachi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Besnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2835,51 +2835,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neuropsychologie et technologies numériques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Jollivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Fortier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3063,261 +3063,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02008255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environmental dependency phenomena in schizophrenia: a pilot study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Theory of mind, empathy and emotion perception in cortical and subcortical neurodegenerative diseases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Fortier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Besnard</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Lalaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Allain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cogn Neuropsychiatry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/13546805.2018.1426447⟩</w:t>
+              <w:t xml:space="preserve">Revue Neurologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 174 (4), pp.1-10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neurol.2017.07.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02008268v1</w:t>
+                <w:t xml:space="preserve">hal-01872784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theory of mind, empathy and emotion perception in cortical and subcortical neurodegenerative diseases</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Environmental dependency phenomena in schizophrenia: a pilot study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Besnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Pivette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnes Lambrichts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Lalaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Allain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Neurologique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 174 (4), pp.1-10. </w:t>
+              <w:t xml:space="preserve">Cogn Neuropsychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 23 (2), pp.59-73. </w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.neurol.2017.07.013⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/13546805.2018.1426447⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01872784v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02008268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dissociation between decision-making under risk and decision-making under ambiguity in premanifest and manifest Huntington's disease</w:t>
               </w:r>
@@ -3809,51 +3809,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Besnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déborah Alexandra Foloppe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Banville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3907,545 +3907,545 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03287541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theory of Mind and Empathy in Preclinical and Clinical Huntington's Disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Najia Adjeroud</w:t>
+                <w:t xml:space="preserve">L'apraxie dans les pathologies neurodégénératives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Le Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Jarry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Besnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Etcharry-Bouyx</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicole El Massioui</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Adriana Prudean</w:t>
+                <w:t xml:space="preserve">Josselin Baumard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Social Cognitive and Affective Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/scan/nsv093⟩</w:t>
+              <w:t xml:space="preserve">Revue de neuropsychologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 8, pp.77-95. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1684/nrp.2016.0379⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01392762v1</w:t>
+                <w:t xml:space="preserve">hal-02009047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'apraxie dans les pathologies neurodégénératives</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christophe Jarry</w:t>
+                <w:t xml:space="preserve">Theory of Mind and Empathy in Preclinical and Clinical Huntington's Disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Najia Adjeroud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Besnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Frédérique Etcharry-Bouyx</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole El Massioui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Verny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Josselin Baumard</w:t>
+                <w:t xml:space="preserve">Adriana Prudean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de neuropsychologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 8, pp.77-95. </w:t>
+              <w:t xml:space="preserve">Social Cognitive and Affective Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 11 (1), pp.89-99. </w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1684/nrp.2016.0379⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/scan/nsv093⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02009047v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01392762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Social cognition in normal and pathological aging.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Fortier</w:t>
+                <w:t xml:space="preserve">Tool use in left brain damage and Alzheimer's disease: What about function and manipulation knowledge?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Jarry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Osiurak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Besnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josselin Baumard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Lesourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gériatrie et psychologie &amp; neuropsychiatrie du vieillissement</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 14 (4), pp.438-446. </w:t>
+              <w:t xml:space="preserve">Journal of neuropsychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 10 (1), pp.154-9. </w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1684/pnv.2016.0640⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/jnp.12097⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01872794v1</w:t>
+                <w:t xml:space="preserve">hal-01982150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tool use in left brain damage and Alzheimer's disease: What about function and manipulation knowledge?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">François Osiurak</w:t>
+                <w:t xml:space="preserve">Social cognition in normal and pathological aging.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Fortier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Besnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Allain</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of neuropsychology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Gériatrie et psychologie &amp; neuropsychiatrie du vieillissement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 14 (4), pp.438-446. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1684/pnv.2016.0640⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/jnp.12097⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01982150v1</w:t>
+                <w:t xml:space="preserve">hal-01872794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’apraxie dans les pathologies dégénératives</w:t>
               </w:r>
@@ -4483,51 +4483,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Besnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Etcharry-Bouyx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josselin Baumard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de neuropsychologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 8 (2), pp.77-85. </w:t>
@@ -4591,51 +4591,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Besnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Banville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Nolin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6122,51 +6122,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">QDVS des aidants des survivants d’une tumeur cérébrale primitive à l’impact des séquelles neurocognitives des patients.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Cantisano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremy Besnard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11ème Congrès de l’Association Francophone de Psychologie de la Santé.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AFPSA : Association Francophone de Psychologie de la Santé, Jul 2021, Visio Conférence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6191,51 +6191,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using Virtual Reality to Assess the Elderly: The Impact of Human-Computer Interfaces on Cognition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Banville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Couture</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6642,51 +6642,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coline Chartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremy Besnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Ménétrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6767,51 +6767,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Besnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Roy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Risques routiers et transports durables RRTD 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Angers, France. , 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6868,51 +6868,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptation et validation en français de l’Inventaire comportemental d’évaluation des fonctions executives - Version Adulte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Besnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7122,51 +7122,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Nolin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Banville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislaine Aubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7733,51 +7733,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="555A3CB8"/>
+    <w:nsid w:val="943B03E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7964,51 +7964,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jeremy-besnard" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7127-7558" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/203332601" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05450923v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Godard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Chartier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Besnard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Allain" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Humeau-Heurtier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.676" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465519v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Faure-de Baets" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Besnard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Banville" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cassereau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cct.2025.107876" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465504v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Emmelin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2024-097543" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477606v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Maussire" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad El Haj" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11065-025-09677-3" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901452v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Remaud" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Barbarot" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Roy" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s1355617724000560" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04818061v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13803395.2024.2348214" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04654596v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Menei" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Roualdes" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Seizeur" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02699052.2024.2309246" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792398v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Jollivet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Banville" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/pres_a_00424" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744665v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Durand" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Menetrier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10072-024-07808-x" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239320v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Cantisano" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13548506.2023.2190596" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020929v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Bernard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Clavreul" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Casanova" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Lem&#233;e" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers15030949" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04246570v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09297049.2023.2181945" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878279v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandrine Faye" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Osiurak" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lesourd" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salem Hannoun" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cotton" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7358/neur-2022-032-faye" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03593948v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13803395.2022.2040432" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02510275v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Hamon" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Sao&#251;t" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Verny" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Dinomais" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fneur.2019.01367" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03014448v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11764-020-00961-0" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02566469v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Jacquin-Courtois" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuelle Reynaud" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nicl.2019.102053" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006678v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Calso" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0361073X.2018.1560105" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006652v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Saint-Jean" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02699052.2018.1531306" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03681562v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Fournet" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouafae Achachi" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lancelot" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/jbbs.2019.93008" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01982564v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanesa Lerma" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Aubin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Chauvir&#233;" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09602011.2016.1209420" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02078139v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Fortier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Le Gall" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/nrp.2018.0447" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008255v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lardenois" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/nrp.2018.0457" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008268v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Pivette" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Lambrichts" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lalaux" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13546805.2018.1426447" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01872784v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2017.07.013" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01660614v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najia Adjeroud" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Prundean" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Scherer" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2017.07.011" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901629v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jarry" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03287540v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Etcharry-Bouyx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17470919.2016.1182066" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008236v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/nrp.2017.0428" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03287541v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Alexandra Foloppe" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Richard" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.npg.2016.09.003" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392762v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole El Massioui" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Prudean" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/scan/nsv093" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02009047v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Baumard" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/nrp.2016.0379" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01872794v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/pnv.2016.0640" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01982150v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jnp.12097" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-CHZ479Z7-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297130v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rne.082.0077" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01388724v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Nolin" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23279095.2015.1048514" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392736v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13854046.2015.1050458" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006723v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13803395.2013.870135" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006719v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takehiko Yamaguchi" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1355617714000344" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03355729v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gouegoux" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mikolajczyk" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Benoit" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Al Ahmadi" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006736v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ourchefani" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rne.052.0082" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006743v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Thomassin-Havet" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gohier" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/a0024408" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006631v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00485344v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006746v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Pinon" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rne.011.0024" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00485338v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00859139v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Legall" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Besnard" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Louisy" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Allain" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677715v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02527874v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Couture" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eulalie Verhulst" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-58524-6_10" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01982456v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Rapin" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Boutoleau-Bretonni&#232;re" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Dardier" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00857425v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Naud" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Massenot" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04622188v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle M&#233;n&#233;trier" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02869050v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Gaymard" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02869063v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02088594v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901719v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03355489v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafika Fliss" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04027308v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Aguert" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Laval" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Gil" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03355487v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00476745v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jeremy-besnard" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7127-7558" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/203332601" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05450923v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Godard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Chartier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Besnard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Allain" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Humeau-Heurtier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.676" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465504v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Faure-de Baets" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cassereau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Emmelin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2024-097543" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465519v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Besnard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Banville" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cct.2025.107876" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477606v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Maussire" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad El Haj" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11065-025-09677-3" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792398v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Jollivet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Banville" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/pres_a_00424" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04654596v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Menei" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Roualdes" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Seizeur" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02699052.2024.2309246" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901452v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Remaud" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Barbarot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Roy" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s1355617724000560" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04818061v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13803395.2024.2348214" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744665v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Durand" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Menetrier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10072-024-07808-x" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239320v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Cantisano" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13548506.2023.2190596" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020929v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Bernard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Clavreul" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Casanova" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Lem&#233;e" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers15030949" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04246570v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09297049.2023.2181945" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878279v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandrine Faye" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Osiurak" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lesourd" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salem Hannoun" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cotton" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7358/neur-2022-032-faye" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03593948v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13803395.2022.2040432" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02510275v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Hamon" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Sao&#251;t" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Verny" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Dinomais" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fneur.2019.01367" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03014448v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11764-020-00961-0" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02566469v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Jacquin-Courtois" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuelle Reynaud" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nicl.2019.102053" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006678v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Calso" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0361073X.2018.1560105" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006652v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Saint-Jean" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02699052.2018.1531306" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03681562v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Fournet" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouafae Achachi" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lancelot" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/jbbs.2019.93008" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01982564v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanesa Lerma" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Aubin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Chauvir&#233;" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09602011.2016.1209420" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02078139v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Fortier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Le Gall" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/nrp.2018.0447" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008255v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lardenois" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/nrp.2018.0457" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01872784v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2017.07.013" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008268v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Pivette" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Lambrichts" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lalaux" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13546805.2018.1426447" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01660614v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najia Adjeroud" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Prundean" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Scherer" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2017.07.011" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901629v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jarry" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03287540v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Etcharry-Bouyx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17470919.2016.1182066" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008236v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/nrp.2017.0428" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03287541v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Alexandra Foloppe" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Richard" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.npg.2016.09.003" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02009047v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Baumard" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/nrp.2016.0379" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392762v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole El Massioui" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Prudean" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/scan/nsv093" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01982150v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jnp.12097" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-CHZ479Z7-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01872794v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/pnv.2016.0640" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297130v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rne.082.0077" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01388724v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Nolin" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23279095.2015.1048514" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392736v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13854046.2015.1050458" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006723v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13803395.2013.870135" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006719v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takehiko Yamaguchi" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1355617714000344" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03355729v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gouegoux" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mikolajczyk" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Benoit" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Al Ahmadi" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006736v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ourchefani" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rne.052.0082" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006743v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Thomassin-Havet" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gohier" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/a0024408" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006631v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00485344v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006746v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Pinon" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rne.011.0024" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00485338v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00859139v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Legall" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Besnard" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Louisy" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Allain" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677715v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02527874v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Couture" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eulalie Verhulst" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-58524-6_10" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01982456v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Rapin" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Boutoleau-Bretonni&#232;re" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Dardier" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00857425v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Naud" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Massenot" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04622188v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle M&#233;n&#233;trier" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02869050v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Gaymard" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02869063v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02088594v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901719v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03355489v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafika Fliss" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04027308v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Aguert" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Laval" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Gil" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03355487v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00476745v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>