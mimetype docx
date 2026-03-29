--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -879,295 +879,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04252569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Small angle x-ray scattering to investigate the specific surface of hydrated alginate microbeads</w:t>
+                <w:t xml:space="preserve">Grafted mesoporous silicas for radionuclide uptake: Radiolytic stability under electron irradiation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Ghernaouti</w:t>
+                <w:t xml:space="preserve">Guillaume Zante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Perrin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">J. Causse</w:t>
+                <w:t xml:space="preserve">Vincent Bouniol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice Chandre</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">D. Cornu</w:t>
+                <w:t xml:space="preserve">Saad Sene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrielle Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Causse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Hydrocolloids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2022.107498⟩</w:t>
+              <w:t xml:space="preserve">Microporous and Mesoporous Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 336, pp.111851. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.micromeso.2022.111851⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03930019v1</w:t>
+                <w:t xml:space="preserve">cea-03624611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grafted mesoporous silicas for radionuclide uptake: Radiolytic stability under electron irradiation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Small angle x-ray scattering to investigate the specific surface of hydrated alginate microbeads</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ghernaouti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Zante</w:t>
+                <w:t xml:space="preserve">Aurélie Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Causse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Bouniol</w:t>
+                <w:t xml:space="preserve">Fabrice Chandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saad Sene</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jérémy Causse</w:t>
+                <w:t xml:space="preserve">D. Cornu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microporous and Mesoporous Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 336, pp.111851. </w:t>
+              <w:t xml:space="preserve">Food Hydrocolloids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 127, pp.107498. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.micromeso.2022.111851⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2022.107498⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-03624611v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03930019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ti/Si ratio as a tool to tailor the microstructure of titanate-based crystalline phases able to selectively trap strontium over calcium</w:t>
               </w:r>
@@ -1277,516 +1277,516 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04702718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Behavior of mesoporous silica under 2 MeV electron beam irradiation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Scattering techniques to probe the templating effect in the synthesis of copper hexacyanoferrate nanoparticles via reverse microemulsions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Toquer</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Clémentine Mansas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrielle Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Deschanels</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Causse</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microporous and Mesoporous Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.micromeso.2021.111454⟩</w:t>
+              <w:t xml:space="preserve">Colloids and Surfaces A: Physicochemical and Engineering Aspects</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 624, pp.126772. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.colsurfa.2021.126772⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03400329v1</w:t>
+                <w:t xml:space="preserve">hal-04742875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scattering techniques to probe the templating effect in the synthesis of copper hexacyanoferrate nanoparticles via reverse microemulsions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Behavior of mesoporous silica under 2 MeV electron beam irradiation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jun Lin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Toquer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Grygiel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Dourdain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clémentine Mansas</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Yannick Guari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloids and Surfaces A: Physicochemical and Engineering Aspects</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 624, pp.126772. </w:t>
+              <w:t xml:space="preserve">Microporous and Mesoporous Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 328, pp.111454. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.colsurfa.2021.126772⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.micromeso.2021.111454⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04742875v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03400329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of geopolymer emulsions</w:t>
+                <w:t xml:space="preserve">In situ study of the synthesis of thorite (ThSiO 4 ) under environmental representative conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angélique Barnéoud-Chapelier</w:t>
+                <w:t xml:space="preserve">Paul Estevenon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Causse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeremy Causse</w:t>
+                <w:t xml:space="preserve">Stephanie Szenknect</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Poulesquen</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Éléonore Welcomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adel Mesbah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Materials Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.matlet.2020.128188⟩</w:t>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 49 (33), pp.11512-11521. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D0DT01790F⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-03064792v1</w:t>
+                <w:t xml:space="preserve">hal-03005940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In situ study of the synthesis of thorite (ThSiO 4 ) under environmental representative conditions</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Synthesis of geopolymer emulsions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephanie Szenknect</w:t>
+                <w:t xml:space="preserve">Angélique Barnéoud-Chapelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éléonore Welcomme</w:t>
+                <w:t xml:space="preserve">Jeremy Causse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adel Mesbah</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Arnaud Poulesquen</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalton Transactions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 49 (33), pp.11512-11521. </w:t>
+              <w:t xml:space="preserve">Advanced Materials Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 276, pp.128188. </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/D0DT01790F⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.matlet.2020.128188⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03005940v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-03064792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pre-nucleation cluster formation upon ethyl acetate addition to an aqueous solution of an anionic hydrotrope</w:t>
               </w:r>
@@ -2168,295 +2168,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02417003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extraction of palladium from alumina-supported catalyst in supercritical CO2 using functional fluorinated polymers</w:t>
+                <w:t xml:space="preserve">Carbon nanotubes functionalized with copper Hexacyanoferrate nanoparticles for a selective extraction of cesium from liquid waste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">W.S. Jennifer Li</w:t>
+                <w:t xml:space="preserve">H Draouil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Gasc</w:t>
+                <w:t xml:space="preserve">Laurent Alvarez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Causse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jordanna Pinot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jérémy Causse</w:t>
+                <w:t xml:space="preserve">V. Flaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Poirot</w:t>
+                <w:t xml:space="preserve">M Zaïbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Supercritical Fluids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 138, pp.207 - 214. </w:t>
+              <w:t xml:space="preserve">Materials and Devices</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 3 #2, pp.0407 (2018). </w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.supflu.2018.04.013⟩</w:t>
+                <w:t xml:space="preserve">⟨10.23647/ca.md20180407⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01784938v1</w:t>
+                <w:t xml:space="preserve">hal-01845473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carbon nanotubes functionalized with copper Hexacyanoferrate nanoparticles for a selective extraction of cesium from liquid waste</w:t>
+                <w:t xml:space="preserve">Extraction of palladium from alumina-supported catalyst in supercritical CO2 using functional fluorinated polymers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H Draouil</w:t>
+                <w:t xml:space="preserve">W.S. Jennifer Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Alvarez</w:t>
+                <w:t xml:space="preserve">Fabien Gasc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordanna Pinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Causse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Zaïbi</w:t>
+                <w:t xml:space="preserve">Hélène Poirot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials and Devices</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 3 #2, pp.0407 (2018). </w:t>
+              <w:t xml:space="preserve">Journal of Supercritical Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 138, pp.207 - 214. </w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.23647/ca.md20180407⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.supflu.2018.04.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01845473v1</w:t>
+                <w:t xml:space="preserve">hal-01784938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stable uranium sols as precursors for the elaboration of nanostructured nc-UO 2 materials</w:t>
               </w:r>
@@ -2585,51 +2585,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Mayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dmytro Dedovets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Guari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joulia Larionova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2654,2434 +2654,2446 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 505, pp.364-372. </w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jcis.2017.05.113⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01553656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Copper hexacyanoferrate functionalized singlewalled carbon nanotubes for selective cesium extraction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hajer Draouil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Causse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Flaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed-Ali Zaïbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Journal of Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 41 (15), pp.7705-7713. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/c7nj00879a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01576846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of self-association of gradient copolymers in supercritical CO 2 thanks to synchrotron and in-house small-angle X-rays scattering measurements</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Monolithic zirconia foams synthesis from emulsion stabilized by colloidal clusters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Corso</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">J. Causse</w:t>
+                <w:t xml:space="preserve">Alban Gossard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Toquer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Causse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Lacroix-Desmazes</w:t>
+                <w:t xml:space="preserve">Agnès Grandjean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Supercritical Fluids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 114, pp.26-31. </w:t>
+              <w:t xml:space="preserve">Chemical Engineering Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 285, pp.528-535. </w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.supflu.2016.04.002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cej.2015.10.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01999641v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01999616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Switchable self-assembly of Prussian blue analogs nano-tiles triggered by salt stimulus</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effect of the chemical nature of different transition metal ferrocyanides to entrap Cs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Grandjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Dedovets</w:t>
+                <w:t xml:space="preserve">C. Delchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremy Causse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Bauduin</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Yves Barré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Guari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C5CP06574G⟩</w:t>
+              <w:t xml:space="preserve">Journal of Radioanalytical and Nuclear Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 307, pp.427-436. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10967-015-4098-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01999643v1</w:t>
+                <w:t xml:space="preserve">hal-01256469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of the chemical nature of different transition metal ferrocyanides to entrap Cs</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Switchable self-assembly of Prussian blue analogs nano-tiles triggered by salt stimulus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Dedovets</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Bauduin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Causse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agnès Grandjean</w:t>
+                <w:t xml:space="preserve">Luc Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Delchet</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Olivier Diat</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Radioanalytical and Nuclear Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10967-015-4098-1⟩</w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 18 (4), pp.3188-3196. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C5CP06574G⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01256469v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01999643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monolithic zirconia foams synthesis from emulsion stabilized by colloidal clusters</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Study of self-association of gradient copolymers in supercritical CO 2 thanks to synchrotron and in-house small-angle X-rays scattering measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Gasc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alban Gossard</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Agnès Grandjean</w:t>
+                <w:t xml:space="preserve">Bruno Corso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Causse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Lacroix-Desmazes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Engineering Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cej.2015.10.028⟩</w:t>
+              <w:t xml:space="preserve">Journal of Supercritical Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 114, pp.26-31. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.supflu.2016.04.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01999616v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01999641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monolithic zirconia foams synthesis from emulsion stabilized by colloidal clusters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Gossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Toquer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Causse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Grandjean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Engineering Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 285, pp.528-535. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.cej.2015.10.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04711646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reinforced silica monoliths functionalised with metal hexacyanoferrates for cesium decontamination: a combination of a one-pot procedure and skeleton calcination</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Sommer-Marquez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Mansas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N Talha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrielle Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Causse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RSC Advances</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 6 (77), pp.73475 - 73484. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/c6ra16980e⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03202594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simultaneous lanthanides and surfactants micelles removal from aqueous outflows by complexation and sol–gel chemistry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Lavaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Goettmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Grandjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Causse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Separation and Purification Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 145, pp.17-23. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.seppur.2015.02.047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01999619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-internal phase emulsions stabilized by colloidal Zr-based solid clusters</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId128" w:history="1">
+                <w:t xml:space="preserve">Sodium “Activation” of Silano-Phosphonate Modified Mesoporous TiO 2 Leading to Improved Rare-Earth Element Extraction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mícheál Moloney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Causse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Loubat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Grandjean</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jérémy Causse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloids and Surfaces A: Physicochemical and Engineering Aspects</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 2014 (13), pp.2268-2277. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ejic.201400027⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.colsurfa.2014.09.007⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01999609v1</w:t>
+                <w:t xml:space="preserve">hal-01999636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-internal phase emulsions stabilized by colloidal Zr-based solid clusters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Gossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Toquer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Grandjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Causse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloids and Surfaces A: Physicochemical and Engineering Aspects</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 462, pp.162-169. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.colsurfa.2014.09.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04711652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sodium “Activation” of Silano-Phosphonate Modified Mesoporous TiO 2 Leading to Improved Rare-Earth Element Extraction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mícheál Moloney</w:t>
+                <w:t xml:space="preserve">High-internal phase emulsions stabilized by colloidal Zr-based solid clusters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Gossard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Toquer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Grandjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Causse</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Agnès Grandjean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ejic.201400027⟩</w:t>
+              <w:t xml:space="preserve">Colloids and Surfaces A: Physicochemical and Engineering Aspects</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 462, pp.162-169. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.colsurfa.2014.09.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01999636v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01999609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Facile one-pot synthesis of copper hexacyanoferrate nanoparticle functionalised silica monoliths for the selective entrapment of 137Cs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Causse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexey Tokarev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johann Ravaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Micheàl Moloney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Materials Chemistry A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 2 (25), pp.9461-9464. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/C4TA01266F⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01999605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of aging and alkali activator on the porous structure of a geopolymer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prune Steins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Poulesquen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Frizon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Diat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Jestin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Crystallography</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 47 (1), pp.316-324. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1107/S160057671303197X⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01044592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Small-Angle Neutron Scattering study of solubilization of tributyl phosphate in aqueous solutions of L64 Pluronic triblock copolymers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremy Causse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julian Oberdisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Jestin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Lagerge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Langmuir</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 26 (20), pp.15745-15753. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/la1021164⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00542822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acidic surfactant solutions for tributylphosphate removal in nuclear fuel reprocessing plants: A formulation study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Causse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Faure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Engineering Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 147 (2-3), pp.180-187</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01999588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Micellar solubilization of tributylphosphate in aqueous solutions of Pluronic block copolymers - Part I. Effect of the copolymer structure and temperature on the phase behavior</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Causse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Lagerge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis-Charles de Menorval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Faure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 300 (2), pp.713-723. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jcis.2006.04.042⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00360398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Micellar solubilization of tributylphosphate in aqueous solutions of Pluronic block copolymers - Part II. Structural characterization inferred by H-1 NMR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Causse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Lagerge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis-Charles de Menorval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Faure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 300 (2), pp.724-734. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcis.2006.04.043⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00360400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Turbidity and 1H NMR analysis of the solubilization of tributylphosphate in aqueous solutions of an amphiphilic triblock copolymer (L64 pluronic)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Causse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Lagerge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis-Charles de Menorval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Fournel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloids and Surfaces A: Physicochemical and Engineering Aspects</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 252 (1), pp.51-59. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.colsurfa.2004.09.024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01999648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Turbidity and 1H NMR analysis of the solubilization of tributylphosphate in aqueous solutions of an amphiphilic triblock copolymer (L64 pluronic)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Causse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Lagerge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis-Charles de Menorval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Fournel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloids and Surfaces A: Physicochemical and Engineering Aspects</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, pp.51-59. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.colsurfa.2004.09.024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00384529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5091,241 +5103,241 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">8e conférence internationale 'Advancements in Nuclear Instrumentation Measurement Methods and their Applications</w:t>
+                <w:t xml:space="preserve">Développement de capteurs intégrants des Carbon dots pour la détection de rayonnements ionisants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rayan Roch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Causse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Deschanels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ANIMMA 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Lucques, France</w:t>
+              <w:t xml:space="preserve">Journées scientifiques de l’ISEC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, MARCOULE, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04836857v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04836769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement de capteurs intégrants des Carbon dots pour la détection de rayonnements ionisants</w:t>
+                <w:t xml:space="preserve">8e conférence internationale 'Advancements in Nuclear Instrumentation Measurement Methods and their Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rayan Roch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Causse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Deschanels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées scientifiques de l’ISEC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, MARCOULE, France</w:t>
+              <w:t xml:space="preserve">ANIMMA 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Lucques, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04836769v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04836857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of sensors incorporating Carbon Dots for the detection of ionizing radiation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rayan Roch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5354,73 +5366,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées scientifiques de l’ISEC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, MARCOULE, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04836802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement de capteurs intégrants des Carbon dots pour la détection de rayonnements ionisants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rayan Roch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5449,81 +5461,81 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire FOCUSDEM 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, SACLAY, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04836882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of Silicotitanates for Sr Sorption – Influence of the Ti/Si Ratio</w:t>
+                <w:t xml:space="preserve">Vers de nouveaux matériaux à porosité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toni Tratnjek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Causse</w:t>
@@ -5541,322 +5553,322 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Hertz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Deschanels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th Forum on New Materials - CIMTEC 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Perugia, Italy</w:t>
+              <w:t xml:space="preserve">Journées Annuelles du Groupe Français de la Céramique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04837732v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04837736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanoporosity and Irradiation - New Perspectives for the Treatment of Radioactive Effluents?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Synthesis of Silicotitanates for Sr Sorption – Influence of the Ti/Si Ratio</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toni Tratnjek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Causse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Hertz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Deschanels</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th Forum on New Materials - CIMTEC 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2022, Perouse, Italy</w:t>
+              <w:t xml:space="preserve">, Jun 2022, Perugia, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04807594v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04837732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers de nouveaux matériaux à porosité</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nanoporosity and Irradiation - New Perspectives for the Treatment of Radioactive Effluents?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Deschanels</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jun Lin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Toquer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Grygiel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Dourdain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Annuelles du Groupe Français de la Céramique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2022, Albi, France</w:t>
+              <w:t xml:space="preserve">9th Forum on New Materials - CIMTEC 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Perouse, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04837736v1</w:t>
+                <w:t xml:space="preserve">hal-04807594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Facile Fabrication of Carbon Dots based Fluorescent Strips for Florimetric ON-OFF Sensor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chandra Mohan Singaravelu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5898,73 +5910,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th Forum on New Materials - CIMTEC 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Perugia, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04848032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solid Fixation on Grafted Mesoporous Silica for Actinide Uptake</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrielle Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5973,123 +5985,123 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Deschanels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Causse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Zante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Le Caer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th Forum on New Materials - CIMTEC 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Perugia, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04843343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of the Ti/Si ratio in the gel during the synthesis of a targeted silicotitanate on its Sr sorption properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toni Tratnjek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6131,784 +6143,784 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">45th Scientific Basis for Nuclear Waste Management Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Cologne (virtual conference), Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04837775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Porous materials: From radionuclides uptake to conditioning matrices</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Formation of PuSiO4: lessons coming from chemical analogues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Dacheux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Estevenon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éléonore Welcomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Szenknect</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Causse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMRS 2019 Spring meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Nice, France</w:t>
+              <w:t xml:space="preserve">MS&amp;T 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Portland, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04848050v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04705031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formation of PuSiO4: lessons coming from chemical analogues</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Porous materials: From radionuclides uptake to conditioning matrices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Causse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrielle Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Dourdain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Deschanels</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MS&amp;T 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Portland, United States</w:t>
+              <w:t xml:space="preserve">EMRS 2019 Spring meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04705031v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04848050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functionalized carbon nanotubes and porous ceramics for Cs removal from liquids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Draouil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Nicolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Causse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Grandjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MRS Spring meeting 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Phoenix, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02071511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recyclage des métaux nobles/stratégiques par des copolymères complexants en voie CO2 supercritique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Lacroix-Desmazes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Gasc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Causse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W.S. Jennifer Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordanna Pinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2ièmes Journées Nationales SuperCritiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Bordeaux, France. pp.41</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03319710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis of amphiphilic functional copolymers for clean processes in supercritical CO2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Chirat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Clerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Gasc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Causse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Charton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd IFS French - Japanese Workshop on Supercritical Fluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2012, Valence, France. 8 pp</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00801585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of fluorinated and silicone-based copolymers with complexing groups for applications in supercritical CO2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Chirat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Clerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Ribaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Charton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Causse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th European Meeting on Supercritical Fluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2011, The Hague, Netherlands. 8 pp</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00694804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6918,510 +6930,510 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carbon dots: Toward a new class of scintillators</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rayan Roch</w:t>
+                <w:t xml:space="preserve">Évolution de la nanoporosité de couches minces sous irradiation ionique et électronique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Toquer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aya Azeddioui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Deschanels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Causse</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Xavier Deschanels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées scientifiques de l’ISEC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, MARCOULE, France</w:t>
+              <w:t xml:space="preserve">Journées Scientifiques de l'ISEC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Marcoule, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04836931v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04836597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évolution de la nanoporosité de couches minces sous irradiation ionique et électronique</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Aya Azeddioui</w:t>
+                <w:t xml:space="preserve">Carbon dots: Toward a new class of scintillators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rayan Roch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Causse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Deschanels</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jérémy Causse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Scientifiques de l'ISEC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Marcoule, France</w:t>
+              <w:t xml:space="preserve">Journées scientifiques de l’ISEC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, MARCOULE, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04836597v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04836931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Separation and Self-Conditioning of Plutonium through Functionalized Mesoporous Silicas</w:t>
+                <w:t xml:space="preserve">Porous materials : From radionuclides uptake to conditioning matrix ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jun Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olaf Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Causse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Dourdain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Deschanels</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Dourdain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées des Actinides</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2023, Dresden, Germany</w:t>
+              <w:t xml:space="preserve">ANIMMA 2023 Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Lucca, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04843296v1</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04848115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Porous materials : From radionuclides uptake to conditioning matrix ?</w:t>
+                <w:t xml:space="preserve">Separation and Self-Conditioning of Plutonium through Functionalized Mesoporous Silicas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jun Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olaf Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Deschanels</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Causse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Dourdain</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Xavier Deschanels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ANIMMA 2023 Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Lucca, Italy</w:t>
+              <w:t xml:space="preserve">Journées des Actinides</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Dresden, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04848115v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04843296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution sous irradiation (e-) de silice mésoporeuse fonctionnalisée (K2CuFe(CN)6 ) pour l’encapsulation du Cs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémentine Mansas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jun Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7462,73 +7474,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2es Rencontres Rayonnement Radio-Chimie Nice, 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2022, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04861615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carbon dots: Toward a new class of scintillators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rayan Roch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7557,73 +7569,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire FOCUSDEM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Saclay (CEA), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04836757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of sensors incorporating Carbon Dots for the detection of ionizing radiation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rayan Roch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7652,73 +7664,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées scientifiques de l’ISEC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, MARCOULE, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04836764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers de nouveaux matériaux à porosité hiérarchisée pour la capture de produits de fission (Sr)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toni Tratnjek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7760,73 +7772,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">37ème réunion annuelle du GFZ</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2022, Vogüé, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04729491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers de nouveaux matériaux à porosité hiérarchisée pour la capture de produits de fission (Sr)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toni Tratnjek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7868,73 +7880,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">réunion annuelle du Groupe Français des Zéolithes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2022, Vogüé, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04837758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colloidal sol of UO2 nanoparticles supported by multi-lamellar vesicles of carboxylate based surfactant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zijie Lu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7943,222 +7955,222 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Causse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Lautru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Zemb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Rebiscoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECIS - Conference of the European Colloid and Interface Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Leuven (Belgique), Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04716923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polymer-assisted extraction of palladium from supported catalysts in supercritical carbon dioxide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W.S. Jennifer Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordanna Pinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Causse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Poirot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Pinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th European Meeting on Supercritical Fluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2017, Lisbon, Portugal. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03323747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8168,176 +8180,176 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Involvement of radiation in the densification of mesoporous silica</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jun Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Grygiel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Dourdain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Guari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrielle Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque GCM Ganil</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04849699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Densification of mesoporous silicas by radiation damage – New perspectives for the treatment of radioactive effluents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jun Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8346,123 +8358,123 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Grygiel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Dourdain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Guari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrielle Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atalante 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04849718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Collapse of mesoporous silicas induced by radiation damage - New prospects for nuclear waste treatment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jun Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8484,213 +8496,213 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrielle Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Dourdain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Guari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Goldschmidt 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04849665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanoporosité et irradiation - Nouvelles perspectives pour le traitement des effluents radioactifs ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Deschanels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Toquer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jun Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Grygiel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Dourdain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Matériaux 2022 Lille</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04849634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8700,477 +8712,477 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PROCÉDÉ DE PRÉPARATION D'UN MATÉRIAU SILICEUX À PARTIR DE BALLE DE RIZ</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Russo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Rebiscoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Ayral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Causse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Deschanels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">France, N° de brevet: EP3964479A1. 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Brevet</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId230" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04212313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanoparticules à structure coeur en analogue de bleu de Prusse-coquille, leur procédé de préparation, matériaux les comprenant, et procédé d'extraction de cations métalliques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémentine Mansas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Causse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Deschanels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Grandjean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, N° de brevet: FR1750568. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02120438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matériaux monolithiques inorganiques alvéolaires échangeurs cationiques, procédé de préparation et procédé de séparation les mettant en oeuvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alicia Sommer Márquez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Causse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Grandjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Deschanels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">France, N° de brevet: FR1555535. 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Brevet</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
-              <w:r>
-[...63 lines deleted...]
-            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02120414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utilisation d’un matériau spécifique pour l’extraction de l’iode moléculaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Grandjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexei Tokarev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Causse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Guari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">France, Patent n° : WO2014037353. 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Brevet</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId235" w:history="1">
-              <w:r>
-[...54 lines deleted...]
-            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01203514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId236"/>
+      <w:footerReference w:type="default" r:id="rId237"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -9317,51 +9329,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04487945v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Causse" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Lavaud" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Ravaux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lautru" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Podor" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2023.132928" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848736v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rayan Roch" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Deschanels" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chandra Mohan Singaravelu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233; Andr&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Rey" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4ra07553f" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878578v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cptc.202400044" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492407v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Lin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Grygiel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonino Alessi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Dourdain" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2023.101903" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04079990v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Russo" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Lautru" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Rebiscoul" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.susmat.2023.e00601" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252569v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rey" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Zante" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Causse" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Deschanels" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Le Ca&#235;r" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.radphyschem.2023.111192" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03930019v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ghernaouti" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Perrin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Chandre" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Cornu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2022.107498" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03624611v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Zante" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bouniol" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saad Sene" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micromeso.2022.111851" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04702718v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toni Tratnjek" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Hertz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2022.129755" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03400329v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Toquer" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Guari" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micromeso.2021.111454" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742875v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Mansas" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2021.126772" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03064792v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Barn&#233;oud-Chapelier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Causse" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Poulesquen" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2020.128188" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03005940v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Estevenon" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Szenknect" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;l&#233;onore Welcomme" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Mesbah" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0DT01790F" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02561827v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asmae El Maangar" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Degot" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Verena Huber" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Berthault" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molliq.2020.113240" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02445278v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zijie Lu" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. F Le Goff" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mollard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10971-019-05147-4" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02417003v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Monnier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chandra Mohan" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Welcomme" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2019.07.021" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01784938v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.S. Jennifer Li" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Gasc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordanna Pinot" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Poirot" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.supflu.2018.04.013" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845473v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Draouil" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Alvarez" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Flaud" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Za&#239;bi" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23647/ca.md20180407" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01999640v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Leblanc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2017.02.070" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01553656v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Mayer" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmytro Dedovets" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joulia Larionova" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Long" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2017.05.113" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576846v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajer Draouil" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Flaud" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed-Ali Za&#239;bi" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7nj00879a" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01999641v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gasc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Corso" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lacroix-Desmazes" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.supflu.2016.04.002" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01999643v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dedovets" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bauduin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Girard" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Diat" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5CP06574G" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01256469v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Grandjean" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delchet" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Barr&#233;" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10967-015-4098-1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01999616v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Gossard" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2015.10.028" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04711646v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03202594v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Sommer-Marquez" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Mansas" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Talha" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6ra16980e" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01999619v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Goettmann" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seppur.2015.02.047" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01999609v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2014.09.007" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04711652v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01999636v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#237;che&#225;l Moloney" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Loubat" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201400027" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-PCZDX2KN-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01999605v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexey Tokarev" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miche&#224;l Moloney" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4TA01266F" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01044592v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prune Steins" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Frizon" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Jestin" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S160057671303197X" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-J050M2JC-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00542822v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Oberdisse" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Lagerge" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la1021164" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01999588v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Faure" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00360398v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Charles de Menorval" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Faure" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2006.04.042" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T12XL320-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00360400v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2006.04.043" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1L4MHPM8-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01999648v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fournel" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2004.09.024" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LGWJ8Q0Q-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00384529v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Fournel" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04836857v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04836769v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04836802v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04836882v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837732v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807594v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Grygiel" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837736v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848032v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843343v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Caer" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837775v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848050v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705031v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dacheux" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02071511v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Draouil" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Nicolle" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Alvarez" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03319710v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lacroix-Desmazes" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00801585v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Chirat" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Clerc" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Charton" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694804v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Ribaut" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04836931v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04836597v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aya Azeddioui" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843296v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olaf Walter" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848115v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861615v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04836757v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04836764v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04729491v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837758v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04716923v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Zemb" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rebiscoul" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03323747v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pinaud" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04849699v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04849718v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04849665v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04849634v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212313v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Ayral" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02120438v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02120414v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Sommer M&#225;rquez" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203514v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei Tokarev" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04487945v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Causse" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Lavaud" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Ravaux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lautru" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Podor" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2023.132928" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848736v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rayan Roch" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Deschanels" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chandra Mohan Singaravelu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233; Andr&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Rey" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4ra07553f" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878578v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cptc.202400044" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492407v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Lin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Grygiel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonino Alessi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Dourdain" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2023.101903" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04079990v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Russo" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Lautru" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Rebiscoul" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.susmat.2023.e00601" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252569v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rey" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Zante" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Causse" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Deschanels" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Le Ca&#235;r" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.radphyschem.2023.111192" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03624611v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Zante" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bouniol" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saad Sene" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micromeso.2022.111851" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03930019v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ghernaouti" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Perrin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Chandre" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Cornu" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2022.107498" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04702718v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toni Tratnjek" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Hertz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2022.129755" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742875v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Mansas" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2021.126772" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03400329v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Toquer" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Guari" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micromeso.2021.111454" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03005940v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Estevenon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Szenknect" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;l&#233;onore Welcomme" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Mesbah" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0DT01790F" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03064792v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Barn&#233;oud-Chapelier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Causse" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Poulesquen" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2020.128188" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02561827v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asmae El Maangar" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Degot" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Verena Huber" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Berthault" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molliq.2020.113240" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02445278v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zijie Lu" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. F Le Goff" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mollard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10971-019-05147-4" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02417003v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Monnier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chandra Mohan" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Welcomme" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2019.07.021" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845473v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Draouil" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Alvarez" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Flaud" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Za&#239;bi" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23647/ca.md20180407" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01784938v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.S. Jennifer Li" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Gasc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordanna Pinot" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Poirot" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.supflu.2018.04.013" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01999640v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Leblanc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2017.02.070" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01553656v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Mayer" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmytro Dedovets" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joulia Larionova" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Long" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2017.05.113" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G0LJ0Q93-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576846v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajer Draouil" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Flaud" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed-Ali Za&#239;bi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7nj00879a" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01999616v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Gossard" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Grandjean" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2015.10.028" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01256469v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delchet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Barr&#233;" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10967-015-4098-1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01999643v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dedovets" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bauduin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Girard" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Diat" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5CP06574G" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01999641v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gasc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Corso" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lacroix-Desmazes" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.supflu.2016.04.002" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04711646v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03202594v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Sommer-Marquez" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Mansas" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Talha" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6ra16980e" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01999619v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Goettmann" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seppur.2015.02.047" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01999636v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#237;che&#225;l Moloney" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Loubat" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201400027" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-PCZDX2KN-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04711652v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2014.09.007" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01999609v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01999605v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexey Tokarev" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miche&#224;l Moloney" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4TA01266F" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01044592v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prune Steins" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Frizon" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Jestin" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S160057671303197X" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-J050M2JC-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00542822v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Oberdisse" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Lagerge" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la1021164" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01999588v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Faure" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00360398v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Charles de Menorval" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Faure" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2006.04.042" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T12XL320-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00360400v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2006.04.043" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1L4MHPM8-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01999648v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fournel" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2004.09.024" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LGWJ8Q0Q-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00384529v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Fournel" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04836769v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04836857v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04836802v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04836882v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837736v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837732v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807594v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Grygiel" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848032v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843343v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Caer" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837775v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705031v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dacheux" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848050v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02071511v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Draouil" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Nicolle" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Alvarez" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03319710v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lacroix-Desmazes" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00801585v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Chirat" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Clerc" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Charton" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694804v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Ribaut" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04836597v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aya Azeddioui" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04836931v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848115v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olaf Walter" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843296v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861615v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04836757v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04836764v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04729491v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837758v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04716923v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Zemb" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rebiscoul" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03323747v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pinaud" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04849699v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04849718v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04849665v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04849634v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212313v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Ayral" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02120438v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02120414v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Sommer M&#225;rquez" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203514v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei Tokarev" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>