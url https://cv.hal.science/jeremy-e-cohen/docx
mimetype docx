--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -381,356 +381,356 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04323556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matrix-wise $\ell _0$-constrained sparse nonnegative least squares</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dictionary-Based Low-Rank Approximations and the Mixed Sparse Coding Problem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy E Cohen</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Gillis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Machine Learning</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10994-022-06260-2⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Applied Mathematics and Statistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fams.2022.801650⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04299529v1</w:t>
+                <w:t xml:space="preserve">hal-03689288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An AO-ADMM Approach to Constraining PARAFAC2 on All Modes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Roald</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carla Schenker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vince Calhoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Roald</w:t>
+                <w:t xml:space="preserve">Tülay Adali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rasmus Bro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SIAM Journal on Mathematics of Data Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 4 (3), pp.1191-1222. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1137/21M1450033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03852728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dictionary-Based Low-Rank Approximations and the Mixed Sparse Coding Problem</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Matrix-wise $\ell _0$-constrained sparse nonnegative least squares</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Nadisic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy E Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Vandaele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gillis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Applied Mathematics and Statistics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 8, </w:t>
+              <w:t xml:space="preserve">Machine Learning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 111 (12), pp.4453-4495. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fams.2022.801650⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10994-022-06260-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03689288v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04299529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accelerating Block Coordinate Descent for Nonnegative Tensor Factorization</w:t>
               </w:r>
@@ -742,51 +742,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andersen Man Shun Ang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy E Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Thi Khanh Hien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -833,51 +833,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Flexible Optimization Framework for Regularized Matrix-Tensor Factorizations with Linear Couplings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carla Schenker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy E Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -931,295 +931,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03038493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An open challenge to advance probabilistic forecasting for dengue epidemics</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Identifiability of Complete Dictionary Learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy E Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gillis</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1073/pnas.1909865116⟩</w:t>
+              <w:t xml:space="preserve">SIAM Journal on Mathematics of Data Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 1 (3), pp.518--536. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1137/18M1233339⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02747365v1</w:t>
+                <w:t xml:space="preserve">hal-02183578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identifiability of Complete Dictionary Learning</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">An open challenge to advance probabilistic forecasting for dengue epidemics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Johansson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karyn Apfeldorf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Scott Dobson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jason Devita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Buczak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIAM Journal on Mathematics of Data Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 1 (3), pp.518--536. </w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 116 (48), pp.24268-24274. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1137/18M1233339⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1909865116⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02183578v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02747365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spectral Unmixing With Multiple Dictionaries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremy E Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Geoscience and Remote Sensing Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 15 (2), pp.187-191. </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1266,51 +1266,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dictionary-Based Tensor Canonical Polyadic Decomposition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremy Emile Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Signal Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 66 (7), pp.1876-1889. </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1338,421 +1338,421 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02141147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correcting inner filter effects, a non multilinear tensor decomposition method</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Exploring multimodal data fusion through joint decompositions with flexible couplings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigo Cabral Farias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy E Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Comon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Xavier Luciani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemometrics and Intelligent Laboratory Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 150, pp.29-40. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 64 (18), pp.4830-4844. </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.chemolab.2015.11.002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TSP.2016.2576425⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01158152v1</w:t>
+                <w:t xml:space="preserve">hal-01158082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonnegative tensor CP decomposition of hyperspectral data</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Correcting inner filter effects, a non multilinear tensor decomposition method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy E Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Comon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miguel Angel Veganzones</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Pierre Comon</w:t>
+                <w:t xml:space="preserve">Xavier Luciani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Geoscience and Remote Sensing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TGRS.2015.2503737⟩</w:t>
+              <w:t xml:space="preserve">Chemometrics and Intelligent Laboratory Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 150, pp.29-40. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chemolab.2015.11.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01134470v2</w:t>
+                <w:t xml:space="preserve">hal-01158152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring multimodal data fusion through joint decompositions with flexible couplings</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId60" w:history="1">
+                <w:t xml:space="preserve">Nonnegative tensor CP decomposition of hyperspectral data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel Angel Veganzones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy E Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigo Cabral Farias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jocelyn Chanussot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Comon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Signal Processing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 64 (18), pp.4830-4844. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Geoscience and Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 54 (5), pp.2577-2588. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TSP.2016.2576425⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TGRS.2015.2503737⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01158082v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01134470v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fast Decomposition of Large Nonnegative Tensors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy E Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigo Cabral Farias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Comon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Signal Processing Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 22 (7), pp.862-866. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1831,51 +1831,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">dCMF: Learning interpretable evolving patterns from temporal multiway data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christos Chatzis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carla Schenker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy E. Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1929,532 +1929,532 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05291689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Constrained Tensor Decomposition Reveals Lever Arms Synergies in the Musculoskeletal System</w:t>
+                <w:t xml:space="preserve">HyperProbe consortium: innovate tumour neurosurgery with innovative photonic solutions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joris Claude</w:t>
+                <w:t xml:space="preserve">Charly Caredda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaël Dumas</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Luca Giannoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Lange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Ezhov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adithep Kawinkij</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EUSIPCO 2024 - 32th European Signal Processing Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2024, Lyon, France</w:t>
+              <w:t xml:space="preserve">SFNR 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française de Neuroradiologie, Mar 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04737650v1</w:t>
+                <w:t xml:space="preserve">hal-04959009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joint Reconstruction and Spectral Unmixing from Single-Pixel Acquisitions</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Ducros</w:t>
+                <w:t xml:space="preserve">Deep unrolling of the multiplicative updates algorithm for blind source separation, with application to hyperspectral unmixing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Kervazo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelkhalak Chetoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy E. Cohen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EUSIPCO 2024 - 24th European Signal Processing Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2024, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04539349v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04736884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Orthogonal matching pursuit-based algorithms for the Birkhoff-von Neumann decomposition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Damien Lesens</w:t>
+                <w:t xml:space="preserve">Constrained Tensor Decomposition Reveals Lever Arms Synergies in the Musculoskeletal System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joris Claude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy E Cohen</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bora Uçar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EUSIPCO 2024 - 24th European Signal Processing Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2024, Lyon, France. pp.12</w:t>
+              <w:t xml:space="preserve">EUSIPCO 2024 - 32th European Signal Processing Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04500014v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04737650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep unrolling of the multiplicative updates algorithm for blind source separation, with application to hyperspectral unmixing</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jérémy E. Cohen</w:t>
+                <w:t xml:space="preserve">Joint Reconstruction and Spectral Unmixing from Single-Pixel Acquisitions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séréna Hariga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy E Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ducros</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EUSIPCO 2024 - 24th European Signal Processing Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2024, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04736884v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04539349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">HyperProbe consortium: innovate tumour neurosurgery with innovative photonic solutions</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Orthogonal matching pursuit-based algorithms for the Birkhoff-von Neumann decomposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Lesens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy E Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bora Uçar</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SFNR 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française de Neuroradiologie, Mar 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">EUSIPCO 2024 - 24th European Signal Processing Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Lyon, France. pp.12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04959009v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04500014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régularisation implicite des factorisations de faible rang pénalisées</w:t>
               </w:r>
@@ -2630,51 +2630,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Optimization Framework for Regularized Linearly Coupled Matrix-Tensor Factorization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carla Schenker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy E Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2719,299 +2719,299 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03038083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exact Biobjective k-Sparse Nonnegative Least Squares</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">PARAFAC2 AO-ADMM: Constraints in all modes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Gillis</w:t>
+                <w:t xml:space="preserve">Marie Roald</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carla Schenker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy E Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evrim Acar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EUSIPCO 2021 - 29th European Signal Processing Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Aug 2021, virtual, France. pp.1-5</w:t>
+              <w:t xml:space="preserve">, Aug 2021, virtual, France. pp.1-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03439451v1</w:t>
+                <w:t xml:space="preserve">hal-03439425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PARAFAC2 AO-ADMM: Constraints in all modes</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Carla Schenker</w:t>
+                <w:t xml:space="preserve">Exact Biobjective k-Sparse Nonnegative Least Squares</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Nadisic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Vandaele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gillis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy E Cohen</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Evrim Acar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EUSIPCO 2021 - 29th European Signal Processing Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Aug 2021, virtual, France. pp.1-4</w:t>
+              <w:t xml:space="preserve">, Aug 2021, virtual, France. pp.1-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03439425v1</w:t>
+                <w:t xml:space="preserve">hal-03439451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exact Sparse Nonnegative Least Squares</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Nadisic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Vandaele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy E Cohen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3058,90 +3058,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sparse Separable Nonnegative Matrix Factorization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Nadisic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Vandaele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy E Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECML PKDD 2020 - European Conference on Machine Learning and Principles and Practice of Knowledge Discovery in Databases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, Ghent, Belgium. pp.1-20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3268,1130 +3268,1130 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02567115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Uncovering Audio Patterns in Music with Nonnegative Tucker Decomposition for Structural Segmentation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Axel Marmoret</w:t>
+                <w:t xml:space="preserve">EXTRAPOLATED ALTERNATING ALGORITHMS FOR APPROXIMATE CANONICAL POLYADIC DECOMPOSITION</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andersen Man Shun Ang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andersen Man</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shun Ang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy E Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Thi Khanh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISMIR 2020 - 21st International Society for Music Information Retrieval</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ICASSP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2020, Barcelone, Spain. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICASSP40776.2020.9053849⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02928733v1</w:t>
+                <w:t xml:space="preserve">hal-02330641v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">EXTRAPOLATED ALTERNATING ALGORITHMS FOR APPROXIMATE CANONICAL POLYADIC DECOMPOSITION</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Shun Ang</w:t>
+                <w:t xml:space="preserve">Uncovering Audio Patterns in Music with Nonnegative Tucker Decomposition for Structural Segmentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Marmoret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy E Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nancy Bertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Bimbot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICASSP</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ISMIR 2020 - 21st International Society for Music Information Retrieval</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2020, Montréal (Online), Canada. pp.1-7</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02330641v2</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02928733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hyperspectral Image Denoising using Dictionary Learning</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Rémi Gribonval</w:t>
+                <w:t xml:space="preserve">Nonnegative Low-rank Sparse Component Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremy E Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gillis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WHISPERS 2019 - 10th Workshop on Hyperspectral Image and Signal Processing: Evolution in Remote Sensing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/WHISPERS.2019.8921110⟩</w:t>
+              <w:t xml:space="preserve">ICASSP 2019 - IEEE International Conference on Acoustics, Speech and Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Brighton, United Kingdom. pp.8226-8230, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICASSP.2019.8682188⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02175630v1</w:t>
+                <w:t xml:space="preserve">hal-02201471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accelerating Approximate Nonnegative Canonical Polyadic Decomposition using Extrapolation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Andersen Ang</w:t>
+                <w:t xml:space="preserve">Learning Tensor-structured Dictionaries with Application to Hyperspectral Image Denoising</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cassio F. Dantas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremy E Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Gillis</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Gribonval</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GRETSI 2019 - XXVIIème Colloque francophone de traitement du signal et des images</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EUSIPCO 2019 - 27th European Signal Processing Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, A Coruña, Spain. pp.1-5, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/EUSIPCO.2019.8902593⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02143969v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02126782v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Handling negative patterns for fast single-pixel lifetime imaging</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marien Ochoa</w:t>
+                <w:t xml:space="preserve">Hyperspectral Image Denoising using Dictionary Learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cassio F. Dantas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy E Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Ducros</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Gribonval</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 - Molecular-Guided Surgery: Molecules, Devices, and Applications V</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1117/12.2511123⟩</w:t>
+              <w:t xml:space="preserve">WHISPERS 2019 - 10th Workshop on Hyperspectral Image and Signal Processing: Evolution in Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Amsterdam, Netherlands. pp.1-5, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/WHISPERS.2019.8921110⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02017598v2</w:t>
+                <w:t xml:space="preserve">hal-02175630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonnegative Low-rank Sparse Component Analysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Accelerating Approximate Nonnegative Canonical Polyadic Decomposition using Extrapolation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andersen Ang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremy E Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICASSP 2019 - IEEE International Conference on Acoustics, Speech and Signal Processing</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">GRETSI 2019 - XXVIIème Colloque francophone de traitement du signal et des images</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Lille, France. pp.1-4</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02201471v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02143969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Learning Tensor-structured Dictionaries with Application to Hyperspectral Image Denoising</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Rémi Gribonval</w:t>
+                <w:t xml:space="preserve">Handling negative patterns for fast single-pixel lifetime imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Lorente Mur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marien Ochoa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy E Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Intes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ducros</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EUSIPCO 2019 - 27th European Signal Processing Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, A Coruña, Spain. pp.1-5, </w:t>
+              <w:t xml:space="preserve">2019 - Molecular-Guided Surgery: Molecules, Devices, and Applications V</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2019, San Francisco, United States. pp.1-10, </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.23919/EUSIPCO.2019.8902593⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1117/12.2511123⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02126782v2</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02017598v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Learning fast dictionaries for sparse representations using low-rank tensor decompositions</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Rémi Gribonval</w:t>
+                <w:t xml:space="preserve">Nonnegative PARAFAC2: A Flexible Coupling Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremy E Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rasmus Bro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LVA/ICA 2018 - 14th International Conference on Latent Variable Analysis and Signal Separation</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">14th International conference on Latent Variable Analysis and Signal Separation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Guildford, United Kingdom. pp.89-98</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01709343v2</w:t>
+                <w:t xml:space="preserve">hal-02141162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Curve Registered Coupled Low Rank Factorization</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Learning fast dictionaries for sparse representations using low-rank tensor decompositions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cassio Fraga Dantas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy E Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Rivet</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Gribonval</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">LVA/ICA 2018 - 14th International Conference on Latent Variable Analysis and Signal Separation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2018, Guildford, United Kingdom</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, Jul 2018, Guildford, United Kingdom. pp.456-466, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-93764-9_42⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01710498v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01709343v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonnegative PARAFAC2: A Flexible Coupling Approach</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Rasmus Bro</w:t>
+                <w:t xml:space="preserve">Curve Registered Coupled Low Rank Factorization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy E Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigo Cabral Farias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Rivet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th International conference on Latent Variable Analysis and Signal Separation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Guildford, United Kingdom. pp.89-98</w:t>
+              <w:t xml:space="preserve">LVA/ICA 2018 - 14th International Conference on Latent Variable Analysis and Signal Separation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Guildford, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02141162v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01710498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Some theory on Non-negative Tucker Decomposition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy E Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Comon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">LVA/ICA 2017 - 13th International Conference on Latent Variable Analysis and Signal Separation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2017, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4524,51 +4524,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A New Approach to Dictionary-Based Nonnegative Matrix Factorization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy E Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EUSIPCO 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2017, Kos, Greece. </w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4615,64 +4615,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joint Tensor Compression for Coupled Canonical Polyadic Decompositions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy E Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigo Cabral Farias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Comon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EUSIPCO 2016 - 24th European Signal Processing Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2016, Budapest, Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4697,51 +4697,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling time warping in tensor decomposition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Rivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy E Cohen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4788,103 +4788,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nonnegative CP decomposition of multiangle hyperspectral data: a case study on CRISM observations of martian icy surface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel Angel Veganzones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Douté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy E Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigo Cabral Farias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyn Chanussot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">WHISPERS 2016 - 8th Workshop on Hyperspectral Image and Signal Processing: Evolution in Remote Sensing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2016, Los Angeles, CA, United States</w:t>
@@ -4913,77 +4913,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Canonical polyadic decomposition of hyperspectral patch tensors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel Angel Veganzones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy E Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigo Cabral Farias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantin Usevich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5047,103 +5047,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multilinear spectral unmixing of hyperspectral multiangle images</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel Angel Veganzones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy E Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigo Cabral Farias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruben Marrero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyn Chanussot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EUSIPCO 2015 - 23th European Signal Processing Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IEEE Signal Processing Society, Aug 2015, Nice, France. pp.749-753</w:t>
@@ -5185,64 +5185,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse de grandes données tensorielles couplées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy E Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigo Cabral Farias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Comon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GRETSI 2015 - XXVème Colloque francophone de traitement du signal et des images</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5319,51 +5319,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy E Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Comon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICASSP 2015 - 40th IEEE International Conference on Acoustics, Speech and Signal Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2015, Brisbane, Australia. pp.3482-3486, </w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5397,90 +5397,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joint decompositions with flexible couplings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigo Cabral Farias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy E Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Jutten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Comon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">LVA/ICA 2015 - 12th International Conference on Latent Variable Analysis and Signal Separation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2015, Liberec, Czech Republic. </w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5527,51 +5527,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On almost sure identifiability of non multilinear tensor decomposition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy E Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Comon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EUSIPCO 2014 - 22th European Signal Processing Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2014, Lisbonne, Spain. pp.2245-2249</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5628,51 +5628,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A-priori Free Spectral Unmixing based on Tensor Low-rank Decomposition for Intraoperative Hyperspectral Functional Imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charly Caredda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy E Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5753,103 +5753,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HyperProbe: Transforming brain surgery by advancing functional-guided neuronavigational imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charly Caredda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Giannoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Ezhov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adithep Kawinkij</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RITS 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Aubière / Clermont-Ferrand, France</w:t>
@@ -5878,77 +5878,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Factorisation exacte pour la généralisation de motifs en imagerie monopixel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Lorente Mur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy E Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ducros</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JIONC - 14ème Journées d'Imagerie Optique Non Conventionelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2019, Paris, France. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6018,64 +6018,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tensor decompositions: principles and application to food sciences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy E Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rasmus Bro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Comon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Christian Jutten (Editor); Leonardo Tomazeli Duarte (Editor); Said Moussaoui (Editor). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Source Separation in Physical-Chemical Sensing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
@@ -6149,201 +6149,201 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unrolled Multiplicative Updates for Nonnegative Matrix Factorization applied to Hyperspectral Unmixing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Kervazo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy E. Cohen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05480980v1</w:t>
+                <w:t xml:space="preserve">hal-05497702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unrolled Multiplicative Updates for Nonnegative Matrix Factorization applied to Hyperspectral Unmixing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Kervazo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy E. Cohen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05497702v1</w:t>
+                <w:t xml:space="preserve">hal-05480980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freeform Hadamard imaging: Back to the roots of computational optics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ducros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy E. Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6400,51 +6400,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-Channel Automatic Music Transcription Using Tensor Algebra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Marmoret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nancy Bertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy E Cohen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6595,51 +6595,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy E Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantin Usevich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Comon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] GIPSA-lab. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -7244,221 +7244,221 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03151484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MusicNTD</w:t>
+                <w:t xml:space="preserve">nn_fac: Nonnegative Factorization techniques toolbox</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Marmoret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy E Cohen</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...24 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨swh:1:dir:f6dc646c35c2f8f5ae5d8f6c0f37ed24fe4444da;origin=https://hal.archives-ouvertes.fr/hal-02915453;visit=swh:1:snp:fd7a937b4d29ee53880659f530863df693c22f30;anchor=swh:1:rev:3c97ce0a8ec7515ea36b40912f885286938099a9;path=/⟩</w:t>
+                <w:t xml:space="preserve">⟨swh:1:dir:ec2a2153951a7f79b7d980ea0d9c7601e5755de9;origin=https://hal.archives-ouvertes.fr/hal-02915456;visit=swh:1:snp:6e4be34b95db089bc5e4455abb4037d0b633b9fe;anchor=swh:1:rev:88782798ee67126597c52fb12312a462e9f6439b;path=/⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Logiciel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02915453v1</w:t>
+                <w:t xml:space="preserve">hal-02915456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">nn_fac: Nonnegative Factorization techniques toolbox</w:t>
+                <w:t xml:space="preserve">MusicNTD</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Marmoret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy E Cohen</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nancy Bertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Bimbot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨swh:1:dir:ec2a2153951a7f79b7d980ea0d9c7601e5755de9;origin=https://hal.archives-ouvertes.fr/hal-02915456;visit=swh:1:snp:6e4be34b95db089bc5e4455abb4037d0b633b9fe;anchor=swh:1:rev:88782798ee67126597c52fb12312a462e9f6439b;path=/⟩</w:t>
+                <w:t xml:space="preserve">⟨swh:1:dir:f6dc646c35c2f8f5ae5d8f6c0f37ed24fe4444da;origin=https://hal.archives-ouvertes.fr/hal-02915453;visit=swh:1:snp:fd7a937b4d29ee53880659f530863df693c22f30;anchor=swh:1:rev:3c97ce0a8ec7515ea36b40912f885286938099a9;path=/⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Logiciel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02915456v1</w:t>
+                <w:t xml:space="preserve">hal-02915453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId183"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -7613,51 +7613,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04877502v3" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Lesens" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my E. Cohen" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bora U&#231;ar" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922736v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Leplat" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323556v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Marmoret" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my E Cohen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bimbot" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/tismir.167" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299529v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Nadisic" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Vandaele" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gillis" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10994-022-06260-2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03852728v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Roald" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Schenker" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vince Calhoun" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#252;lay Adali" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rasmus Bro" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/21M1450033" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03689288v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fams.2022.801650" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038513v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andersen Man Shun Ang" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le Thi Khanh Hien" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nla.2373" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038493v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evrim Acar" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTSP.2020.3045848" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02747365v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Johansson" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karyn Apfeldorf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott Dobson" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Devita" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Buczak" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1909865116" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183578v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/18M1233339" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02141152v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy E Cohen" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LGRS.2017.2779477" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02141147v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Emile Cohen" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSP.2017.2777393" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01158152v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Comon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Luciani" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemolab.2015.11.002" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134470v2" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Angel Veganzones" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Cabral Farias" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Chanussot" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TGRS.2015.2503737" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01158082v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSP.2016.2576425" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01069069v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSP.2014.2374838" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291689v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christos Chatzis" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2502.19367" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737650v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Claude" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Dumas" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04539349v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;r&#233;na Hariga" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ducros" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500014v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736884v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Kervazo" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkhalak Chetoui" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959009v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Caredda" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Giannoni" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lange" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Ezhov" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adithep Kawinkij" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058775v3" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409508v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Voorwinden" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038083v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03439451v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03439425v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02634895v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP40776.2020.9053295" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02869490v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567115v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Elvira" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Herzet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Gribonval" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02928733v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Bertin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330641v2" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andersen Man" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shun Ang" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le Thi Khanh" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP40776.2020.9053849" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02175630v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassio F. Dantas" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WHISPERS.2019.8921110" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02143969v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andersen Ang" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02017598v2" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Lorente Mur" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marien Ochoa" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Intes" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2511123" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02201471v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2019.8682188" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02126782v2" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EUSIPCO.2019.8902593" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01709343v2" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassio Fraga Dantas" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-93764-9_42" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01710498v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Rivet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02141162v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420297v2" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01515954v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Rohlfing" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Liutkus" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01493420v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EUSIPCO.2017.8081256" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01326132v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01400552v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SAM.2016.7569733" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382360v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dout&#233;" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382362v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantin Usevich" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Drumetz" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EUSIPCO.2016.7760634" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01158900v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Marrero" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01135090v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01072538v2" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Boizard" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Boyer" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Favier" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icassp.2015.7178618" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01135920v2" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Jutten" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-22482-414" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01059060v2" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05434416v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Sdika" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Guyotat" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi&#233;baud Picart" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958946v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02170148v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367935v2" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1002/9781119137252.ch6" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-05480980v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497702v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05337760v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mahieu-Williame" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03301448v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037844v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311795v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01227873v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01371777v3" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016GREAT054" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797507v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:9dc1e7122029d152d0eb4d382ada0d470ef1258c;origin=https://hal.archives-ouvertes.fr/hal-03797507;visit=swh:1:snp:379fa9c50ce54dc9e91aaa9681eb4ca491cf7a95;anchor=swh:1:rel:23476ea6190b9f518d92af8d1c5b73dac17d5c6d;path=/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03782914v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:62304a25bfcb351a4af871645073954fa7e5804a;origin=https://hal.archives-ouvertes.fr/hal-03782914;visit=swh:1:snp:772dcf77ebdbe33f416b1db16618cecc0da4cd47;anchor=swh:1:rel:9300586386bb03dd1027f765686e363cf0d3d014;path=/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406224v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:a5df9cf7e88b8893dc205465dbd7ba6595869d0a;origin=https://hal.archives-ouvertes.fr/hal-03406224;visit=swh:1:snp:18fb7d99d56d01720cd104405c78dfe757c06308;anchor=swh:1:rev:fb43c7c06c6483761726c753df0905510487458b;path=/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03151484v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:8b248e8de9b9f36dc56ce7d300831511ab75c411;origin=https://hal.archives-ouvertes.fr/hal-03151484;visit=swh:1:snp:37434c31fd90851c1f5e2931f76433599d2b50cf;anchor=swh:1:rev:4a1cd279fac42cad9781de97dce1b2c61bf362fe;path=/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02915453v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:f6dc646c35c2f8f5ae5d8f6c0f37ed24fe4444da;origin=https://hal.archives-ouvertes.fr/hal-02915453;visit=swh:1:snp:fd7a937b4d29ee53880659f530863df693c22f30;anchor=swh:1:rev:3c97ce0a8ec7515ea36b40912f885286938099a9;path=/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02915456v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:ec2a2153951a7f79b7d980ea0d9c7601e5755de9;origin=https://hal.archives-ouvertes.fr/hal-02915456;visit=swh:1:snp:6e4be34b95db089bc5e4455abb4037d0b633b9fe;anchor=swh:1:rev:88782798ee67126597c52fb12312a462e9f6439b;path=/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04877502v3" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Lesens" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my E. Cohen" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bora U&#231;ar" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922736v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Leplat" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323556v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Marmoret" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my E Cohen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bimbot" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/tismir.167" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03689288v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fams.2022.801650" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03852728v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Roald" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Schenker" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vince Calhoun" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#252;lay Adali" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rasmus Bro" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/21M1450033" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299529v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Nadisic" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Vandaele" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gillis" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10994-022-06260-2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038513v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andersen Man Shun Ang" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le Thi Khanh Hien" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nla.2373" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038493v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evrim Acar" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTSP.2020.3045848" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183578v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/18M1233339" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02747365v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Johansson" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karyn Apfeldorf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott Dobson" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Devita" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Buczak" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1909865116" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02141152v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy E Cohen" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LGRS.2017.2779477" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02141147v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Emile Cohen" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSP.2017.2777393" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01158082v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Cabral Farias" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Comon" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSP.2016.2576425" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01158152v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Luciani" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemolab.2015.11.002" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134470v2" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Angel Veganzones" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Chanussot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TGRS.2015.2503737" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01069069v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSP.2014.2374838" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291689v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christos Chatzis" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2502.19367" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959009v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Caredda" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Giannoni" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lange" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Ezhov" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adithep Kawinkij" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736884v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Kervazo" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkhalak Chetoui" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737650v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Claude" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Dumas" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04539349v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;r&#233;na Hariga" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ducros" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500014v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058775v3" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409508v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Voorwinden" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038083v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03439425v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03439451v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02634895v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP40776.2020.9053295" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02869490v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567115v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Elvira" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Herzet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Gribonval" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330641v2" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andersen Man" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shun Ang" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le Thi Khanh" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP40776.2020.9053849" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02928733v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Bertin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02201471v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2019.8682188" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02126782v2" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassio F. Dantas" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EUSIPCO.2019.8902593" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02175630v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WHISPERS.2019.8921110" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02143969v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andersen Ang" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02017598v2" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Lorente Mur" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marien Ochoa" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Intes" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2511123" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02141162v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01709343v2" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassio Fraga Dantas" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-93764-9_42" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01710498v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Rivet" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420297v2" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01515954v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Rohlfing" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Liutkus" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01493420v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EUSIPCO.2017.8081256" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01326132v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01400552v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SAM.2016.7569733" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382360v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dout&#233;" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382362v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantin Usevich" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Drumetz" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EUSIPCO.2016.7760634" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01158900v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Marrero" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01135090v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01072538v2" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Boizard" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Boyer" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Favier" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icassp.2015.7178618" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01135920v2" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Jutten" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-22482-414" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01059060v2" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05434416v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Sdika" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Guyotat" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi&#233;baud Picart" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958946v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02170148v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367935v2" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1002/9781119137252.ch6" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497702v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-05480980v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05337760v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mahieu-Williame" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03301448v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037844v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311795v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01227873v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01371777v3" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016GREAT054" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797507v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:9dc1e7122029d152d0eb4d382ada0d470ef1258c;origin=https://hal.archives-ouvertes.fr/hal-03797507;visit=swh:1:snp:379fa9c50ce54dc9e91aaa9681eb4ca491cf7a95;anchor=swh:1:rel:23476ea6190b9f518d92af8d1c5b73dac17d5c6d;path=/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03782914v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:62304a25bfcb351a4af871645073954fa7e5804a;origin=https://hal.archives-ouvertes.fr/hal-03782914;visit=swh:1:snp:772dcf77ebdbe33f416b1db16618cecc0da4cd47;anchor=swh:1:rel:9300586386bb03dd1027f765686e363cf0d3d014;path=/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406224v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:a5df9cf7e88b8893dc205465dbd7ba6595869d0a;origin=https://hal.archives-ouvertes.fr/hal-03406224;visit=swh:1:snp:18fb7d99d56d01720cd104405c78dfe757c06308;anchor=swh:1:rev:fb43c7c06c6483761726c753df0905510487458b;path=/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03151484v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:8b248e8de9b9f36dc56ce7d300831511ab75c411;origin=https://hal.archives-ouvertes.fr/hal-03151484;visit=swh:1:snp:37434c31fd90851c1f5e2931f76433599d2b50cf;anchor=swh:1:rev:4a1cd279fac42cad9781de97dce1b2c61bf362fe;path=/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02915456v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:ec2a2153951a7f79b7d980ea0d9c7601e5755de9;origin=https://hal.archives-ouvertes.fr/hal-02915456;visit=swh:1:snp:6e4be34b95db089bc5e4455abb4037d0b633b9fe;anchor=swh:1:rev:88782798ee67126597c52fb12312a462e9f6439b;path=/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02915453v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:f6dc646c35c2f8f5ae5d8f6c0f37ed24fe4444da;origin=https://hal.archives-ouvertes.fr/hal-02915453;visit=swh:1:snp:fd7a937b4d29ee53880659f530863df693c22f30;anchor=swh:1:rev:3c97ce0a8ec7515ea36b40912f885286938099a9;path=/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>