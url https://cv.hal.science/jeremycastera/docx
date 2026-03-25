--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -113,9043 +113,9285 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (33)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (34)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preservice physical education teachers’ professional action competence in education for sustainability: a mixed method research</w:t>
+                <w:t xml:space="preserve">THE EFFECT OF IMMERSIVE VIRTUAL REALITY ON STUDENTS’ INTEREST AND MOTIVATION IN CHEMISTRY</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Royet</w:t>
+                <w:t xml:space="preserve">Irwanto Irwanto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérian Cece</w:t>
+                <w:t xml:space="preserve">Indah Sari Mukarramah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vanessa Lentillon-Kaestner</w:t>
+                <w:t xml:space="preserve">Valérie Théric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémy Castéra</w:t>
+                <w:t xml:space="preserve">Patrice Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Vors</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ni Putu Sri Ayuni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 16, </w:t>
+              <w:t xml:space="preserve">Journal of Baltic Science Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 25 (1), pp.74. </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fpsyg.2025.1601026⟩</w:t>
+                <w:t xml:space="preserve">⟨10.33225/jbse/26.25.74⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05158038v1</w:t>
+                <w:t xml:space="preserve">hal-05547211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environnement d’apprentissage et créativité : impact sur l’utilisation des stratégies cognitives créatives des étudiants en situation de résolution de problème</w:t>
+                <w:t xml:space="preserve">Preservice physical education teachers’ professional action competence in education for sustainability: a mixed method research</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amadou Diop</w:t>
+                <w:t xml:space="preserve">Thomas Royet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Cheneval-Armand</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Valérian Cece</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Lentillon-Kaestner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Castéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Mailles Viard Metz</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Vors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Education et socialisation - Les cahiers du CERFEE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/13m16⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpsyg.2025.1601026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05158035v1</w:t>
+                <w:t xml:space="preserve">hal-05158038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Self-perceived Action Competence for Sustainability and Environmental Attitudes</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Environnement d’apprentissage et créativité : impact sur l’utilisation des stratégies cognitives créatives des étudiants en situation de résolution de problème</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amadou Diop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Cheneval-Armand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Castéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Cécile Redondo</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Mailles Viard Metz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Australian Journal of Environmental Education</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/aee.2025.2⟩</w:t>
+              <w:t xml:space="preserve">Education et socialisation - Les cahiers du CERFEE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 75, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/13m16⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05002199v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05158035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mobile learning as instruction prompt guidance to support the inquiry-based learning process: an experimental study on primary school students</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Self-perceived Action Competence for Sustainability and Environmental Attitudes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Nyberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Castéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascale Brandt-Pomares</w:t>
+                <w:t xml:space="preserve">Claire Coiffard Marre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Jégou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Redondo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Review of science, mathematics and ICT education</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.26220/rev.4610⟩</w:t>
+              <w:t xml:space="preserve">Australian Journal of Environmental Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.1-16. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/aee.2025.2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04646377v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05002199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Teachers’ acceptance of an open-source, collaborative, free m-learning app: The predictive role of teachers’ self-approach goals</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mobile learning as instruction prompt guidance to support the inquiry-based learning process: an experimental study on primary school students</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrice Laisney</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Elena Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Castéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Cheneval-Armand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Marchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Brandt-Pomares</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Education and Information Technologies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10639-023-11832-3⟩</w:t>
+              <w:t xml:space="preserve">Review of science, mathematics and ICT education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 18 (1), pp.5-28. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.26220/rev.4610⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04132516v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04646377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">COVID-19 protective behavior When science interest and knowledge matter</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Teachers’ acceptance of an open-source, collaborative, free m-learning app: The predictive role of teachers’ self-approach goals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Mascret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kane Marlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Laisney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Castéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Brandt-Pomares</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Global, Public and One Health</w:t>
+              <w:t xml:space="preserve">Education and Information Technologies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.61034/JGPOH-2024-9⟩</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10639-023-11832-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04572560v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04132516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The use of augmented reality for inquiry-based activity about the phenomenon of seasons: effect on mental effort and learning outcomes</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">COVID-19 protective behavior When science interest and knowledge matter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Castéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Coupaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Coiffard Marre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corine Jegou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Cheneval-Armand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Education </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/feduc.2023.1223656⟩</w:t>
+              <w:t xml:space="preserve">Journal of Global, Public and One Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.61034/JGPOH-2024-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04173453v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04572560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Teachers' and Student Teachers' Attitudes Towards Nature and the Environment - A Comparative Study Between Sweden and France</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">The use of augmented reality for inquiry-based activity about the phenomenon of seasons: effect on mental effort and learning outcomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Castéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Pierre Clement</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Cheneval-Armand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Brandt-Pomares</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scandinavian Journal of Educational Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/00313831.2019.1649717⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Education </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/feduc.2023.1223656⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02435941v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04173453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SELF-EFFICACY AND PRIOR ICT EXPERIENCE: EFFECTS OF INDIVIDUAL DIFFERENCES ON SCIENCE TEACHERS' ACCEPTANCE OF DIGITAL VIDEOS IN ZIMBABWE</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Teachers' and Student Teachers' Attitudes Towards Nature and the Environment - A Comparative Study Between Sweden and France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Nyberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Castéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lawrence Mango</w:t>
+                <w:t xml:space="preserve">Birgitta Mc Ewen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niklas Gericke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Clement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Engineering Applied Sciences and Technology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Scandinavian Journal of Educational Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00313831.2019.1649717⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02497023v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02435941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Self-reported TPACK of teacher educators across six countries in Asia and Europe</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">SELF-EFFICACY AND PRIOR ICT EXPERIENCE: EFFECTS OF INDIVIDUAL DIFFERENCES ON SCIENCE TEACHERS' ACCEPTANCE OF DIGITAL VIDEOS IN ZIMBABWE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Norman Karimazondo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Castéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria A Impedovo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lawrence Mango</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Education and Information Technologies</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Journal of Engineering Applied Sciences and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 4</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02444776v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02497023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développer un questionnaire pour étudier les conceptions de l’évolution du vivant d’élèves de collège : entre cadre didactique et psychométrique</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Self-reported TPACK of teacher educators across six countries in Asia and Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Castéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascale Brandt-Pomares</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Claire Coiffard Marre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaret Chan Kit Yok</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kezang Sherab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Antonietta A Impedovo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RDST - Recherches en didactique des sciences et des technologies </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Education and Information Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 25, pp.3003-3019. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10639-020-10106-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02429956v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02444776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The effects of combining simulations and laboratory experiments on Zimbabwean students’ conceptual understanding of electric circuits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Manunure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Delserieys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Castéra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Research in Science and Technological Education</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, pp.1-19. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/02635143.2019.1629407⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02429945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a questionnaire to study lower secondary school students’ conceptions of biological evolution: between a didactical and a psychometric framework</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Développer un questionnaire pour étudier les conceptions de l’évolution du vivant d’élèves de collège : entre cadre didactique et psychométrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Coupaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Castéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Cheneval-Armand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Brandt-Pomares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Delserieys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDST - Recherches en didactique des sciences et des technologies </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 20, pp.27-59. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, A paraître</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-04019854v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02429956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differences between Korean and French Biology Teachers' Conceptions about Genetic Determinism of Social Behaviors in Human</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Development of a questionnaire to study lower secondary school students’ conceptions of biological evolution: between a didactical and a psychometric framework</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Coupaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Castéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Cheneval-Armand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Brandt-Pomares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hae-Ae Seo</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jérémy Castéra</w:t>
+                <w:t xml:space="preserve">Alice Delserieys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biology Education</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.15717/bioedu.2018.46.2.237⟩</w:t>
+              <w:t xml:space="preserve">RDST - Recherches en didactique des sciences et des technologies </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 20, pp.27-59. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/rdst.2641⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02435946v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04019854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How teachers' attitudes on GMO relate to their environmental values</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Differences between Korean and French Biology Teachers' Conceptions about Genetic Determinism of Social Behaviors in Human</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hae-Ae Seo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Castéra</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Franz Bogner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Environmental Psychology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biology Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 46 (2), pp.237-246. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15717/bioedu.2018.46.2.237⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jenvp.2018.04.002⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01941787v1</w:t>
+                <w:t xml:space="preserve">hal-02435946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring Relationships Among Belief in Genetic Determinism, Genetics Knowledge, and Social Factors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Niklas Gericke</w:t>
+                <w:t xml:space="preserve">How teachers' attitudes on GMO relate to their environmental values</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Castéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rebecca Carver</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pierre Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Munoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franz Bogner</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science and Education</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Environmental Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 57, pp.1-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jenvp.2018.04.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11191-017-9950-y⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01766313v1</w:t>
+                <w:t xml:space="preserve">hal-01941787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Young Adults’ Belief in Genetic Determinism, and Knowledge and Attitudes towards Modern Genetics and Genomics: The PUGGS Questionnaire</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Exploring Relationships Among Belief in Genetic Determinism, Genetics Knowledge, and Social Factors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niklas Gericke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebecca Carver</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Castéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neima Alice Menezes Evangelista</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Coiffard Marre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Science and Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 26 (10), pp.1223 - 1259. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11191-017-9950-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0169808⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01766270v1</w:t>
+                <w:t xml:space="preserve">hal-01766313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Teachers’ conceptions of the environment: anthropocentrism, non-anthropocentrism, anthropomorphism and the place of nature</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Young Adults’ Belief in Genetic Determinism, and Knowledge and Attitudes towards Modern Genetics and Genomics: The PUGGS Questionnaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebecca Bruu Carver</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Castéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niklas Gericke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frances Quinn</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Pierre Clément</w:t>
+                <w:t xml:space="preserve">Neima Alice Menezes Evangelista</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charbel El-Hani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Education Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/13504622.2015.1076767⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 12 (1), pp.e0169808. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0169808⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01766317v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01766270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Teachers' conceptions of Environment in Togo</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Teachers’ conceptions of the environment: anthropocentrism, non-anthropocentrism, anthropomorphism and the place of nature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frances Quinn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Castéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pierre Clement</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Clément</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Educational Journal of the University of Patras UNESCO Chair</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Environmental Education Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 22 (6), pp.893 - 917. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/13504622.2015.1076767⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02444771v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01766317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Learning density in Vanuatu high school with computer simulation: Influence of different levels of guidance</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Teachers' conceptions of Environment in Togo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mensan Azadzi Dzamayovo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Castéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Clement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Education and Information Technologies</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Educational Journal of the University of Patras UNESCO Chair</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 3</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01417717v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02444771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Méthode d'analyse statistique exploratoire pour une étude comparative sur les représentations de la démarche d'investigation d'enseignants de collège</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Learning density in Vanuatu high school with computer simulation: Influence of different levels of guidance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moli Lemuel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Delserieys-Pedregosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Antonietta A Impedovo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Castéra</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alice Delserieys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Review of science, mathematics and ICT education</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Education and Information Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10639-016-9527-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01794680v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01417717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le décloisonnement des disciplines scientifiques et technologiques au collège : quels effets sur les élèves ?</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Saïd Fatma</w:t>
+                <w:t xml:space="preserve">Méthode d'analyse statistique exploratoire pour une étude comparative sur les représentations de la démarche d'investigation d'enseignants de collège</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Coupaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Castéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Larini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Delserieys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Educational Journal of the University of Patras UNESCO Chair</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, EJUP UNESCO Chair, 2 (1), pp.148-159</w:t>
+              <w:t xml:space="preserve">Review of science, mathematics and ICT education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02473580v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01794680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La construction de la notion de vivant et les jeux de personnages virtuels</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pascale Brandt-Pomares</w:t>
+                <w:t xml:space="preserve">Le décloisonnement des disciplines scientifiques et technologiques au collège : quels effets sur les élèves ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Baranes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Castéra Jérémy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjolaine Chatoney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saïd Fatma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Educational Journal of the University of Patras UNESCO Chair</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 2014, pp.148 - 162</w:t>
+              <w:t xml:space="preserve">, 2015, EJUP UNESCO Chair, 2 (1), pp.148-159</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01774238v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02473580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Teachers' Conceptions About the Genetic Determinism of Human Behaviour: A Survey in 23 Countries</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">La construction de la notion de vivant et les jeux de personnages virtuels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rayanne El Jamal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Castéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pierre Clément</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Brandt-Pomares</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science &amp; Education</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Educational Journal of the University of Patras UNESCO Chair</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 2014, pp.148 - 162</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01024280v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01774238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le déterminisme génétique, conceptions de lycéens français et estoniens</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Teachers' Conceptions About the Genetic Determinism of Human Behaviour: A Survey in 23 Countries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Castéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Clément</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tago Sarapuu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Skholê : cahiers de la recherche et du développement</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Science &amp; Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 23 (2), pp.417 - 443. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11191-012-9494-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01024275v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01024280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of French and Estonian students' conceptions in genetic determinism of human behaviours</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Le déterminisme génétique, conceptions de lycéens français et estoniens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Castéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tago Sarapuu</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Clement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biological Education</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Skholê : cahiers de la recherche et du développement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 18 (1), pp.89-98</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01024531v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01024275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of French and Estonian students’ conceptions in genetic determinism of human behaviours</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Comparison of French and Estonian students' conceptions in genetic determinism of human behaviours</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Castéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tago Sarapuu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Clement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Biological Education</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 47 (1), pp.12 - 20. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/00219266.2012.716779⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01766301v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01024531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valeurs implicites dans l'enseignement de la génétique humaine dans les manuels scolaires de cinq pays riverains de la Méditerranée</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Comparison of French and Estonian students’ conceptions in genetic determinism of human behaviours</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Castéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tago Sarapuu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Clement</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tréma</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Biological Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 47 (1), pp.12 - 20. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00219266.2012.716779⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01025430v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01766301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valeurs, représentations et stéréotypes dans les manuels scolaires de la Méditerranée Valeurs implicites dans l'enseignement de la génétique humaine dans les manuels scolaires de cinq pays riverains de la Méditerranée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boujemaa Agoram</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Caravita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Castéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Clement</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Férida Khammar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tréma</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/trema.2638⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02520100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interaction entre connaissances scientifiques et valeurs dans les conceptions d'enseignants français sur le déterminisme génétique de comportements humains</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Valeurs implicites dans l'enseignement de la génétique humaine dans les manuels scolaires de cinq pays riverains de la Méditerranée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boujemaa Agoram</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia Caravita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Castéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Clement</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farida Khammar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RDST - Recherches en didactique des sciences et des technologies </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 1, pp.229 - 246</w:t>
+              <w:t xml:space="preserve">Tréma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 35-36 (Valeurs, représentations et stéréotypes dans les manuels scolaires de la Méditerranée), pp.8 - 20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01024978v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01025430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Teacher’s View of Genetic Determinism in Human Behaviour. What is the Link Between Personal Values and Scientific Knowledge</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Interaction entre connaissances scientifiques et valeurs dans les conceptions d'enseignants français sur le déterminisme génétique de comportements humains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Castéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Clément</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDST - Recherches en didactique des sciences et des technologies </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 1, pp.241-264. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2010, 1, pp.229 - 246</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04019821v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01024978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Teacher’s View of Genetic Determinism in Human Behaviour. What is the Link Between Personal Values and Scientific Knowledge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Castéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Clément</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDST - Recherches en didactique des sciences et des technologies </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 1, pp.241 - 264. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId114" w:history="1">
+              <w:t xml:space="preserve">, 2010, 1, pp.241-264. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/rdst.226⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01766287v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04019821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">A Teacher’s View of Genetic Determinism in Human Behaviour. What is the Link Between Personal Values and Scientific Knowledge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Castéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDST - Recherches en didactique des sciences et des technologies </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 1, pp.241 - 264. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/rdst.226⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01766287v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Genetic diseases and genetic determinism models in French secondary school biology textbooks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Castéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bruguiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Clément</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Biological Education</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 42 (2), pp.53 - 59. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/00219266.2008.9656111⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01766273v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (47)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exploring the Link Between Self-Perceived Action Competence for Sustainability and Environmental Attitudes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Nyberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Castéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Coiffard Marre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Jégou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Redondo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ESERA 2025 Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2025, Copenaghen, Denmark</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05296370v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">COVID-19 protective behavior among French high school students</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Castéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Coupaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Coiffard Marre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Jégou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Cheneval-Armand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The 14th conference of European Researchers in Didactics of Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04652329v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evaluating Action Competence and Environmental Values Among Student Teachers: Impact of Training Programs Addressing Sustainable Development Goals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Castéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Nyberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Jégou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Coiffard Marre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Redondo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biennale internationale de l'ARIS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Lausanne ( CH), Switzerland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04652318v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Projet LaboRA : développement du raisonnement scientifique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Rougeot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Jeannin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Tarride</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Fosset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Moustier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4ème speed-dating du CréativLab Ampiric</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Marseille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04094747v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dessiner et raconter le hasard et l’évolution du vivant dans le jeu Darwinium, en collège</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Tortochot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Coupaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Cheneval-Armand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Brandt-Pomares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Castéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Telling Science, Drawing Science / Sciences en récit, Science en image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, STIMULI, Jun 2022, Angoulême, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03755153v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Utilisation d’un outil de mobile learning intégrant de la réalité augmentée pour les enseignements-apprentissages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Castéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Cheneval-Armand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Marchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Brandt-Pomares</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée de la pédagogie organisée par le Centre d’Innovation Pédagogique et d’Evaluation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Marseille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03695868v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impact des espaces d’apprentissage-capacitants-innovants sur les processus cognitifs associés à la créativité des étudiants : le cas du CIPE d’Aix Marseille Université</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amadou Diop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Cheneval-Armand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Castéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Mailles Viard Metz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6ème colloque International du RAIFFET- Éducation technologique, formation professionnelle et nouveaux rapports aux savoirs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Marseille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03695873v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le projet LaboRA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Rougeot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Castéra</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cycle de séminaire AMPIRIC: La réalité augmentée pour developper le raisonnement scientifique des élèves</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Marseille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03695864v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Students' (12-13 years old) ideas about chance and evolution during the game Darwinium during a playful activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Coupaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Castéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel Rotenberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Tortochot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Jégou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ERIDOB 2022, European Researchers In Didactics Of Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Nicosia, Cyprus</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04019797v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Usage des espaces d’apprentissage capacitants au service de « l’agir ensemble » : impact sur les processus cognitifs liés à la créativité des étudiants.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amadou Diop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Cheneval-Armand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Castéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Mailles Viard Metz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Agir ensemble dans l’enseignement supérieur : enjeux et perspectives (AIPU)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Rennes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03695874v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">TPACK of teacher educators: a study across six countries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Castéra</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conocimiento tecnológico para la enseñanza STEAM: Vías de colaboración profesional docente entre Francia y Chile</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2022, Santiago, Chile</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03695877v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyse quantitative des données de recherche : Introduction au logiciel statistique R (Workshop)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Castéra</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sixième colloque international du RAIFFET</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Libreville, Gabon</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04019803v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude d’un processus d’enseignement-apprentissage incluant de la réalité augmentée pour développer le raisonnement scientifique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Castéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Cheneval-Armand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Marchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Brandt-Pomares</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée scientifique et de restitution des ressources d’AMPIRIC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Marseille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03695866v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">impact des espaces d'apprentissage-capacitants-innovants sur les processus cognitifs associés à la créativité des étudiants : le cas du CIPE d'Aix Marseille Université.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amadou Diop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Cheneval-Armand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremy Jc Castera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Mailles Viard Metz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sixième Colloque international du RAIFFET du 4 au 8 juillet 2022 à Libreville au GABON</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ecole Normale Supérieure de KOUDOUGOU, Jul 2022, LIBREVILLE, Gabon</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04795248v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impact des espaces d'apprentissage-capacitant-innovants sur les processus cognitifs associés à la créativité des étudiants : le cas des CIPE'Lab d'Aix Marseille Université</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amadou Diop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Cheneval-Armand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Mailles Viard Metz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Castéra</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6e colloque international du RAIFFET — Éducation technologique, formation professionnelle et nouveaux rapports aux savoirs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Libreville (Ecole Normale de l'Enseignement Technique - ENSET), Gabon</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05564288v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réalité augmentée au service du raisonnement scientifique, le projet LaboRA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Castéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Rougeot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CreativLab, Expérimenter ensemble pour apprendre autrement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Marseille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03695876v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Influence of Augmented Reality activities on students’ cognitive load and learning outcomes.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Castéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Cheneval-Armand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Marchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Leterme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IOSTE SYMPOSIUM 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2021, Daegu, South Korea</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03171662v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">IDEAS OF CHANCE AND EVOLUTION FOLLOWING A GAME PLAYED IN A FRENCH LOWER SECONDARY SCHOOL</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Coupaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Gobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel Rotenberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Brandt-Pomares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Castéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Science Education Research Association</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, Lisbonne, Portugal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03697075v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Méta-conception d’un jeu pour aborder l’évolution du vivant en classe.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Coupaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Jégou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Brandt-Pomares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Castéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Cheneval-Armand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">l’Association pour la Recherche en Didactique des Sciences et des Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2021, Bruxelles, Belgique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03698202v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Augmented Reality for Teacher Education faculties (ARTEfac): images of the Earth-sun model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Cheneval-Armand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Castéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Albrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Leterme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Jégou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Symposium the Redesigning Pedagogy Internationall Conference 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2020, Singapour, Singapore</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02449127v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Workshop : Quantitative analysis of research data: Introduction to R Statistical Software</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Castéra</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The 6th SIEST Mediterranean conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Patras, Greece</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02914379v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Designing a game for teaching challenging STEM concepts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Delserieys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Coupaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Brandt-Pomares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Castéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Cheneval-Armand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1st International Conference on Innovation in Learning Instruction and Teacher Education - ILITE 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, Hanoi, Vietnam</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02429959v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quantitative study of lower-secondary school student'acceptance of evolution in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Coupaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Castéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jegou Corinne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Gobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Brandt-Pomares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ESERA 2019, Conference of the European Science Education Research Association</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Bologne, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02435943v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jouer pour enseigner et comprendre l’évolution du vivant et le hasard au collège</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jegou Corinne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel Rotenberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Brandt-Pomares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Castéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Cheneval-Armand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque Jeux &amp; Enjeux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, MARSEILLE, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02435945v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">QUANTITATIVE STUDY OF LOWER-SECONDARY SCHOOL STUDENTS' ACCEPTANCE OF EVOLUTION IN FRANCE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Coupaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Castéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Jégou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Gobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Brandt-Pomares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Science Education Research Association</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Bologne, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03698211v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Investigating the Relationship Between Beliefs in Genetic Determinism as Related to Knowledge in Genetics and Genomics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niklas Gericke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebecca Bruu Carver</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Castéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neima Alice Menezes Evangelista</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Coiffard Marre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ERIDOB 2018, European Researchers In Didactics Of Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Zaragoza, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02444758v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conception d'un jeu pour comprendre l'évolution du vivant en lien avec le hasard : projet UnREST</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Delserieys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Brandt-Pomares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Castéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Coiffard Marre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Coupaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées scientifiques – SFERE Provence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Aix-en-Provence, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02444765v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'expertise en éducation et formation : un exemple d'étude des programmes des institutions de formation des enseignants en Haïti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Castéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Fauguet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5ème colloque international du RAIFFET</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Douala, Cameroun</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02444768v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Self-efficacy and Prior ICT experience: Effects of individual differences on science teachers’ acceptance of digital videos in the Zimbabwean context</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Norman Karimazondo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Castéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Antonietta A Impedovo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edistio Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3rd International Science and Mathematics Educators’ Conference (ISMEC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2017, Bindura, Zimbabwe</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02444762v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’intention des enseignants de mettre en œuvre l’apprentissage coopératif en classe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kettie Saint Fleur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Mencacci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Castéra</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5ème colloque international du RAIFFET</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Douala, Cameroun</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02444760v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Building and validating tools for assessing Public Understanding of Genetics and Genomics (PUGGS)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Castéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebecca Bruu Carver</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Future Directions in Genetics Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Geneva, Switzerland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02477297v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teachers’ Conceptions of Nature and Environment in Togo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mensan Azadzi Dzamayovo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Castéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XVII IOSTE Symposium (The International Organization for Science and Technology Education)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Braga, Portugal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02477260v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teachers’ conceptions of Environment in West Africa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Clement</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Castéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lawrence Ntam Nchia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Ndong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivette Béré-Yoda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ERIDOB 2016, European Researchers In Didactics Of Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Karlstad, Sweden</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02477277v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Is there an evolution, from 2005 to 2015, of the Lebanese pre-service teachers’ conceptions related to questions of biology, health and environment?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paula Abou Tayeh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Clement</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Castéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iman Khalil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IOSTE (The International Organization for Science and Technology Education)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Istanbul, Turkey</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02477343v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">More South Korean teachers are instructed, less they are hereditarianist</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hae-Ae Seo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Castéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Clement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IOSTE (The International Organization for Science and Technology Education)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Istanbul, Turkey</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02477314v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Biohead-citizen project: A first step for initiating curriculum reform</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Castéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Clement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2nd International Science &amp; Mathematics Education Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Bindura, Zimbabwe</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02477328v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teachers’ conceptions of gender equality in France and Turkey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Clement</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Castéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hulya Hamurcu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bulent Cavas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasemin Gunay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IOSTE (The International Organization for Science and Technology Education)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Istanbul, Turkey</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02477319v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Relationship between Environmental Values and GMO attitudes among teachers of 30 countries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Castéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Clement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ESERA 2015, Conference of the European Science Education Research Association</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Helsinki, Finland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02477325v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Is there a Correlation between Health Promotion and Preservation of Environment? An analysis of Teachers’ Conceptions in 30 countries.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Castéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Clement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IOSTE(The International Organization for Science and Technology Education)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Istanbul, Turkey</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02477330v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Learning density in Vanuatu high school with computer simulation : Influence of different levels of guidance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moli Lemuel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Delserieys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Antonietta A Impedovo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Castéra</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3rd Vaka Pacifiki Educational Conference, Honiara, Solomon Islands </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Solomon Island, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01442879v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tracing student's ideas on how predictable maybe and why</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georgios Ampatzidis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Delserieys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marida Ergazaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jegou Corinne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Castéra</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ESERA 2015, Conference of the European Science Education Research Association</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Helsinki, Finland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02477334v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Education à l’Environnement et formation professionnelle : conception d’enseignants africains et européens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Castéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Jégou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Clement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4e colloque International du RAIFFET</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Marrakech, Maroc</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02525080v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teachers' conceptions of biological determinism in five countries: Denmark, Estonia, Finland, France and Italy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Castéra</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ESERA 2013 / Strand 12: Cultural, social and gender issues in science and technology education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Nicosia, Cyprus. 10 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01026084v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Creationism and innatism of teachers in 26 countries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Quessada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Castéra</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Science &amp; Technology Education for Development, Citizenship and Social Justice (IOSTE-14)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Hammamet, Tunisia. 11 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01026102v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">TEACHERS' CONCEPTIONS ON ENVIRONMENT AND GMO IN TWELVE EUROPEAN COUNTRIES</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Castéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charline Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia Caravita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna-Liisa Rauma-Kosonen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Socio-cultural and Human Values in Science and Technology Education, IOSTE XIV</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Bled, Slovenia. p. 227-230</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01026068v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les conceptions d'enseignants de 14 pays sur le déterminisme génétique de certaines performances et comportements humains.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Castéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Clement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sixièmes journées scientifiques de l'ARDiST</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2009, Nantes, France. 13 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01025471v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les conceptions d'enseignants du primaire et du secondaire sur le déterminisme biologique de la personnalité humaine dans 12 pays d’Europe, d'Afrique et du Moyen Orient.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Castéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Munoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Clement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès international AREF 2007 (Actualité de la Recherche en Education et en Formation)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02520254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">VirtualPal: a remote undergraduate invertebrate paleontology practical course using 3D fossils</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Suchéras-Marx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Ternois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jules Fleury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Ré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Martin-Garin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...4926 lines deleted...]
-                <w:t xml:space="preserve">hal-02520254v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05263427v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Actes du 6e Colloque international du RAIFFET à l'ENSET de Libreville (GABON) en 2022</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Cheneval-Armand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Mouity</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innocent Mbouya Fassé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Castéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Éducation technologique, formation professionnelle et nouveaux rapports aux savoirs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Libreville, Gabon. 2024, Collection INSPÉ Aix-Marseille Université</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04796764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9159,143 +9401,143 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rôle des outils numériques au sein des dispositifs hybrides d’enseignement et d’apprentissage. Ce document est rédigé par les équipes de recherche dans le cadre des GTnum du ministère de l'Éducation nationale et de la Jeunesse. La responsabilité des contenus publiés leur appartient. GTnum 2.9 #formescolairehybride 2020-2022</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mascret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kane Marlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Laisney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Castéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Brandt-Pomares</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04335154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9305,416 +9547,416 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Métaconception d'un prototype de jeu sur l'évolution du vivant : dialectique entre analyses didactiques et activité créative de conception</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Coupaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Gobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel Rotenberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Brandt-Pomares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Castéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Roy, Emeline; Papon, Lola. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Créer pour éduquer en faveur de la persévérance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Delatour France, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04019647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiple Representations of Human Genetics in Biology Textbooks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Castéra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">D.F. Treagust and C.-Y. Tsui. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Multiple Representations in Biological Education</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer, pp.147-164, 2014, Models and Modeling in Science Education, 7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01026089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A GENDER EFFECT RELATED TO TEACHERS' CONCEPTIONS ON BIOLOGICAL GENDER DIFFERENCES. A SURVEY IN 14 COUNTRIES</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Castéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Clement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">M. Hammann, A.J. Waarlo &amp; K.Th. Boersma. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Nature of Research in Biological Education: Old and New Perspectives on Theoretical and Methodological Issues</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Utrecht (The Netherlands): CD-B Press, pp.343 - 360, 2009, ISBN 978-90-73346-66-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01025704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The genetic determinism of human performances. A comparison between teachers' conceptions in Finland and France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Castéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Clement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">M.F.Tasar &amp; G.Cakmakci. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Contemporary Science Education Research: International Perspectives.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ankara, Turkey: Pegem Akademi, pp.459-466, 2009, ISBN 9786053640318</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01025495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9724,370 +9966,370 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quels leviers doit-on privilégier dans la formation professionnelle des enseignants pour la pratique de l'apprentissage coopératif dans les classes?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kettie Saint Fleur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Mencacci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Castéra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée Scientifique SFERE-Provence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Aix en provence, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02371048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeu éducatif sur le hasard et l’évolution pour les élèves en science</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Delserieys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Cheneval-Armand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Brandt-Pomares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Castéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Coiffard Marre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée Scientifique SFERE-Provence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Aix en provence, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02113889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'efficacité du modèle mixte dans la formation des formateurs d’enseignants: Le project BLTeae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Antonietta A Impedovo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Delserieys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Castéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Cheneval-Armand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Brandt-Pomares</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée Scientifique SFERE-Provence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Aix en Provence, France. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01680401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10097,143 +10339,143 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'efficacité du modèle mixte dans la formation des formateurs d’enseignants: Le project BLTeae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Antonietta A Impedovo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Delserieys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Castéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Cheneval-Armand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Brandt-Pomares</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">medihal-01697895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10243,122 +10485,122 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude des programmes de formation des institutions de formation des enseignants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Fauguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Castéra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport Technique] RAIFFET. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02477254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId214"/>
+      <w:footerReference w:type="default" r:id="rId222"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -10505,51 +10747,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158038v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Royet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rian Cece" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Lentillon-Kaestner" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Cast&#233;ra" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Vors" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2025.1601026" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158035v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadou Diop" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Cheneval-Armand" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Mailles Viard Metz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13m16" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05002199v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Nyberg" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Coiffard Marre" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne J&#233;gou" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Redondo" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/aee.2025.2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04646377v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Martin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Marchi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Brandt-Pomares" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26220/rev.4610" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04132516v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mascret" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kane Marlin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Laisney" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10639-023-11832-3" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572560v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Coupaud" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Jegou" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.61034/JGPOH-2024-9" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173453v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feduc.2023.1223656" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435941v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birgitta Mc Ewen" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niklas Gericke" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Clement" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00313831.2019.1649717" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02497023v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norman Karimazondo" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria A Impedovo" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lawrence Mango" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02444776v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaret Chan Kit Yok" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kezang Sherab" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Antonietta A Impedovo" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10639-020-10106-6" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429956v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Delserieys" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429945v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Manunure" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02635143.2019.1629407" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019854v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rdst.2641" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-GVQ2D3CR-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435946v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hae-Ae Seo" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cl&#233;ment" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15717/bioedu.2018.46.2.237" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01941787v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Munoz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franz Bogner" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvp.2018.04.002" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766313v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Carver" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neima Alice Menezes Evangelista" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11191-017-9950-y" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766270v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Bruu Carver" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charbel El-Hani" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0169808" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766317v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frances Quinn" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13504622.2015.1076767" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02444771v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mensan Azadzi Dzamayovo" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417717v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moli Lemuel" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Delserieys-Pedregosa" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10639-016-9527-4" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01794680v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Larini" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02473580v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Baranes" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cast&#233;ra J&#233;r&#233;my" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Chatoney" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Fatma" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01774238v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rayanne El Jamal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024280v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11191-012-9494-0" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024275v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tago Sarapuu" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024531v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00219266.2012.716779" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766301v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01025430v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boujemaa Agoram" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Caravita" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farida Khammar" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520100v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;rida Khammar" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/trema.2638" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024978v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019821v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rdst.226" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766287v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766273v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bruguiere" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00219266.2008.9656111" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263427v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Such&#233;ras-Marx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Ternois" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Fleury" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul R&#233;" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Martin-Garin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05296370v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652329v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652318v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04094747v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Rougeot" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Jeannin" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Tarride" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fosset" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Moustier" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695874v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695868v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03755153v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Tortochot" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695873v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695864v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019797v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Rotenberg" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695877v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019803v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795248v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Jc Castera" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695866v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695876v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171662v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Leterme" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03697075v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gobert" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698202v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02449127v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Albrand" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435943v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jegou Corinne" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429959v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02914379v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435945v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698211v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02444758v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02444765v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02444768v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Fauguet" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02444762v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edistio Martinez" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02444760v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kettie Saint Fleur" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Mencacci" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477260v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477297v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477277v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lawrence Ntam Nchia" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Ndong" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivette B&#233;r&#233;-Yoda" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477343v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Abou Tayeh" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iman Khalil" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477314v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477328v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477319v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hulya Hamurcu" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bulent Cavas" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasemin Gunay" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477325v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477330v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01442879v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477334v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Ampatzidis" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marida Ergazaki" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01026084v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02525080v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01026102v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Quessada" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01026068v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Laurent" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna-Liisa Rauma-Kosonen" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01025471v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520254v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796764v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Richard" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Mouity" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Innocent Mbouya Fass&#233;" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04335154v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019647v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01026089v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01025704v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01025495v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02371048v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02113889v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01680401v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/medihal-01697895v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477254v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05547211v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irwanto Irwanto" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Indah Sari Mukarramah" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Th&#233;ric" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Bonnet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ni Putu Sri Ayuni" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33225/jbse/26.25.74" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158038v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Royet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rian Cece" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Lentillon-Kaestner" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Cast&#233;ra" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Vors" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2025.1601026" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158035v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadou Diop" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Cheneval-Armand" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Mailles Viard Metz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13m16" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05002199v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Nyberg" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Coiffard Marre" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne J&#233;gou" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Redondo" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/aee.2025.2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04646377v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Martin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Marchi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Brandt-Pomares" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26220/rev.4610" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04132516v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mascret" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kane Marlin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Laisney" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10639-023-11832-3" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572560v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Coupaud" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Jegou" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.61034/JGPOH-2024-9" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173453v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feduc.2023.1223656" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435941v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birgitta Mc Ewen" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niklas Gericke" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Clement" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00313831.2019.1649717" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02497023v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norman Karimazondo" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria A Impedovo" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lawrence Mango" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02444776v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaret Chan Kit Yok" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kezang Sherab" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Antonietta A Impedovo" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10639-020-10106-6" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429945v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Manunure" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Delserieys" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02635143.2019.1629407" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429956v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019854v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rdst.2641" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-GVQ2D3CR-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435946v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hae-Ae Seo" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cl&#233;ment" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15717/bioedu.2018.46.2.237" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01941787v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Munoz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franz Bogner" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvp.2018.04.002" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766313v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Carver" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neima Alice Menezes Evangelista" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11191-017-9950-y" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766270v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Bruu Carver" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charbel El-Hani" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0169808" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766317v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frances Quinn" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13504622.2015.1076767" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02444771v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mensan Azadzi Dzamayovo" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417717v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moli Lemuel" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Delserieys-Pedregosa" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10639-016-9527-4" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01794680v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Larini" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02473580v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Baranes" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cast&#233;ra J&#233;r&#233;my" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Chatoney" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Fatma" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01774238v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rayanne El Jamal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024280v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11191-012-9494-0" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024275v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tago Sarapuu" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024531v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00219266.2012.716779" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766301v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520100v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boujemaa Agoram" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Caravita" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;rida Khammar" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/trema.2638" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01025430v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farida Khammar" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024978v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019821v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rdst.226" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766287v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766273v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bruguiere" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00219266.2008.9656111" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05296370v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652329v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652318v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04094747v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Rougeot" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Jeannin" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Tarride" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fosset" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Moustier" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03755153v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Tortochot" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695868v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695873v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695864v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019797v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Rotenberg" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695874v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695877v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019803v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695866v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795248v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Jc Castera" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05564288v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695876v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171662v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Leterme" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03697075v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gobert" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698202v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02449127v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Albrand" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02914379v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429959v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435943v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jegou Corinne" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435945v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698211v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02444758v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02444765v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02444768v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Fauguet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02444762v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edistio Martinez" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02444760v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kettie Saint Fleur" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Mencacci" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477297v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477260v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477277v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lawrence Ntam Nchia" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Ndong" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivette B&#233;r&#233;-Yoda" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477343v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Abou Tayeh" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iman Khalil" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477314v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477328v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477319v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hulya Hamurcu" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bulent Cavas" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasemin Gunay" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477325v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477330v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01442879v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477334v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Ampatzidis" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marida Ergazaki" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02525080v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01026084v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01026102v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Quessada" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01026068v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Laurent" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna-Liisa Rauma-Kosonen" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01025471v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520254v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263427v2" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Such&#233;ras-Marx" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Ternois" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Fleury" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul R&#233;" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Martin-Garin" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796764v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Richard" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Mouity" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Innocent Mbouya Fass&#233;" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04335154v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019647v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01026089v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01025704v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01025495v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02371048v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02113889v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01680401v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/medihal-01697895v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477254v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>