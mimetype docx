--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -66,7192 +66,7192 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (128)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (129)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mummified Palaeogene Spirostreptida and Julida (Arthropoda, Diplopoda) from southern France</w:t>
+                <w:t xml:space="preserve">Kink-bands as drivers of hygroscopic response in flax fibres: A multi-scale investigation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jules Charrondière</w:t>
+                <w:t xml:space="preserve">Loren Morgillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mickaël Lhéritier</w:t>
+                <w:t xml:space="preserve">Lèna Brionne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bastien Mennecart</w:t>
+                <w:t xml:space="preserve">Xavier Falourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dmitry Kopylov</w:t>
+                <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Adrien</w:t>
+                <w:t xml:space="preserve">Bérangère Lesaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Papers in Palaeontology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 11 (5), pp.e70035. </w:t>
+              <w:t xml:space="preserve">Industrial Crops and Products</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 240, pp.122613. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/spp2.70035⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.indcrop.2025.122613⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05268754v1</w:t>
+                <w:t xml:space="preserve">hal-05559440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enchytraeids: Small but important ecosystem engineers</w:t>
+                <w:t xml:space="preserve">A multiscale survey of the “Buckle Gum”: Hydrostatic response of elastomers filled with hollow thermoplastic microspheres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Serbource</w:t>
+                <w:t xml:space="preserve">Hugo Madeira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Sammartino</w:t>
+                <w:t xml:space="preserve">Lucas Tanné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Cornu</w:t>
+                <w:t xml:space="preserve">Ivanna Pivdiablyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Justine Papillon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Adrien</w:t>
+                <w:t xml:space="preserve">Michel Coret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Rublon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geoderma</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.geoderma.2024.117150⟩</w:t>
+              <w:t xml:space="preserve">Materials &amp; Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 260, pp.115234. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.matdes.2025.115234⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04867410v1</w:t>
+                <w:t xml:space="preserve">hal-05395586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of sintering temperature and atmosphere on densification behaviour and microstructure of the H13 tool steel</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hybrid auxetics: Postponing failure with elastomer infiltration of Ti-6Al-4V lattices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélien Etiemble</w:t>
+                <w:t xml:space="preserve">Frédéric Albertini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Boulnat</w:t>
+                <w:t xml:space="preserve">Justin Dirrenberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Faye</w:t>
+                <w:t xml:space="preserve">Cyrille Sollogoub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandra Simon</w:t>
+                <w:t xml:space="preserve">Andrey Molotnikov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Powder Metallurgy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">International Journal of Mechanical Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 306, pp.110704. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/00325899251380923⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijmecsci.2025.110704⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05326669v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05253493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X-ray computed tomography investigation on the geopolymer matrix formation during the binder jetting additive manufacturing process</w:t>
+                <w:t xml:space="preserve">Analysis of the mechanical damage of a solid-state recycled aluminium alloy under tensile loading</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Adrien</w:t>
+                <w:t xml:space="preserve">Lola Lilensten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Elsayed</w:t>
+                <w:t xml:space="preserve">Mathilde Laurent-Brocq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Gobbin</w:t>
+                <w:t xml:space="preserve">Amandine Duchaussoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Italiano</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">E. Maire</w:t>
+                <w:t xml:space="preserve">Eric Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Additive Manufacturing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.addma.2025.104852⟩</w:t>
+              <w:t xml:space="preserve">Materials Science and Engineering: A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 944, pp.148896. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.msea.2025.148896⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05247828v1</w:t>
+                <w:t xml:space="preserve">hal-05225224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electron-Beam Powder Bed Fusion of High-Carbon Co-Cr-Mo Alloys for Industrial Applications</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mummified Palaeogene Spirostreptida and Julida (Arthropoda, Diplopoda) from southern France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jules Charrondière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kenta Yamanaka</w:t>
+                <w:t xml:space="preserve">Mickaël Lhéritier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shoya Aota</w:t>
+                <w:t xml:space="preserve">Bastien Mennecart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manami Mori</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jerome Adrien</w:t>
+                <w:t xml:space="preserve">Dmitry Kopylov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Funtai Oyobi Funmatsu Yakin ==</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2497/jjspm.15B-T6-08⟩</w:t>
+              <w:t xml:space="preserve">Papers in Palaeontology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 11 (5), pp.e70035. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/spp2.70035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05345713v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05268754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Image-based geometry calibration for a double-tomograph</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Enchytraeids: Small but important ecosystem engineers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Serbource</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Sammartino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rafael Vargas</w:t>
+                <w:t xml:space="preserve">Sophie Cornu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Viktor Kosin</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Justine Papillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Clément Jailin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Measurement Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6501/ae26a4⟩</w:t>
+              <w:t xml:space="preserve">Geoderma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 453, pp.117150. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.geoderma.2024.117150⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05390090v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04867410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of the mechanical damage of a solid-state recycled aluminium alloy under tensile loading</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">X-ray computed tomography investigation on the geopolymer matrix formation during the binder jetting additive manufacturing process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Adrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Elsayed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lola Lilensten</w:t>
+                <w:t xml:space="preserve">F. Gobbin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Laurent-Brocq</w:t>
+                <w:t xml:space="preserve">A. Italiano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amandine Duchaussoy</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Eric Maire</w:t>
+                <w:t xml:space="preserve">E. Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Science and Engineering: A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.msea.2025.148896⟩</w:t>
+              <w:t xml:space="preserve">Additive Manufacturing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 109, pp.104852. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.addma.2025.104852⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05225224v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05247828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A multiscale survey of the “Buckle Gum”: Hydrostatic response of elastomers filled with hollow thermoplastic microspheres</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Electron-Beam Powder Bed Fusion of High-Carbon Co-Cr-Mo Alloys for Industrial Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kenta Yamanaka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hugo Madeira</w:t>
+                <w:t xml:space="preserve">Shoya Aota</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucas Tanné</w:t>
+                <w:t xml:space="preserve">Manami Mori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ivanna Pivdiablyk</w:t>
+                <w:t xml:space="preserve">Nobuyuki Sasaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Coret</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Rublon</w:t>
+                <w:t xml:space="preserve">Jerome Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials &amp; Design</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.matdes.2025.115234⟩</w:t>
+              <w:t xml:space="preserve">Funtai Oyobi Funmatsu Yakin ==</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 72, pp.S409-S414. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2497/jjspm.15B-T6-08⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05395586v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05345713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hybrid auxetics: Postponing failure with elastomer infiltration of Ti-6Al-4V lattices</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of sintering temperature and atmosphere on densification behaviour and microstructure of the H13 tool steel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Lacorne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Albertini</w:t>
+                <w:t xml:space="preserve">Aurélien Etiemble</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Justin Dirrenberger</w:t>
+                <w:t xml:space="preserve">Xavier Boulnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyrille Sollogoub</w:t>
+                <w:t xml:space="preserve">Romain Faye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrey Molotnikov</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Adrien</w:t>
+                <w:t xml:space="preserve">Sandra Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Mechanical Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 306, pp.110704. </w:t>
+              <w:t xml:space="preserve">Powder Metallurgy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijmecsci.2025.110704⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/00325899251380923⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05253493v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05326669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insights into stylophoran anatomy and taphonomy based on an exceptionally preserved mitrate from the Lorraine Group (Upper Ordovician) of New York, USA</w:t>
+                <w:t xml:space="preserve">Image-based geometry calibration for a double-tomograph</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Boisset</w:t>
+                <w:t xml:space="preserve">Rafael Vargas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bertrand Lefebvre</w:t>
+                <w:t xml:space="preserve">Viktor Kosin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rich Mooi</w:t>
+                <w:t xml:space="preserve">Joël Lachambre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andreas Kroh</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Viola Winkler</w:t>
+                <w:t xml:space="preserve">Clément Jailin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers de Biologie Marine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.21411/CBM.A.33CFD1AB⟩</w:t>
+              <w:t xml:space="preserve">Measurement Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 37 (1), pp.015404. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6501/ae26a4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05352562v1</w:t>
+                <w:t xml:space="preserve">hal-05390090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damage mechanisms of a metastable β-titanium alloy with bimodal microstructure revealed by void growth models using synchrotron X-ray microtomography</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Understanding of water uptake mechanisms in an epoxy joint characterized by pore-type defects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreea Tintatu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bin Gu</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">C. Badulescu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bidaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Le Grognec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rare Metals</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, </w:t>
+              <w:t xml:space="preserve">The Journal of Adhesion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 100 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s12598-024-03029-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/00218464.2023.2187293⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04890874v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04027291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of sample dimensions on the stiffness of PA12 Lattice materials fabricated using Powder Bed Fusion</w:t>
+                <w:t xml:space="preserve">Insights into stylophoran anatomy and taphonomy based on an exceptionally preserved mitrate from the Lorraine Group (Upper Ordovician) of New York, USA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Cobian</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">J. Adrien</w:t>
+                <w:t xml:space="preserve">Thomas Boisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">U. Freitas</w:t>
+                <w:t xml:space="preserve">Bertrand Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. P. Fernandez-Blazquez</w:t>
+                <w:t xml:space="preserve">Rich Mooi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Kroh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viola Winkler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Additive Manufacturing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.addma.2024.104382⟩</w:t>
+              <w:t xml:space="preserve">Cahiers de Biologie Marine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 65, pp.511-516. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21411/CBM.A.33CFD1AB⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04779379v1</w:t>
+                <w:t xml:space="preserve">hal-05352562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D characterization of closure of surface and internal fatigue cracks in nodular cast iron using Digital Volume Correlation of laboratory X-ray tomography images</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Damage mechanisms of a metastable β-titanium alloy with bimodal microstructure revealed by void growth models using synchrotron X-ray microtomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bin Gu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Joel Lachambre</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves Nadot</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ning Dang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Werner Skrotzki</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Fatigue</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijfatigue.2024.108226⟩</w:t>
+              <w:t xml:space="preserve">Rare Metals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12598-024-03029-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04672908v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04890874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Smoothing and Cicatrization of Isotactic Polypropylene/Fe 3 O 4 Nanocomposites via Magnetic Hyperthermia</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effect of sample dimensions on the stiffness of PA12 Lattice materials fabricated using Powder Bed Fusion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Fritz</w:t>
+                <w:t xml:space="preserve">L. Cobian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Ea</w:t>
+                <w:t xml:space="preserve">U. Freitas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florent Dalmas</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Adrien</w:t>
+                <w:t xml:space="preserve">J. P. Fernandez-Blazquez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Polymer Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 6 (23), pp.14084-14094. </w:t>
+              <w:t xml:space="preserve">Additive Manufacturing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 93, </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsapm.3c03205⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.addma.2024.104382⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04534946v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04779379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of three-dimensional volumetric displacement fields in structural porous adhesive joints, under tensile and tensile-shear load, by means of in-situ X-ray microtomography</w:t>
+                <w:t xml:space="preserve">3D characterization of closure of surface and internal fatigue cracks in nodular cast iron using Digital Volume Correlation of laboratory X-ray tomography images</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Badulescu</w:t>
+                <w:t xml:space="preserve">Ce Xiao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Dumont</w:t>
+                <w:t xml:space="preserve">Ruobin Sun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Diakhaté</w:t>
+                <w:t xml:space="preserve">Joel Lachambre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Bunea</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">G. Stamoulis</w:t>
+                <w:t xml:space="preserve">Yves Nadot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Adhesion and Adhesives</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijadhadh.2024.103635⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Fatigue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 182, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijfatigue.2024.108226⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04490490v1</w:t>
+                <w:t xml:space="preserve">hal-04672908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The ball-on-three-balls strength test: In-situ testing through X-ray radiography and tomography</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Smoothing and Cicatrization of Isotactic Polypropylene/Fe 3 O 4 Nanocomposites via Magnetic Hyperthermia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maximilian Staudacher</w:t>
+                <w:t xml:space="preserve">Simon Fritz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gustavo Pinzón</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Laura Ea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Dalmas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">E Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Open Ceramics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.oceram.2023.100514⟩</w:t>
+              <w:t xml:space="preserve">ACS Applied Polymer Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 6 (23), pp.14084-14094. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsapm.3c03205⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04490645v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04534946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New Cretaceous neosuchians (Crocodylomorpha) from Thailand bridge the evolutionary history of atoposaurids and paralligatorids</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Measurement of three-dimensional volumetric displacement fields in structural porous adhesive joints, under tensile and tensile-shear load, by means of in-situ X-ray microtomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Badulescu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yohan Pochat-Cottilloux</w:t>
+                <w:t xml:space="preserve">M. Diakhaté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Komsorn Lauprasert</w:t>
+                <w:t xml:space="preserve">M. Bunea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phornphen Chanthasit</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Adrien</w:t>
+                <w:t xml:space="preserve">G. Stamoulis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zoological Journal of the Linnean Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/zoolinnean/zlad195⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Adhesion and Adhesives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 130, pp.103635. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijadhadh.2024.103635⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04388182v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04490490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Head anatomy and phylogenomics show the Carboniferous giant Arthropleura belonged to a millipede-centipede group</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mickaël Lhéritier</w:t>
+                <w:t xml:space="preserve">The ball-on-three-balls strength test: In-situ testing through X-ray radiography and tomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maximilian Staudacher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gregory D Edgecombe</w:t>
+                <w:t xml:space="preserve">Gustavo Pinzón</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Russell J Garwood</w:t>
+                <w:t xml:space="preserve">J. Lachambre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrien Buisson</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alexis Gerbe</w:t>
+                <w:t xml:space="preserve">E Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Advances </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1126/sciadv.adp6362⟩</w:t>
+              <w:t xml:space="preserve">Open Ceramics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 17, pp.100514. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.oceram.2023.100514⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04746609v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04490645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Size, not phylogeny, explains the morphology of the endosseous labyrinth in the crown clade Crocodylia</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId109" w:history="1">
+                <w:t xml:space="preserve">New Cretaceous neosuchians (Crocodylomorpha) from Thailand bridge the evolutionary history of atoposaurids and paralligatorids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Pochat-Cottilloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gwendal Perrichon</w:t>
+                <w:t xml:space="preserve">Komsorn Lauprasert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Hautier</w:t>
+                <w:t xml:space="preserve">Phornphen Chanthasit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Rinder</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Romain Amiot</w:t>
+                <w:t xml:space="preserve">Sita Manitkoon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Anatomy</w:t>
+              <w:t xml:space="preserve">Zoological Journal of the Linnean Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/joa.14170⟩</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/zoolinnean/zlad195⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04869920v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04388182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fracture behavior of brittle particulate composites consisting of a glass matrix and glass or ceramic particles with elastic property mismatch</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Head anatomy and phylogenomics show the Carboniferous giant Arthropleura belonged to a millipede-centipede group</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Lhéritier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregory D Edgecombe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tanguy Lacondemine</w:t>
+                <w:t xml:space="preserve">Russell J Garwood</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Moriceau</w:t>
+                <w:t xml:space="preserve">Adrien Buisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theany To</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Célarié</w:t>
+                <w:t xml:space="preserve">Alexis Gerbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mtla.2024.102278⟩</w:t>
+              <w:t xml:space="preserve">Science Advances </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 10 (41), eadp6362. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/sciadv.adp6362⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04835406v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04746609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding of water uptake mechanisms in an epoxy joint characterized by pore-type defects</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Size, not phylogeny, explains the morphology of the endosseous labyrinth in the crown clade Crocodylia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohan Pochat-Cottilloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwendal Perrichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Hautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andreea Tintatu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">C. Badulescu</w:t>
+                <w:t xml:space="preserve">Nicolas Rinder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Bidaud</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Adrien</w:t>
+                <w:t xml:space="preserve">Romain Amiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Adhesion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/00218464.2023.2187293⟩</w:t>
+              <w:t xml:space="preserve">Journal of Anatomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/joa.14170⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04027291v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04869920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-instrumented analysis of fatigue behavior and damage mechanisms in jute fiber-reinforced polyester composites</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fracture behavior of brittle particulate composites consisting of a glass matrix and glass or ceramic particles with elastic property mismatch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanguy Lacondemine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adem Alia</w:t>
+                <w:t xml:space="preserve">Julien Moriceau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilbert Fantozzi</w:t>
+                <w:t xml:space="preserve">Theany To</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Godin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Adrien</w:t>
+                <w:t xml:space="preserve">Patrick Houizot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hocine Osmani</w:t>
+                <w:t xml:space="preserve">Fabrice Célarié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Fatigue</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 167 (Part A), </w:t>
+              <w:t xml:space="preserve">Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 38, pp.102278. </w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijfatigue.2022.107306⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.mtla.2024.102278⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03955745v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04835406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In situ observation of microscopic damage and crack initiation mechanisms in a filled EPDM</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ontogenetic variability of the intertympanic sinus distinguishes lineages within Crocodylia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwendal Perrichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Hautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jesbeer Kallungal</w:t>
+                <w:t xml:space="preserve">Yohan Pochat‐cottilloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Chazeau</w:t>
+                <w:t xml:space="preserve">Irena Raselli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.-M. Chenal</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">E Maire</w:t>
+                <w:t xml:space="preserve">Céline Salaviale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Engineering Fracture Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 277, pp.109007. </w:t>
+              <w:t xml:space="preserve">Journal of Anatomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 242 (6), pp.1096-1123. </w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.engfracmech.2022.109007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/joa.13830⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03912973v1</w:t>
+                <w:t xml:space="preserve">hal-04189931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In situ synchrotron study of sintering of gas-atomized Ti-6Al-4 V powders using concomitant micro-tomography and X-ray diffraction: Effect of particle size and interstitials on densification and phase transformation kinetics</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">J. Lachambre</w:t>
+                <w:t xml:space="preserve">The neuroanatomy and pneumaticity of Hamadasuchus (Crocodylomorpha, Peirosauridae) from the Cretaceous of Morocco and its paleoecological significance for altirostral forms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohan Pochat-Cottilloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Rinder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwendal Perrichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Adrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Amiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.actamat.2023.118723⟩</w:t>
+              <w:t xml:space="preserve">Journal of Anatomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/joa.13887⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04018206v1</w:t>
+                <w:t xml:space="preserve">hal-04127711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the use of in situ X-ray computed tomography for soft contact mechanics</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">In situ observation of microscopic damage and crack initiation mechanisms in a filled EPDM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jesbeer Kallungal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Chazeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-M. Chenal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Mechanics - A/Solids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.euromechsol.2023.105057⟩</w:t>
+              <w:t xml:space="preserve">Engineering Fracture Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 277, pp.109007. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.engfracmech.2022.109007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04144561v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03912973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fossils from the Montceau-les-Mines Lagerstatte (305 Ma) shed light on the anatomy, ecology and phylogeny of Carboniferous millipedes</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Thomas Wesener</w:t>
+                <w:t xml:space="preserve">Multi-instrumented analysis of fatigue behavior and damage mechanisms in jute fiber-reinforced polyester composites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adem Alia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilbert Fantozzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Godin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Adrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hocine Osmani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Systematic Palaeontology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/14772019.2023.2169891⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Fatigue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 167 (Part A), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijfatigue.2022.107306⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04103198v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03955745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anisotropic fracture in nacre-like alumina</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">In situ synchrotron study of sintering of gas-atomized Ti-6Al-4 V powders using concomitant micro-tomography and X-ray diffraction: Effect of particle size and interstitials on densification and phase transformation kinetics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Pontoreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Coffigniez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Trillaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Le Bourlot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Lachambre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Theoretical and Applied Fracture Mechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tafmec.2022.103710⟩</w:t>
+              <w:t xml:space="preserve">Acta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 246, pp.118723. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actamat.2023.118723⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03885621v2</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04018206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robust water diffusion modeling in a structural polymer joint based on experimental X-ray tomographic data at the micrometer scale</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">On the use of in situ X-ray computed tomography for soft contact mechanics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vito Acito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Dancette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Scheibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristobal Oliver</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymer Degradation and Stability</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.polymdegradstab.2023.110594⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Mechanics - A/Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 101, pp.105057. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.euromechsol.2023.105057⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04335846v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04144561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ontogenetic variability of the intertympanic sinus distinguishes lineages within Crocodylia</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lionel Hautier</w:t>
+                <w:t xml:space="preserve">Fossils from the Montceau-les-Mines Lagerstatte (305 Ma) shed light on the anatomy, ecology and phylogeny of Carboniferous millipedes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Lhéritier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maeva Perroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Vannier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Escarguel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yohan Pochat‐cottilloux</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Céline Salaviale</w:t>
+                <w:t xml:space="preserve">Thomas Wesener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Anatomy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/joa.13830⟩</w:t>
+              <w:t xml:space="preserve">Journal of Systematic Palaeontology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 21 (1), pp.2169891. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/14772019.2023.2169891⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04189931v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04103198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The neuroanatomy and pneumaticity of Hamadasuchus (Crocodylomorpha, Peirosauridae) from the Cretaceous of Morocco and its paleoecological significance for altirostral forms</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Anisotropic fracture in nacre-like alumina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Duminy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Doitrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Meille</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Anatomy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/joa.13887⟩</w:t>
+              <w:t xml:space="preserve">Theoretical and Applied Fracture Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 123, pp.103710. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tafmec.2022.103710⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04127711v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03885621v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Direct-ink writing and compression behavior by in situ micro-tomography of architectured 316L scaffolds with a two-scale porosity</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Robust water diffusion modeling in a structural polymer joint based on experimental X-ray tomographic data at the micrometer scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X. Boulnat</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Andreea Țîntatu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bidaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudiu Badulescu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Le Grognec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Adrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Research and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jmrt.2022.08.003⟩</w:t>
+              <w:t xml:space="preserve">Polymer Degradation and Stability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 218, pp.110594. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.polymdegradstab.2023.110594⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03955726v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04335846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solidification behavior and porosity in electron-beam powder bed fusion of Co-Cr-Mo alloys: Effect of carbon concentrations</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Crack propagation in filled elastomers: 3D study of mechanisms involving the filler agglomerates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jesbeer Kallungal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Chazeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Chenal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Additive Manufacturing</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Engineering Fracture Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 274, pp.108771. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.engfracmech.2022.108771⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.addma.2022.103134⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03955577v1</w:t>
+                <w:t xml:space="preserve">hal-03774548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In situ visualization of aortic dissection propagation in notched rabbit aorta using synchrotron X-ray tomography</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Scatter and size effect in High Cycle Fatigue of cast aluminum-silicon alloys: A comprehensive experimental investigation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B.A. Lane</w:t>
+                <w:t xml:space="preserve">Driss El Khoukhi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Saintier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bellett</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Osmond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Biomaterialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.actbio.2022.10.060⟩</w:t>
+              <w:t xml:space="preserve">Procedia Structural Integrity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Fatigue Design 2021, International Conference Proceedings, 9th Edition, 38, pp.611-620. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.prostr.2022.03.063⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03868983v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03776965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X-ray Tomography Coupled with Finite Elements, A Fast Method to Design Aerogel Composites and Prove Their Superinsulation Experimentally</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Eric Maire</w:t>
+                <w:t xml:space="preserve">Direct-ink writing and compression behavior by in situ micro-tomography of architectured 316L scaffolds with a two-scale porosity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Kachit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Kopp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Adrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Boulnat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gels</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/gels8110732⟩</w:t>
+              <w:t xml:space="preserve">Journal of Materials Research and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 20, pp.1341-1351. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmrt.2022.08.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03955746v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03955726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scatter and size effect in High Cycle Fatigue of cast aluminum-silicon alloys: A comprehensive experimental investigation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pierre Osmond</w:t>
+                <w:t xml:space="preserve">Solidification behavior and porosity in electron-beam powder bed fusion of Co-Cr-Mo alloys: Effect of carbon concentrations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shoya Aota</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kenta Yamanaka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manami Mori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nobuyuki Sasaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Procedia Structural Integrity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, Fatigue Design 2021, International Conference Proceedings, 9th Edition, 38, pp.611-620. </w:t>
+              <w:t xml:space="preserve">Additive Manufacturing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 59, pp.103134. </w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.prostr.2022.03.063⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.addma.2022.103134⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03776965v1</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03955577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crack propagation in filled elastomers: 3D study of mechanisms involving the filler agglomerates</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">In situ visualization of aortic dissection propagation in notched rabbit aorta using synchrotron X-ray tomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Marc Chenal</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">E Maire</w:t>
+                <w:t xml:space="preserve">J. Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Pierrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Adrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B.A. Lane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Engineering Fracture Mechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.engfracmech.2022.108771⟩</w:t>
+              <w:t xml:space="preserve">Acta Biomaterialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 155, pp.449-460. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actbio.2022.10.060⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03774548v1</w:t>
+                <w:t xml:space="preserve">hal-03868983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards ductilization of high strength 7XXX aluminium alloys via microstructural modifications obtained by friction stir processing and heat treatments</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">X-ray Tomography Coupled with Finite Elements, A Fast Method to Design Aerogel Composites and Prove Their Superinsulation Experimentally</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lv Zhao</w:t>
+                <w:t xml:space="preserve">Genevieve Foray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrey Orekhov</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Jaona Harifidy Randrianalisoa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Maire</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materialia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 20, </w:t>
+              <w:t xml:space="preserve">Gels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 8 (11), </w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mtla.2021.101248⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/gels8110732⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03483518v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03955746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microstructural damage behaviour of Al foams</w:t>
+                <w:t xml:space="preserve">3D characterization of the propagation of liquid metal embrittlement inner cracks during tensile shear testing of resistance spot welds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jutta Luksch</w:t>
+                <w:t xml:space="preserve">Outhmane Siar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Dancette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Bleistein</w:t>
+                <w:t xml:space="preserve">Thomas Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kristian Koenig</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Damien Fabrègue</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACTA MATERIALIA</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.actamat.2021.116739⟩</w:t>
+              <w:t xml:space="preserve">Materials Characterization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp.111664. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.matchar.2021.111664⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03483003v1</w:t>
+                <w:t xml:space="preserve">hal-03471233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural Changes in French VF Treatment Wetland Porous Media during the Rest Period: An Ex Situ Study Using X-ray Tomography</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Towards ductilization of high strength 7XXX aluminium alloys via microstructural modifications obtained by friction stir processing and heat treatments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu B. Lezaack</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">German Dario Martinez-Carvajal</w:t>
+                <w:t xml:space="preserve">Florent Hannard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Oxarango</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Lv Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrey Orekhov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Water</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/w13030389⟩</w:t>
+              <w:t xml:space="preserve">Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 20, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mtla.2021.101248⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03157091v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03483518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In situ observation of liquid metal dealloying and etching of porous FeCr by X-ray tomography and X-ray diffraction</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Structural Changes in French VF Treatment Wetland Porous Media during the Rest Period: An Ex Situ Study Using X-ray Tomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">German Dario Martinez-Carvajal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgane Mokhtari</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christophe Le Bourlot</w:t>
+                <w:t xml:space="preserve">Laurent Oxarango</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérome Adrien</w:t>
+                <w:t xml:space="preserve">Pascal Molle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Bonnin</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nicolas Forquet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mtla.2021.101125⟩</w:t>
+              <w:t xml:space="preserve">Water</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (3), pp.389. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/w13030389⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03507573v2</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03157091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The importance of a variable fibre packing density in modelling the tensile behaviour of single filament yarns</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Microstructural damage behaviour of Al foams</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jutta Luksch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurelien Sibellas</w:t>
+                <w:t xml:space="preserve">Thomas Bleistein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgan Rusinowicz</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jerome Adrien</w:t>
+                <w:t xml:space="preserve">Kristian Koenig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Durville</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Éric Maire</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Textile Institute</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 112 (5), pp.733-741. </w:t>
+              <w:t xml:space="preserve">ACTA MATERIALIA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 208, </w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/00405000.2020.1781347⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.actamat.2021.116739⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03367343v1</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03483003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical properties of unidirectional, porous polymer/ceramic composites for biomedical applications</w:t>
+                <w:t xml:space="preserve">In situ observation of liquid metal dealloying and etching of porous FeCr by X-ray tomography and X-ray diffraction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jordi Seuba</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Meille</w:t>
+                <w:t xml:space="preserve">Morgane Mokhtari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Le Bourlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Deville</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jérome Adrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bonnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wolfgang Ludwig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Open Ceramics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.oceram.2021.100195⟩</w:t>
+              <w:t xml:space="preserve">Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 18, pp.101125. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mtla.2021.101125⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03297014v2</w:t>
+                <w:t xml:space="preserve">hal-03507573v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The neuroanatomy of Zulmasuchus querejazus (Crocodylomorpha, Sebecidae) and its implications for the paleoecology of sebecosuchians</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mechanical properties of unidirectional, porous polymer/ceramic composites for biomedical applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordi Seuba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Adrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Meille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Deville</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Anatomical Record: Advances in Integrative Anatomy and Evolutionary Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ar.24826⟩</w:t>
+              <w:t xml:space="preserve">Open Ceramics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 8, pp.100195. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.oceram.2021.100195⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03456766v1</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03297014v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D characterization of the propagation of liquid metal embrittlement inner cracks during tensile shear testing of resistance spot welds</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The importance of a variable fibre packing density in modelling the tensile behaviour of single filament yarns</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Fabrègue</w:t>
+                <w:t xml:space="preserve">Aurelien Sibellas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgan Rusinowicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Adrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Durville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Maire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Characterization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.matchar.2021.111664⟩</w:t>
+              <w:t xml:space="preserve">Journal of the Textile Institute</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 112 (5), pp.733-741. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00405000.2020.1781347⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03471233v1</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03367343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morphological and effective transport properties of fixed beds of wood chips: Toward realistic modeling of low-temperature pyrolysis</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre Lea</w:t>
+                <w:t xml:space="preserve">The neuroanatomy of Zulmasuchus querejazus (Crocodylomorpha, Sebecidae) and its implications for the paleoecology of sebecosuchians</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohan Pochat‐cottilloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-François Henry</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Éric Maire</w:t>
+                <w:t xml:space="preserve">Jeremy E Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Jouve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwendal Perrichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérome Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Renewable and Sustainable Energy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.5123381⟩</w:t>
+              <w:t xml:space="preserve">The Anatomical Record: Advances in Integrative Anatomy and Evolutionary Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ar.24826⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03163723v1</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03456766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Highlighting the role of heterogeneity on the indentation hardness of foamed gypsum</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A Novel Method for In Vitro 3D Imaging of Dissecting Pressurized Arterial Segments Using X-Ray Microtomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Roux</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">J Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B Pierrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Adrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Curt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2020.02.009⟩</w:t>
+              <w:t xml:space="preserve">Experimental Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 61, pp.147 - 157. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11340-020-00645-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03367345v1</w:t>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03544159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monitoring the morphological changes of Si-based electrodes by X-ray computed tomography: A 4D-multiscale approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Vanpeene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Villanova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jussi-Petteri Suuronen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew King</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bonnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nano Energy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 74, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.nanoen.2020.104848⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03368072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Novel Method for In Vitro 3D Imaging of Dissecting Pressurized Arterial Segments Using X-Ray Microtomography</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Morphological and effective transport properties of fixed beds of wood chips: Toward realistic modeling of low-temperature pyrolysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clarisse Lorreyte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">N Curt</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Mechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11340-020-00645-x⟩</w:t>
+              <w:t xml:space="preserve">Journal of Renewable and Sustainable Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12 (1), pp.013101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.5123381⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03544159v1</w:t>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03163723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiscale deformation processes during cold sintering of nanovaterite compacts</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Highlighting the role of heterogeneity on the indentation hardness of foamed gypsum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Devillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Meille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Maire</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.actamat.2020.02.054⟩</w:t>
+              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 40 (11), pp.3795-3805. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2020.02.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03367359v1</w:t>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03367345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of artificial aging on mechanical properties of commercially and non-commercially available zirconia dental implants</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Multiscale deformation processes during cold sintering of nanovaterite compacts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Douillard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Adrien</w:t>
+                <w:t xml:space="preserve">Matthias Haug</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Bouville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Adrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bonnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the mechanical behavior of biomedical materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jmbbm.2019.103423⟩</w:t>
+              <w:t xml:space="preserve">Acta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 189, pp.266-273. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actamat.2020.02.054⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02302330v1</w:t>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03367359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virtual reconstruction of the skull of Bernissartia fagesii and current understanding of the neosuchian–eusuchian transition</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Influence of artificial aging on mechanical properties of commercially and non-commercially available zirconia dental implants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Smith</w:t>
+                <w:t xml:space="preserve">Mona Monzavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Celine Salaviale</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Fei Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Meille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Douillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Systematic Palaeontology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, pp.1-23. </w:t>
+              <w:t xml:space="preserve">Journal of the mechanical behavior of biomedical materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 101, pp.103423. </w:t>
             </w:r>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/14772019.2020.1731722⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jmbbm.2019.103423⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02513657v1</w:t>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02302330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the effect of the curing cycle on the creation of pores in structural adhesive joints by means of X-ray microtomography</w:t>
+                <w:t xml:space="preserve">Virtual reconstruction of the skull of Bernissartia fagesii and current understanding of the neosuchian–eusuchian transition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Dumont</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Claudiu Badulescu</w:t>
+                <w:t xml:space="preserve">Jeremy E. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Georgios Stamoulis</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Thierry Smith</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Salaviale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Massimo Delfino</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Adhesion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/00218464.2020.1728257⟩</w:t>
+              <w:t xml:space="preserve">Journal of Systematic Palaeontology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp.1-23. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/14772019.2020.1731722⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02520053v1</w:t>
+                <w:t xml:space="preserve">hal-02513657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of the Corrosion Mechanism of Brass-Coated Steel Wires in Cords Assembly</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">On the effect of the curing cycle on the creation of pores in structural adhesive joints by means of X-ray microtomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernard Normand</w:t>
+                <w:t xml:space="preserve">Vincent Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudiu Badulescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Dufour</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Georgios Stamoulis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metallurgical and Materials Transactions A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 51 (11), pp.5974-5983. </w:t>
+              <w:t xml:space="preserve">The Journal of Adhesion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11661-020-05954-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/00218464.2020.1728257⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03345193v1</w:t>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02520053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the influence of mechanical loadings on the porosities of structural epoxy adhesives joints by means of in-situ X-ray microtomography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudiu Badulescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georgios Stamoulis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Adhesion and Adhesives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 99, pp.102568-1 - 102568-14. </w:t>
@@ -7283,9371 +7283,9505 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02493824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantitative analysis of flow dynamics of organic granular materials inside a versatile silo model during time-lapse X-ray tomography experiments</w:t>
+                <w:t xml:space="preserve">Identification of the Corrosion Mechanism of Brass-Coated Steel Wires in Cords Assembly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Babout</w:t>
+                <w:t xml:space="preserve">Alexandre Romaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Krzysztof Grudzien</w:t>
+                <w:t xml:space="preserve">Martial Crozet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selam Waktola</w:t>
+                <w:t xml:space="preserve">Bernard Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Konrad Miskiewicz</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jerome Adrien</w:t>
+                <w:t xml:space="preserve">Fabien Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 172, </w:t>
+              <w:t xml:space="preserve">Metallurgical and Materials Transactions A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 51 (11), pp.5974-5983. </w:t>
             </w:r>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.compag.2020.105346⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11661-020-05954-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03367366v1</w:t>
+                <w:t xml:space="preserve">hal-03345193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ductilisation and fatigue life enhancement of selective laser melted AlSi10Mg by friction stir processing</w:t>
+                <w:t xml:space="preserve">Quantitative analysis of flow dynamics of organic granular materials inside a versatile silo model during time-lapse X-ray tomography experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juan Guillermo Santos Macías</w:t>
+                <w:t xml:space="preserve">Laurent Babout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chola Elangeswaran</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lv Zhao</w:t>
+                <w:t xml:space="preserve">Krzysztof Grudzien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brecht van Hooreweder</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Adrien</w:t>
+                <w:t xml:space="preserve">Selam Waktola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Konrad Miskiewicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scripta Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2019.05.044⟩</w:t>
+              <w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 172, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compag.2020.105346⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02271543v1</w:t>
+                <w:t xml:space="preserve">hal-03367366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental investigation of the size effect in high cycle fatigue: Role of the defect population in cast aluminium alloys</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pierre Osmond</w:t>
+                <w:t xml:space="preserve">Compressive performance and deformation mechanism of the dynamic gas injection aluminum foams</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ningzhen Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiang Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Adrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanxiang Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Fatigue</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Materials Characterization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 147, pp.11-20. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.matchar.2018.10.013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02296258v1</w:t>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01896700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compressive performance and deformation mechanism of the dynamic gas injection aluminum foams</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Ductilisation and fatigue life enhancement of selective laser melted AlSi10Mg by friction stir processing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Guillermo Santos Macías</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chola Elangeswaran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lv Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brecht van Hooreweder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yanxiang Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Characterization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.matchar.2018.10.013⟩</w:t>
+              <w:t xml:space="preserve">Scripta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 170, pp.124-128. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2019.05.044⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01896700v1</w:t>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02271543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of Hydrogen-Charging on Nucleation and Growth of Ductile Damage in Austenitic Stainless Steels</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Yuki Asanuma</w:t>
+                <w:t xml:space="preserve">Experimental investigation of the size effect in high cycle fatigue: Role of the defect population in cast aluminium alloys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Driss El Khoukhi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Saintier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bellett</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Osmond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Journal of Fatigue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 129, pp.105222</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02271630v1</w:t>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02296258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stochastic characterization of textile reinforcements in composites based on X-ray microtomographic scans</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anna Madra</w:t>
+                <w:t xml:space="preserve">Role of Hydrogen-Charging on Nucleation and Growth of Ductile Damage in Austenitic Stainless Steels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Causse</w:t>
+                <w:t xml:space="preserve">Stanislas Grabon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Trochu</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Éric Maire</w:t>
+                <w:t xml:space="preserve">Pablo Lorenzino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuki Asanuma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Composite Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.compstruct.2019.111031⟩</w:t>
+              <w:t xml:space="preserve">Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 12 (9), pp.1426. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ma12091426⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02271609v1</w:t>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02271630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental study of the fiber orientations in single and multi-ply continuous filament yarns</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Stochastic characterization of textile reinforcements in composites based on X-ray microtomographic scans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Madra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Causse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Trochu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Durville</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Éric Maire</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Textile Institute</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/00405000.2019.1659471⟩</w:t>
+              <w:t xml:space="preserve">Composite Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 224, pp.111031. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compstruct.2019.111031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02340090v1</w:t>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02271609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of hybrid fracture in α/β titanium alloy with lamellar microstructure</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Experimental study of the fiber orientations in single and multi-ply continuous filament yarns</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Sibellas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Durville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Maire</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Science and Engineering: A</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of the Textile Institute</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, pp.646-659. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00405000.2019.1659471⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.msea.2018.12.007⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01985058v1</w:t>
+                <w:t xml:space="preserve">hal-02340090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polymerization shrinkage of resin-based composites for dental restorations: A digital volume correlation study</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hazem Abouelleil</w:t>
+                <w:t xml:space="preserve">Analysis of hybrid fracture in α/β titanium alloy with lamellar microstructure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ning Dang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Marc Chenal</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Shuai Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lingyu Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Joël Lachambre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dental Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.dental.2019.08.116⟩</w:t>
+              <w:t xml:space="preserve">Materials Science and Engineering: A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 744, pp.54-63. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.msea.2018.12.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02357565v1</w:t>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01985058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Porosity Characterization of Cold Sprayed Stainless Steel Coating Using Three-Dimensional X-ray Microtomography</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Polymerization shrinkage of resin-based composites for dental restorations: A digital volume correlation study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Gallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hazem Abouelleil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Marc Chenal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Lachambre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Coatings</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/coatings8090326⟩</w:t>
+              <w:t xml:space="preserve">Dental Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 35 (11), pp.1654-1664. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dental.2019.08.116⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId338" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01916793v1</w:t>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02357565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the Potential of Bulk Metallic Glasses for Dental Implantology: Case Study on Ti40Zr10Cu36Pd14</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Tensile rupture of medial arterial tissue studied by X-ray micro-tomography on stained samples</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandra Balvay</w:t>
+                <w:t xml:space="preserve">Clementine Helfenstein-Didier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Marc Pelletier</w:t>
+                <w:t xml:space="preserve">Damien Taïnoff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Viville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Adrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ma11020249⟩</w:t>
+              <w:t xml:space="preserve">Journal of the mechanical behavior of biomedical materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 78, pp.362 - 368. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmbbm.2017.11.032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId341" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01814016v1</w:t>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01659507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of tubificid worms on sediment structure, benthic biofilm and fauna in wetlands: A field enclosure experiment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Florian Mermillod-Blondin</w:t>
+                <w:t xml:space="preserve">Comparison of aluminium foams prepared by different methods using X-ray tomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ningzhen Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgane Bouvarot</w:t>
+                <w:t xml:space="preserve">Ying Cheng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yann Déjollat</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">E. Maire</w:t>
+                <w:t xml:space="preserve">Yasin Amani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanxiang Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Freshwater Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 63 (11), pp.1420-1432. </w:t>
+              <w:t xml:space="preserve">Materials Characterization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 138, pp.296-307. </w:t>
             </w:r>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/fwb.13169⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.matchar.2018.02.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01916273v1</w:t>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01814038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two-Scale Tomography Based Finite Element Modeling of Plasticity and Damage in Aluminum Foams</w:t>
+                <w:t xml:space="preserve">On the Potential of Bulk Metallic Glasses for Dental Implantology: Case Study on Ti40Zr10Cu36Pd14</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yasin Amani</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Alethea Liens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelien Etiemble</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascaline Rivory</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Balvay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Pelletier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 11 (10), pp.1984. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ma11101984⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 11 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ma11020249⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02271802v1</w:t>
+                <w:t xml:space="preserve">hal-01814016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of 3D/2D Imaging and Image Processing Techniques for the Monitoring of Seed Imbibition</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Porosity Characterization of Cold Sprayed Stainless Steel Coating Using Three-Dimensional X-ray Microtomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julio Rojas-Varela</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Yingying Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Adrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Normand</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Imaging</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 4 (7), pp.83-98. </w:t>
+              <w:t xml:space="preserve">Coatings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8 (9), pp.326. </w:t>
             </w:r>
             <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/jimaging4070083⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/coatings8090326⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId356" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02622897v1</w:t>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01916793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Climate-Dependent Heat-Triggered Opening Mechanism of Banksia Seed Pods</w:t>
+                <w:t xml:space="preserve">Influence of tubificid worms on sediment structure, benthic biofilm and fauna in wetlands: A field enclosure experiment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jessica C. Huss</w:t>
+                <w:t xml:space="preserve">Florian Mermillod-Blondin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vanessa Schoeppler</w:t>
+                <w:t xml:space="preserve">Morgane Bouvarot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David J. Merritt</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Éric Maire</w:t>
+                <w:t xml:space="preserve">Yann Déjollat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Adrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/advs.201700572⟩</w:t>
+              <w:t xml:space="preserve">Freshwater Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 63 (11), pp.1420-1432. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/fwb.13169⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01814021v1</w:t>
+                <w:t xml:space="preserve">hal-01916273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Two-Scale Tomography Based Finite Element Modeling of Plasticity and Damage in Aluminum Foams</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasin Amani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dancette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Lachambre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 11 (10), pp.1984. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/ma11101984⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId369" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01897059v1</w:t>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02271802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gas permeability of Ti6Al4V foams prepared via gelcasting, experiments and modelling</w:t>
+                <w:t xml:space="preserve">Evaluation of 3D/2D Imaging and Image Processing Techniques for the Monitoring of Seed Imbibition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Lux</w:t>
+                <w:t xml:space="preserve">Etienne Belin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Guzi De Moraes</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Adrien</w:t>
+                <w:t xml:space="preserve">Clément Douarre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Biasetto</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nicolas Gillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Franconi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julio Rojas-Varela</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computational Materials Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.commatsci.2018.06.017⟩</w:t>
+              <w:t xml:space="preserve">Journal of Imaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 4 (7), pp.83-98. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/jimaging4070083⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01916304v1</w:t>
+                <w:t xml:space="preserve">hal-02622897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microstructure characterization by X-ray tomography and EBSD of porous FeCr produced by liquid metal dealloying</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Takeshi Wada</w:t>
+                <w:t xml:space="preserve">Climate-Dependent Heat-Triggered Opening Mechanism of Banksia Seed Pods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica C. Huss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Schoeppler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David J. Merritt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Best</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Characterization</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Advanced Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 5 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/advs.201700572⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.matchar.2018.06.032⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01835520v1</w:t>
+                <w:t xml:space="preserve">hal-01814021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tensile rupture of medial arterial tissue studied by X-ray micro-tomography on stained samples</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Two-Scale Tomography Based Finite Element Modeling of Plasticity and Damage in Aluminum Foams</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasin Amani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Dancette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Lachambre</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the mechanical behavior of biomedical materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jmbbm.2017.11.032⟩</w:t>
+              <w:t xml:space="preserve">Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 11 (10), pp.1984. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ma11101984⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId378" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01659507v1</w:t>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01897059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of aluminium foams prepared by different methods using X-ray tomography</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Gas permeability of Ti6Al4V foams prepared via gelcasting, experiments and modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Lux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Guzi De Moraes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Adrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Biasetto</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Characterization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.matchar.2018.02.015⟩</w:t>
+              <w:t xml:space="preserve">Computational Materials Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 152, pp.363-373. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.commatsci.2018.06.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId383" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01814038v1</w:t>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01916304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fracture behavior of robocast HA/beta-TCP scaffolds studied by X-ray tomography and finite element modeling</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Microstructure characterization by X-ray tomography and EBSD of porous FeCr produced by liquid metal dealloying</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Mokhtari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Le Bourlot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bonnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Takeshi Wada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Materials Characterization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 144, pp.166-172. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.matchar.2018.06.032⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2016.11.035⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01814369v1</w:t>
+                <w:t xml:space="preserve">hal-01835520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two-scale study of the fracture of an aluminum foam by X-ray tomography and finite element modeling</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+                <w:t xml:space="preserve">A clustering method for analysis of morphology of short natural fibers in composites based on X-ray microtomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Madra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Adrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Piotr Breitkopf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Adrien</w:t>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Trochu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials &amp; Design</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Composites Part A: Applied Science and Manufacturing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 102, pp.184-195. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compositesa.2017.07.028⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.matdes.2017.02.009⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01538187v1</w:t>
+                <w:t xml:space="preserve">hal-01613938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identication of the Crushing Behavior of Brittle Foam: From Indentation to Oedometric Tests</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Fracture behavior of robocast HA/beta-TCP scaffolds studied by X-ray tomography and finite element modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clemence Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Meille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Gremillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Francois Hild</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jmps.2016.09.011⟩</w:t>
+              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 37 (4), pp.1735-1745. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2016.11.035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId393" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01383929v1</w:t>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01814369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cold-rolling influence on microstructure and mechanical properties of NiCr-Ag composites and porous NiCr obtained by liquid metal dealloying</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Two-scale study of the fracture of an aluminum foam by X-ray tomography and finite element modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Meille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Materials &amp; Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 120, pp.117-127. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.matdes.2017.02.009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2016.12.105⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01537659v1</w:t>
+                <w:t xml:space="preserve">hal-01538187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robocast zirconia-toughened alumina scaffolds: Processing, structural characterisation and interaction with human primary osteoblasts</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Identication of the Crushing Behavior of Brittle Foam: From Indentation to Oedometric Tests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Bouterf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId403" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Lucian Roiban</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mauro Alini</w:t>
+                <w:t xml:space="preserve">Xavier Brajer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Hild</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 98, pp.181-200. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmps.2016.09.011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId400" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01613937v1</w:t>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01383929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ex-situ X-ray tomography characterization of porosity during high-temperature creep in a Ni-based single-crystal superalloy: Toward understanding what is damage</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Cold-rolling influence on microstructure and mechanical properties of NiCr-Ag composites and porous NiCr obtained by liquid metal dealloying</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Mokhtari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Le Bourlot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId407" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Dancette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Takeshi Wada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Science and Engineering: A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 695, pp.367-378. </w:t>
+              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 707, pp.251 - 256. </w:t>
             </w:r>
             <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.msea.2017.03.083⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2016.12.105⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId405" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01613952v1</w:t>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01537659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiscale morphological characterization of process induced heterogeneities in blended positive electrodes for lithium–ion batteries</w:t>
+                <w:t xml:space="preserve">Robocast zirconia-toughened alumina scaffolds: Processing, structural characterisation and interaction with human primary osteoblasts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Etiemble</w:t>
+                <w:t xml:space="preserve">Ana-Maria Stanciuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Besnard</w:t>
+                <w:t xml:space="preserve">Christoph Martin Sprecher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Bonnin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Thierry Douillard</w:t>
+                <w:t xml:space="preserve">Lucian Roiban</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Alini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Science</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03538463v1</w:t>
+                <w:t xml:space="preserve">hal-01613937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two-scale study of the fracture of an aluminum foam by X-ray tomography and finite element modeling</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Ex-situ X-ray tomography characterization of porosity during high-temperature creep in a Ni-based single-crystal superalloy: Toward understanding what is damage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Briac Le Graverend</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Cormier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials &amp; Design</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.matdes.2017.02.009⟩</w:t>
+              <w:t xml:space="preserve">Materials Science and Engineering: A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 695, pp.367-378. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.msea.2017.03.083⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02475333v1</w:t>
+                <w:t xml:space="preserve">hal-01613952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId415" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A clustering method for analysis of morphology of short natural fibers in composites based on X-ray microtomography</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Multiscale morphological characterization of process induced heterogeneities in blended positive electrodes for lithium–ion batteries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Etiemble</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Besnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bonnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId416" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Douillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Composites Part A: Applied Science and Manufacturing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.compositesa.2017.07.028⟩</w:t>
+              <w:t xml:space="preserve">Journal of Materials Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 52 (7), pp.3576-3596. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10853-016-0374-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId415" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01613938v1</w:t>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03538463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId418" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical behaviour of a β-TCP ceramic with a random porosity: Study of the fracture path with X-ray tomography</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId391" w:history="1">
+                <w:t xml:space="preserve">Two-scale study of the fracture of an aluminum foam by X-ray tomography and finite element modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Meille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2016.05.001⟩</w:t>
+              <w:t xml:space="preserve">Materials &amp; Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 120, pp.117-127. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.matdes.2017.02.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId418" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03123645v1</w:t>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02475333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId421" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In situ observation of plaster microstructure evolution during thermal loading</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId220" w:history="1">
+                <w:t xml:space="preserve">20 Hz X-ray tomography during an in situ tensile test</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Le Bourlot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId425" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Mortensen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rajmund Mokso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fire and Materials</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Fracture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 200 (1-2), pp.3--12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10704-016-0077-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/fam.2357⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01804516v1</w:t>
+                <w:t xml:space="preserve">hal-01538199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId426" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Three-dimensional investigation of grain orientation effects on void growth in commercially pure titanium</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Urban pollution of sediments: Impact on the physiology and burrowing activity of tubificid worms and consequences on biogeochemical processes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Javier Llorca</w:t>
+                <w:t xml:space="preserve">Mathilde Pigneret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Mermillod-Blondin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Volatier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId431" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Romestaing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Science and Engineering: A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.msea.2016.06.053⟩</w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 568 ( 196–207), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId432" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2016.05.174⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId426" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01538201v1</w:t>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01334156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId431" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Failure Mechanisms of Plasterboard in Nail Pull Test Determined by X-ray Microtomography and Digital Volume Correlation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Mechanical behaviour of a β-TCP ceramic with a random porosity: Study of the fracture path with X-ray tomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Meille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solene Tadier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Mechanics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 36 (13), pp.3225-3233. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2016.05.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11340-016-0168-8⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01383905v1</w:t>
+                <w:t xml:space="preserve">hal-03123645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId434" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In-situ X-ray tomographic monitoring of gypsum plaster setting</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">In situ observation of plaster microstructure evolution during thermal loading</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId437" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Payraudeau-Le Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Meille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérome Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Layla Sasaki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cement and Concrete Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Fire and Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 40 (7), pp.973-984. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId439" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/fam.2357⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId440" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2015.12.011⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01538018v1</w:t>
+                <w:t xml:space="preserve">hal-01804516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId437" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CoCrMo cellular structures made by Electron Beam Melting studied by local tomography and finite element modelling</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId220" w:history="1">
+                <w:t xml:space="preserve">Three-dimensional investigation of grain orientation effects on void growth in commercially pure titanium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId442" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Pushkareva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Adrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Shingo Kurosu</w:t>
+            <w:hyperlink r:id="rId443" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Javier Segurado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Javier Llorca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Characterization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.matchar.2016.04.006⟩</w:t>
+              <w:t xml:space="preserve">Materials Science and Engineering: A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 671, pp.221-232. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId445" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.msea.2016.06.053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId437" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02475338v1</w:t>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01538201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId440" w:history="1">
+            <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical behaviour of a beta-TCP ceramic with a random porosity: Study of the fracture path with X-ray tomography</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+                <w:t xml:space="preserve">Failure Mechanisms of Plasterboard in Nail Pull Test Determined by X-ray Microtomography and Digital Volume Correlation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Bouterf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Adrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId419" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Brajer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Hild</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2016.05.001⟩</w:t>
+              <w:t xml:space="preserve">Experimental Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 56, pp.1427 - 1437. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId448" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11340-016-0168-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId440" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01814077v1</w:t>
+            <w:hyperlink r:id="rId446" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01383905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId441" w:history="1">
+            <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Urban pollution of sediments: Impact on the physiology and burrowing activity of tubificid worms and consequences on biogeochemical processes</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">In-situ X-ray tomographic monitoring of gypsum plaster setting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Adrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Meille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solene Tadier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Layla Sasaki</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2016.05.174⟩</w:t>
+              <w:t xml:space="preserve">Cement and Concrete Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 82, pp.107-116. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId451" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2015.12.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId441" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01334156v1</w:t>
+            <w:hyperlink r:id="rId449" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01538018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId446" w:history="1">
+            <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">20 Hz X-ray tomography during an in situ tensile test</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId220" w:history="1">
+                <w:t xml:space="preserve">CoCrMo cellular structures made by Electron Beam Melting studied by local tomography and finite element modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Meille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId447" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId453" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shingo Kurosu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Fracture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10704-016-0077-y⟩</w:t>
+              <w:t xml:space="preserve">Materials Characterization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 116, pp.48-54. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId454" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.matchar.2016.04.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId446" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01538199v1</w:t>
+            <w:hyperlink r:id="rId452" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02475338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId450" w:history="1">
+            <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quasi-static Load Sharing Model in the Case of Moulded Glass Fibre Reinforced Polyamide 6 Gears</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Mechanical behaviour of a beta-TCP ceramic with a random porosity: Study of the fracture path with X-ray tomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clemence Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Meille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solene Tadier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Composite Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10443-014-9410-7⟩</w:t>
+              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 36 (13), pp.3225-3233. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2016.05.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId450" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01316075v1</w:t>
+            <w:hyperlink r:id="rId455" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01814077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId455" w:history="1">
+            <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of fibre distribution and grain size on the mechanical behaviour of friction stir processed Mg―C composites</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fast virtual histology using X-ray in-line phase tomography: application to the 3D anatomy of maize developing seeds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aude Simar</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">David Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId458" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Widiez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId459" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvaine Tommaso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId460" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Rositi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">H-M Montrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Characterization</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Plant Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 11 (1), pp.55. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId461" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13007-015-0098-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId455" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01538203v1</w:t>
+            <w:hyperlink r:id="rId456" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01538205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId459" w:history="1">
+            <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of porosity, structure, and mechanical properties of electrospun SiOC fiber mats</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Quasi-static Load Sharing Model in the Case of Moulded Glass Fibre Reinforced Polyamide 6 Gears</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId463" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Cathelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michele Guingand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId465" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pierre de Vaujany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Chazeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied Composite Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 22 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId466" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10443-014-9410-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId459" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01538025v1</w:t>
+            <w:hyperlink r:id="rId462" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01316075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId463" w:history="1">
+            <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast virtual histology using X-ray in-line phase tomography: application to the 3D anatomy of maize developing seeds</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Influence of fibre distribution and grain size on the mechanical behaviour of friction stir processed Mg―C composites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId468" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Mertens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId469" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Simar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId470" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H-M Montrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Methods</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Materials Characterization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 107, pp.125--133</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId463" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01538205v1</w:t>
+            <w:hyperlink r:id="rId467" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01538203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId469" w:history="1">
+            <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D morphological analysis of copper foams as current collectors for Li-ion batteries by means of X-ray tomography</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Characterization of porosity, structure, and mechanical properties of electrospun SiOC fiber mats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId472" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anran Guo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId473" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martina Roso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId474" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michele Modesti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">D Reyter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Science and Engineering: B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 187, pp.1--8</w:t>
+              <w:t xml:space="preserve">Journal of Materials Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 50 (12), pp.4221--4231</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId469" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01538032v1</w:t>
+            <w:hyperlink r:id="rId471" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01538025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId472" w:history="1">
+            <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Digital volume correlation applied to X-ray tomography images from spherical indentation tests on lightweight gypsum</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">3D morphological analysis of copper foams as current collectors for Li-ion batteries by means of X-ray tomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Etiemble</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Eric Maire</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId476" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassane Idrissi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId477" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Reyter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Strain</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Materials Science and Engineering: B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 187, pp.1--8</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId472" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01068402v1</w:t>
+            <w:hyperlink r:id="rId475" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01538032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId474" w:history="1">
+            <w:hyperlink r:id="rId478" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural characterization of solid foams</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Digital volume correlation applied to X-ray tomography images from spherical indentation tests on lightweight gypsum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Bouterf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Hild</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId391" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Physique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.crhy.2014.09.001⟩</w:t>
+              <w:t xml:space="preserve">Strain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 50 (5), pp.444-453. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId479" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/str.12101⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId474" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02475377v1</w:t>
+            <w:hyperlink r:id="rId478" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01068402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId476" w:history="1">
+            <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Local Tomography Study of the Fracture of an ERG Metal Foam</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Structural characterization of solid foams</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId478" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Luc Salvo</w:t>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Engineering Materials</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Comptes Rendus. Physique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 15 (8-9), pp.674-682. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.crhy.2014.09.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/adem.201300004⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00933917v1</w:t>
+                <w:t xml:space="preserve">hal-02475377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId481" w:history="1">
+            <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization by X-ray tomography of granulated alumina powder during in situ die compaction</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Local Tomography Study of the Fracture of an ERG Metal Foam</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves Jorand</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+                <w:t xml:space="preserve">Tao Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId484" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Onck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId485" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Salvo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Characterization</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Advanced Engineering Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 15 (8), pp.767-772. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId486" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/adem.201300004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId481" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01538037v1</w:t>
+            <w:hyperlink r:id="rId482" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00933917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId484" w:history="1">
+            <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High cycle fatigue damage mechanisms in cast aluminium subject to complex loads</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Characterization by X-ray tomography of granulated alumina powder during in situ die compaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId488" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Cottrino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId489" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Jorand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Fatigue</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Materials Characterization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 81, pp.111--123</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijfatigue.2012.07.008⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00809340v1</w:t>
+                <w:t xml:space="preserve">hal-01538037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId488" w:history="1">
+            <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Three-dimensional analysis of an in situ double-torsion test by x-ray computed tomography and digital volume correlation</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">High cycle fatigue damage mechanisms in cast aluminium subject to complex loads</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Christine Baietto</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Imade Koutiri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bellett</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId492" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Augustins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Mechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11340-013-9727-4⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Fatigue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 47, pp.44-57. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId493" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijfatigue.2012.07.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId493" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00938623v1</w:t>
+            <w:hyperlink r:id="rId490" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00809340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High cycle fatigue damage mechanisms in cast aluminium subject to complex loads</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Three-dimensional analysis of an in situ double-torsion test by x-ray computed tomography and digital volume correlation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId495" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Leplay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId496" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Réthoré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Meille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId497" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Baietto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Fatigue</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Experimental Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 50, pp.1265-1275. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId498" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11340-013-9727-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId499" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01068555v1</w:t>
+                <w:t xml:space="preserve">hal-00938623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId495" w:history="1">
+            <w:hyperlink r:id="rId500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of the bulk solid flow during gravitational silo emptying using X-ray and ECT tomography</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">High cycle fatigue damage mechanisms in cast aluminium subject to complex loads</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId491" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imade Koutiri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bellett</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId492" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Augustins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laurent Babout</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Powder Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 224, pp.196--208</w:t>
+              <w:t xml:space="preserve">International Journal of Fatigue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 47, pp.44-57</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId495" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01538044v1</w:t>
+            <w:hyperlink r:id="rId500" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01068555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId497" w:history="1">
+            <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phase contrast synchrotron microtomography: improving noninvasive investigations of fossil embryos in ovo</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Fast in situ X-Ray microtomography observations of solidification and semisolid deformation of Al-Cu alloys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Suéry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId503" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofiane Terzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId504" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Mireux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId485" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Salvo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Varavudh Suteethorn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microscopy and Microanalysis</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">JOM Journal of the Minerals, Metals and Materials Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 64 (1), pp.83--88. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId505" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11837-011-0219-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId497" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01538042v1</w:t>
+            <w:hyperlink r:id="rId501" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01538220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId501" w:history="1">
+            <w:hyperlink r:id="rId506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ice-Templating of Alumina Suspensions: Effect of Supercooling and Crystal Growth During the Initial Freezing Regime</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+                <w:t xml:space="preserve">Analysis of the bulk solid flow during gravitational silo emptying using X-ray and ECT tomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Krzysztof Grudzien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId507" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maciej Niedostatkiewicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Adrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Babout</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Ceramic Society</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Powder Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 224, pp.196--208</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId501" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00661396v1</w:t>
+            <w:hyperlink r:id="rId506" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01538044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId506" w:history="1">
+            <w:hyperlink r:id="rId508" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bulk evaluation of ductile damage development using high resolution tomography and laminography</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Phase contrast synchrotron microtomography: improving noninvasive investigations of fossil embryos in ovo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId509" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId510" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Buffetaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId509" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId511" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Varavudh Suteethorn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Physique</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Microscopy and Microanalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 18 (01), pp.179--185</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId511" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00685034v1</w:t>
+            <w:hyperlink r:id="rId508" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01538042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Particle redistribution and structural defect development during ice templating</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId502" w:history="1">
+                <w:t xml:space="preserve">Ice-Templating of Alumina Suspensions: Effect of Supercooling and Crystal Growth During the Initial Freezing Regime</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId513" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Lasalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId503" w:history="1">
+            <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Guizard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId515" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Leloup</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Deville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.actamat.2012.02.023⟩</w:t>
+              <w:t xml:space="preserve">Journal of the American Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 95 (2), pp.799-804. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId516" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1551-2916.2011.04993.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01133901v1</w:t>
+                <w:t xml:space="preserve">hal-00661396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId514" w:history="1">
+            <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast in situ X-Ray microtomography observations of solidification and semisolid deformation of Al-Cu alloys</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Bulk evaluation of ductile damage development using high resolution tomography and laminography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId518" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thilo F. Morgeneyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId519" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Landron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId520" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lukas Helfen</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JOM Journal of the Minerals, Metals and Materials Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11837-011-0219-7⟩</w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Physique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 13, pp.328-336. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId521" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.crhy.2011.12.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId514" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01538220v1</w:t>
+            <w:hyperlink r:id="rId522" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId517" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00685034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId519" w:history="1">
+            <w:hyperlink r:id="rId523" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D characterization of the influence of porosity on fatigue properties of a cast Al alloy</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+                <w:t xml:space="preserve">Particle redistribution and structural defect development during ice templating</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId513" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Lasalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId514" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Guizard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Deville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Engineering Materials</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Acta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 60 (11), pp.4594-4603. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId524" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actamat.2012.02.023⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId519" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01538053v1</w:t>
+            <w:hyperlink r:id="rId523" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01133901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId522" w:history="1">
+            <w:hyperlink r:id="rId525" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Three-dimensional analysis of a tensile test on a propellant with digital volume correlation</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">3D characterization of the influence of porosity on fatigue properties of a cast Al alloy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId526" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Caty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId527" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Buffiere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archives of Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 63 (5-6), pp.1-20</w:t>
+              <w:t xml:space="preserve">Advanced Engineering Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 13 (3), pp.194--198</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId522" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00634714v1</w:t>
+            <w:hyperlink r:id="rId525" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01538053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId524" w:history="1">
+            <w:hyperlink r:id="rId528" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damage quantification in aluminium alloys using in situ tensile tests in X-ray tomography</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+                <w:t xml:space="preserve">Three-dimensional analysis of a tensile test on a propellant with digital volume correlation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Hild</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId529" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Fanget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Adrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId525" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Marco Dimichiel</w:t>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Engineering Fracture Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 78 (15), pp.2679--2690</w:t>
+              <w:t xml:space="preserve">Archives of Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 63 (5-6), pp.1-20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId524" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01538237v1</w:t>
+            <w:hyperlink r:id="rId528" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00634714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId527" w:history="1">
+            <w:hyperlink r:id="rId530" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis and artifact correction for volume correlation measurements using tomographic images from a laboratory X-ray source</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId528" w:history="1">
+            <w:hyperlink r:id="rId531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Limodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId490" w:history="1">
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Réthoré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId521" w:history="1">
+            <w:hyperlink r:id="rId527" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Buffiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Hild</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Experimental Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 51 (6), pp.959-970. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId529" w:history="1">
+            <w:hyperlink r:id="rId532" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s11340-010-9397-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId527" w:history="1">
+            <w:hyperlink r:id="rId530" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00521190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId530" w:history="1">
+            <w:hyperlink r:id="rId533" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization and modeling of void nucleation by interface decohesion in dual phase steels</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Damage quantification in aluminium alloys using in situ tensile tests in X-ray tomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId534" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suxia Zhou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId535" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Dimichiel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scripta Materialia</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Engineering Fracture Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 78 (15), pp.2679--2690</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId533" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2010.07.021⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03529821v1</w:t>
+                <w:t xml:space="preserve">hal-01538237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId534" w:history="1">
+            <w:hyperlink r:id="rId536" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of funnel flow in rectangular silo based on ECT data</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+                <w:t xml:space="preserve">Characterization and modeling of void nucleation by interface decohesion in dual phase steels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId537" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Landron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId538" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bouaziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dominik Sankowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Automatyka/Akademia Górniczo-Hutnicza im. Stanislawa Staszica w Krakowie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Scripta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 63, pp.973-976. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId539" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2010.07.021⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId534" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01538059v1</w:t>
+            <w:hyperlink r:id="rId536" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00523143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId537" w:history="1">
+            <w:hyperlink r:id="rId540" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization and modeling of void nucleation by interface decohesion in dual phase steels</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+                <w:t xml:space="preserve">Analysis of funnel flow in rectangular silo based on ECT data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId541" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K Grudzień</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId542" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominik Sankowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scripta Materialia</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Automatyka/Akademia Górniczo-Hutnicza im. Stanislawa Staszica w Krakowie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 14, pp.681--694</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId537" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00523143v1</w:t>
+            <w:hyperlink r:id="rId540" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01538059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId540" w:history="1">
+            <w:hyperlink r:id="rId543" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of particle image velocimetry method for monitoring the volume changes during silo flow on the basis of X‐radiographs</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Characterization and modeling of void nucleation by interface decohesion in dual phase steels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId544" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Landron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId545" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O Bouaziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Automatyka/Akademia Górniczo‐Hutnicza im. Stanislawa Staszica w Krakowie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Scripta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 63, pp.973 - 976. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId539" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2010.07.021⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId540" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01668881v1</w:t>
+            <w:hyperlink r:id="rId543" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03529821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId541" w:history="1">
+            <w:hyperlink r:id="rId546" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In situ X-ray tomography observation of inhomogeneous deformation in semi-solid aluminum alloys</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Application of particle image velocimetry method for monitoring the volume changes during silo flow on the basis of X‐radiographs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId541" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K Grudzień</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId507" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maciej Niedostatkiewicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Babout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scripta Materialia</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Automatyka/Akademia Górniczo‐Hutnicza im. Stanislawa Staszica w Krakowie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 14, pp.695--710</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId541" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00389094v1</w:t>
+            <w:hyperlink r:id="rId546" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01668881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId543" w:history="1">
+            <w:hyperlink r:id="rId547" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Porosity analysis of long-fiber-reinforced ceramic matrix composites using X-ray tomography</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Ilo\'sciowa analiza porowato\'sci materia\lu sypkiego z zastosowaniem systemu tomografii promieniowania X</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId548" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Krzysztof Grudzień</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Eric Maire</w:t>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Babout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId549" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrzej Romanowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId550" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zbigniew Chaniecki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scripta Materialia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, pp.388-390</w:t>
+              <w:t xml:space="preserve">Automatyka/Akademia Górniczo‐Hutnicza im. Stanislawa Staszica w Krakowie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 13, pp.1269--1284</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId543" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00431386v1</w:t>
+            <w:hyperlink r:id="rId547" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01668883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId546" w:history="1">
+            <w:hyperlink r:id="rId551" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ilo\'sciowa analiza porowato\'sci materia\lu sypkiego z zastosowaniem systemu tomografii promieniowania X</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">In situ X-ray tomography observation of inhomogeneous deformation in semi-solid aluminum alloys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId503" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofiane Terzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId485" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Salvo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Suéry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId531" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Limodin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Automatyka/Akademia Górniczo‐Hutnicza im. Stanislawa Staszica w Krakowie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Scripta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 61 (5), pp.449-452. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId552" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2009.04.041⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId546" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01668883v1</w:t>
+            <w:hyperlink r:id="rId551" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00389094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId550" w:history="1">
+            <w:hyperlink r:id="rId553" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Three-dimensional shape of the early stages of fatigue cracks nucleated in nodular cast iron</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Porosity analysis of long-fiber-reinforced ceramic matrix composites using X-ray tomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId554" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Morales Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId555" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Reynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilbert Fantozzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId521" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Yves Buffiere</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Maire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Science and Engineering: A</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Scripta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, pp.388-390</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId550" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00434021v1</w:t>
+            <w:hyperlink r:id="rId553" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00431386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId553" w:history="1">
+            <w:hyperlink r:id="rId556" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of the morphology of cellular ceramics by 3D image processing of X-ray tomography</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Three-dimensional shape of the early stages of fatigue cracks nucleated in nodular cast iron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId557" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Verdu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Lisa Biasetto</w:t>
+            <w:hyperlink r:id="rId527" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Buffiere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Materials Science and Engineering: A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 483-484, pp.402-405. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId558" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.msea.2006.09.178⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId556" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2006.05.097⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-00434154v1</w:t>
+                <w:t xml:space="preserve">hal-00434021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId558" w:history="1">
+            <w:hyperlink r:id="rId559" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental study of the compression behaviour of syntactic foams by in situ X-ray tomography</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Characterization of the morphology of cellular ceramics by 3D image processing of X-ray tomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId560" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Colombo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Valérie Sauvant-Moynot</w:t>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Babout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId561" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Biasetto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Materialia</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 27 (4), pp.1973-1981. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId562" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2006.05.097⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId558" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00434200v1</w:t>
+            <w:hyperlink r:id="rId563" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId559" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00434154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId561" w:history="1">
+            <w:hyperlink r:id="rId564" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tensile fracture characteristics of die cast magnesium alloy AM60B determined from high-resolution X-ray tomography</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+                <w:t xml:space="preserve">Experimental study of the compression behaviour of syntactic foams by in situ X-ray tomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Adrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId565" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nelly Gimenez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId566" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Sauvant-Moynot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MAGNESIUM TECHNOLOGY</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, pp.405-410</w:t>
+              <w:t xml:space="preserve">Acta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, pp.1667-1679</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId561" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00436210v1</w:t>
+            <w:hyperlink r:id="rId564" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00434200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId565" w:history="1">
+            <w:hyperlink r:id="rId567" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of the three-dimensional damage percolation model and X-ray tomography for damage evolution prediction in aluminum alloys</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+                <w:t xml:space="preserve">Tensile fracture characteristics of die cast magnesium alloy AM60B determined from high-resolution X-ray tomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId568" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Weiler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId569" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.T. Wood</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId570" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R.J. Klassen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Science Forum</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, pp.1011-1016</w:t>
+              <w:t xml:space="preserve">MAGNESIUM TECHNOLOGY</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, pp.405-410</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId565" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00436187v1</w:t>
+            <w:hyperlink r:id="rId567" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00436210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId569" w:history="1">
+            <w:hyperlink r:id="rId571" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution of dual phase(alpha, G, B) heat treatment to the fatigue properties of SG cast irons</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Application of the three-dimensional damage percolation model and X-ray tomography for damage evolution prediction in aluminum alloys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId572" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Orlov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId570" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alain Reynaud</w:t>
+            <w:hyperlink r:id="rId573" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael J. Worswick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId574" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D.J. Lloyd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Giessereiforschung</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 57 (4), pp.34--41</w:t>
+              <w:t xml:space="preserve">Materials Science Forum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, pp.1011-1016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId569" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01668890v1</w:t>
+            <w:hyperlink r:id="rId571" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00436187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId571" w:history="1">
+            <w:hyperlink r:id="rId575" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Contribution of dual phase(alpha, G, B) heat treatment to the fatigue properties of SG cast irons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId557" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Verdu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Adrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId576" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Reynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Giessereiforschung</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 57 (4), pp.34--41</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId575" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01668890v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId577" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Influence of the thermomechanical treatment on the microplastic behaviour of a wrought AlZnMgCu alloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId572" w:history="1">
+            <w:hyperlink r:id="rId578" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafael Estevez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId573" w:history="1">
+            <w:hyperlink r:id="rId579" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Ehrstrom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId574" w:history="1">
+            <w:hyperlink r:id="rId580" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Warner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Materialia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, pp.1653-1661</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId571" w:history="1">
+            <w:hyperlink r:id="rId577" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00474484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -16657,4282 +16791,4282 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId575" w:history="1">
+            <w:hyperlink r:id="rId581" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Motifs d’intégration morphologique entre les sinus paratympaniques et le crâne chez les crocodiliens actuels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwendal Perrichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Hautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId576" w:history="1">
+            <w:hyperlink r:id="rId582" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Claude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Pochat-Cottilloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Rinder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12ème symposium national de Morphometrie et d’Evolution des Formes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId575" w:history="1">
+            <w:hyperlink r:id="rId581" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04607085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId577" w:history="1">
+            <w:hyperlink r:id="rId583" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ONTOGENETIC VARIABILITY OF THE INTERTYMPANIC SINUS DISTINGUISHES LINEAGES WITHIN CROCODYLIA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwendal Perrichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Hautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Pochat-Cottilloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irena Raselli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Rinder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20th Meeting of the European Association of Vertebrate Paleontologists</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Sabadell, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId577" w:history="1">
+            <w:hyperlink r:id="rId583" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04304991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId578" w:history="1">
+            <w:hyperlink r:id="rId584" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ontogenetic variability of the intertympanic sinus distinguishes lineages within Crocodylia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwendal Perrichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Hautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Pochat-Cottilloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irena Raselli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Rinder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de l’Association Paléontologique Française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Villers-sur-mer, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId578" w:history="1">
+            <w:hyperlink r:id="rId584" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04305027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId579" w:history="1">
+            <w:hyperlink r:id="rId585" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Insights into stylophoran anatomy and taphonomy based on an exceptionally preserved mitrate from the Lorraine Group (Upper Ordovician) of New York, USA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Boisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rich Mooi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Kroh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viola Winkler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th European Conference on Echinoderms</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Bertrand Lefebvre; Thomas Saucède, Oct 2023, Villeurbanne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId579" w:history="1">
+            <w:hyperlink r:id="rId585" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04271127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId580" w:history="1">
+            <w:hyperlink r:id="rId586" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental identification of pore opening, growth and coalescence in a bonded assembly using X-ray μ-tomography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId581" w:history="1">
+            <w:hyperlink r:id="rId587" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Bunea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId582" w:history="1">
+            <w:hyperlink r:id="rId588" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malick Diakhate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudiu Badulescu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25e Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2022, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId580" w:history="1">
+            <w:hyperlink r:id="rId586" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04281686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId583" w:history="1">
+            <w:hyperlink r:id="rId589" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploration microtomographique d'arthropodes à préservation exceptionnelle du Lagerstätte de Montceau-les-Mines (Carbonifère)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId584" w:history="1">
+            <w:hyperlink r:id="rId590" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId585" w:history="1">
+            <w:hyperlink r:id="rId591" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Seguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId586" w:history="1">
+            <w:hyperlink r:id="rId592" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëva Perroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jules Charrondière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Salaviale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27e Réunion des Sciences de la Terre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId583" w:history="1">
+            <w:hyperlink r:id="rId589" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03436571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId587" w:history="1">
+            <w:hyperlink r:id="rId593" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An example of in situ ductile damage analysis by tracking algorithm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Le Bourlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId588" w:history="1">
+            <w:hyperlink r:id="rId594" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amin Azman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Maire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Developments in X-Ray Tomography XII</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2019, San Diego, United States. pp.40, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId589" w:history="1">
+            <w:hyperlink r:id="rId595" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1117/12.2531357⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId587" w:history="1">
+            <w:hyperlink r:id="rId593" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02290954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId590" w:history="1">
+            <w:hyperlink r:id="rId596" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude de l’impact de la microstructure sur les propriétés électriques des batteries lithium-ion ; simulations de microstructures réelles et génération d’architectures numériques</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Experimental Orientation Density Functions of Twisted Filament Yarns</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Sibellas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Durville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Matériaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2018, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">10th European Solid Mechanics Congress (ESMC2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Bologna, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId590" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02066337v1</w:t>
+            <w:hyperlink r:id="rId596" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01835831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId594" w:history="1">
+            <w:hyperlink r:id="rId597" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of Twisting Process on Mechanical Properties of Filament Yarns: Experimental and Numerical Study</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Étude de l’impact de la microstructure sur les propriétés électriques des batteries lithium-ion ; simulations de microstructures réelles et génération d’architectures numériques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId598" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Cadiou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Douillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId599" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Willot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId600" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Lestriez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th European Solid Mechanics Congress (ESMC2018)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Bologna, Italy</w:t>
+              <w:t xml:space="preserve">Matériaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId594" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01835826v1</w:t>
+            <w:hyperlink r:id="rId597" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02066337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId595" w:history="1">
+            <w:hyperlink r:id="rId601" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude de l'impact de la microstructure sur les propriétés électriques des batteries lithium-ion : simulations de microstructures réelles et génération d'architectures numériques</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Influence of Twisting Process on Mechanical Properties of Filament Yarns: Experimental and Numerical Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Sibellas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Durville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque national MECAMAT « Matériaux Numériques »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2018, Aussois, France</w:t>
+              <w:t xml:space="preserve">10th European Solid Mechanics Congress (ESMC2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Bologna, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId595" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01965255v1</w:t>
+            <w:hyperlink r:id="rId601" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01835826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId597" w:history="1">
+            <w:hyperlink r:id="rId602" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental Orientation Density Functions of Twisted Filament Yarns</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Étude de l'impact de la microstructure sur les propriétés électriques des batteries lithium-ion : simulations de microstructures réelles et génération d'architectures numériques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId598" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Cadiou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId599" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Willot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId600" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Lestriez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId603" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Douillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th European Solid Mechanics Congress (ESMC2018)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Bologna, Italy</w:t>
+              <w:t xml:space="preserve">Colloque national MECAMAT « Matériaux Numériques »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2018, Aussois, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId597" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01835831v1</w:t>
+            <w:hyperlink r:id="rId602" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01965255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId598" w:history="1">
+            <w:hyperlink r:id="rId604" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D experimental analysis of a scarf joint test by means of X-ray tomography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudiu Badulescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId599" w:history="1">
+            <w:hyperlink r:id="rId605" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Carrere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Maire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> 4th International conference on structural adhesive bonding - AB 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Porto, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId598" w:history="1">
+            <w:hyperlink r:id="rId604" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01730098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId600" w:history="1">
+            <w:hyperlink r:id="rId606" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude de l’impact de la microstructure sur les propriétés électriques des batteries lithium-ion ; simulations de microstructures réelles et génération d’architectures numériques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId591" w:history="1">
+            <w:hyperlink r:id="rId598" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cadiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId592" w:history="1">
+            <w:hyperlink r:id="rId599" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Willot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId593" w:history="1">
+            <w:hyperlink r:id="rId600" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Lestriez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Douillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Annuelles SF2M 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId600" w:history="1">
+            <w:hyperlink r:id="rId606" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02066228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId601" w:history="1">
+            <w:hyperlink r:id="rId607" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of cellular materials by X-ray tomography and finite element modelling</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Caractérisation multi-échelle 2D et 3D d’électrodes pour batteries Li-ion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelien Etiemble</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId608" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Besnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Douillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId419" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Solene Tadier</w:t>
+            <w:hyperlink r:id="rId609" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Badot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th European Solid Mechanics Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2015, Madrid, Spain</w:t>
+              <w:t xml:space="preserve">GFECI 2015 : Réunion annuelle du Groupe Français d'Etude des Composés d'Insertion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2015, Autran, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId601" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04956047v1</w:t>
+            <w:hyperlink r:id="rId607" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02430240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId602" w:history="1">
+            <w:hyperlink r:id="rId610" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude de matériaux cellulaires par tomographie aux rayons X et modélisation éléments finis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId391" w:history="1">
+                <w:t xml:space="preserve">Study of cellular materials by X-ray tomography and finite element modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Meille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId419" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solene Tadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Annuelles du Groupe Français de la Céramique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2015, Dijon, France</w:t>
+              <w:t xml:space="preserve">9th European Solid Mechanics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Madrid, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId602" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04956056v1</w:t>
+            <w:hyperlink r:id="rId610" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04956047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId603" w:history="1">
+            <w:hyperlink r:id="rId611" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation multi-échelle 2D et 3D d’électrodes pour batteries Li-ion</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Etude de matériaux cellulaires par tomographie aux rayons X et modélisation éléments finis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Meille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId605" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Badot</w:t>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solene Tadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GFECI 2015 : Réunion annuelle du Groupe Français d'Etude des Composés d'Insertion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2015, Autran, France</w:t>
+              <w:t xml:space="preserve">Journées Annuelles du Groupe Français de la Céramique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2015, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId603" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02430240v1</w:t>
+            <w:hyperlink r:id="rId611" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04956056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId606" w:history="1">
+            <w:hyperlink r:id="rId612" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiscale analysis of cellular ceramics by X-ray tomography and finite element modelling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Meille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId419" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solene Tadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Gremillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14th European Inter-Regional Conference on Ceramics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2014, Stuttgart, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId606" w:history="1">
+            <w:hyperlink r:id="rId612" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04956085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId607" w:history="1">
+            <w:hyperlink r:id="rId613" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D Multiscale Characterization of Silica Aerogels Composites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId608" w:history="1">
+            <w:hyperlink r:id="rId614" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouk Perret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId609" w:history="1">
+            <w:hyperlink r:id="rId615" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geneviève Foray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucian Roiban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId610" w:history="1">
+            <w:hyperlink r:id="rId616" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Masenelli-Varlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the 2nd International Congress on 3D Materials Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Unknown, Unknown Region. pp.29--34</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId607" w:history="1">
+            <w:hyperlink r:id="rId613" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01538212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId611" w:history="1">
+            <w:hyperlink r:id="rId617" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of hot molding on microstructure of a friction material</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId612" w:history="1">
+            <w:hyperlink r:id="rId618" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lise Cristol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId528" w:history="1">
+            <w:hyperlink r:id="rId531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Limodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId613" w:history="1">
+            <w:hyperlink r:id="rId619" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nesrine Hentati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId614" w:history="1">
+            <w:hyperlink r:id="rId620" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Lejay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId615" w:history="1">
+            <w:hyperlink r:id="rId621" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Hauss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eurobrake 2014 Conference Proceedings</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2014, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId611" w:history="1">
+            <w:hyperlink r:id="rId617" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01736315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId616" w:history="1">
+            <w:hyperlink r:id="rId622" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-scale analysis of cellular metals by X-ray tomography</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Artifact Correction for DVC Measurements Using a Laboratory X‐Ray Source</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId527" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Buffiere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Hild</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId531" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Limodin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId496" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Réthoré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th International Conference on Porous Metals and Metallic Foams</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2012 Annual Conference on Experimental and Applied Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Costa Mesa, United States. pp.217-220, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId623" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-1-4614-4235-6_30⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId616" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04956103v1</w:t>
+            <w:hyperlink r:id="rId624" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId622" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01668877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId617" w:history="1">
+            <w:hyperlink r:id="rId625" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Artifact Correction for DVC Measurements Using a Laboratory X‐Ray Source</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Multi-scale analysis of cellular metals by X-ray tomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Meille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2012 Annual Conference on Experimental and Applied Mechanics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">8th International Conference on Porous Metals and Metallic Foams</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Rayleigh, North Carolina, United States</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId619" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01668877v1</w:t>
+            <w:hyperlink r:id="rId625" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04956103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId620" w:history="1">
+            <w:hyperlink r:id="rId626" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D analysis of a fatigue crack in cast iron using digital volume correlation of X‐ray tomographic images</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Lachambre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId621" w:history="1">
+            <w:hyperlink r:id="rId627" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Weck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId490" w:history="1">
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Réthoré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId622" w:history="1">
+            <w:hyperlink r:id="rId628" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean‐yves Buffière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annual Conference on Experimental and Applied Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Costa Mesa, United States. pp.203-209, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId623" w:history="1">
+            <w:hyperlink r:id="rId629" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-1-4614-4235-6_28⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId624" w:history="1">
+            <w:hyperlink r:id="rId630" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId620" w:history="1">
+            <w:hyperlink r:id="rId626" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01668794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId625" w:history="1">
+            <w:hyperlink r:id="rId631" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Local tomography study of the fracture of an ERG metal foam</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Three-dimensional investigation of void growth leading to fracture in commercially pure titanium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId442" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Pushkareva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId478" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Luc Salvo</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId627" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Weck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ARCHIMAT - Architectured Materials workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2012, Prague, Czech Republic</w:t>
+              <w:t xml:space="preserve">Proceedings of the 1st International Conference on 3D Materials Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Unknown, Unknown Region. pp.61--66</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId625" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04956299v1</w:t>
+            <w:hyperlink r:id="rId631" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01538221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId626" w:history="1">
+            <w:hyperlink r:id="rId632" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Three-dimensional investigation of void growth leading to fracture in commercially pure titanium</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Local tomography study of the fracture of an ERG metal foam</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Weck</w:t>
+            <w:hyperlink r:id="rId484" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Onck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId485" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Salvo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 1st International Conference on 3D Materials Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Unknown, Unknown Region. pp.61--66</w:t>
+              <w:t xml:space="preserve">ARCHIMAT - Architectured Materials workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId626" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01538221v1</w:t>
+            <w:hyperlink r:id="rId632" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04956299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId627" w:history="1">
+            <w:hyperlink r:id="rId633" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">OS05-2-1 In situ experiments in Synchrotron X ray Tomography</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+                <w:t xml:space="preserve">OS05-3-3 Experimental study of the hydrostatic compression behaviour of syntactic foams by X-ray microtomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Adrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Luc Salvo</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Lachambre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId634" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Choqueuse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId566" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Sauvant-Moynot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Abstracts of ATEM: International Conference on Advanced Technology in Experimental Mechanics: Asian Conference on Experimental Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Unknown, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId627" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01538233v1</w:t>
+            <w:hyperlink r:id="rId633" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01538052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId628" w:history="1">
+            <w:hyperlink r:id="rId635" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse d'un test in situ de double-torsion par tomographie X et corrélation d'images 3D</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">OS05-2-1 In situ experiments in Synchrotron X ray Tomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId519" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Landron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId535" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Dimichiel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId485" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Salvo</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10e colloque national en calcul des structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2011, Giens, France. pp.Clé USB</w:t>
+              <w:t xml:space="preserve">Abstracts of ATEM: International Conference on Advanced Technology in Experimental Mechanics: Asian Conference on Experimental Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Unknown, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId628" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00592842v1</w:t>
+            <w:hyperlink r:id="rId635" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01538233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId629" w:history="1">
+            <w:hyperlink r:id="rId636" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">OS05-3-3 Experimental study of the hydrostatic compression behaviour of syntactic foams by X-ray microtomography</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Analyse d'un test in situ de double-torsion par tomographie X et corrélation d'images 3D</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId495" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Leplay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId496" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Réthoré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Meille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId497" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Baietto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...48 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Abstracts of ATEM: International Conference on Advanced Technology in Experimental Mechanics: Asian Conference on Experimental Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Unknown, Unknown Region</w:t>
+              <w:t xml:space="preserve">10e colloque national en calcul des structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Giens, France. pp.Clé USB</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId629" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01538052v1</w:t>
+            <w:hyperlink r:id="rId636" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00592842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId631" w:history="1">
+            <w:hyperlink r:id="rId637" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Propriétés mécaniques de plaques en composite cimentaire renforcé par des fibres de verre= Mechanical properties of glass fibre-reinforced cement composite plates</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId220" w:history="1">
+                <w:t xml:space="preserve">In Situ X-Ray Microtomography Investigation of the Deformation Mechanisms of Al-Cu Alloys in the Semi-Solid State</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId503" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofiane Terzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId485" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Salvo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Suéry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Adrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JNC 16</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, Unknown, Unknown Region. 10--p</w:t>
+              <w:t xml:space="preserve">Materials Science Forum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Unknown, Unknown Region. pp.275--278</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId631" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01538063v1</w:t>
+            <w:hyperlink r:id="rId637" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01538243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId635" w:history="1">
+            <w:hyperlink r:id="rId638" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In Situ Compaction of Nanoalumina Spray-Dried Granules by X-Ray Tomography</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Propriétés mécaniques de plaques en composite cimentaire renforcé par des fibres de verre= Mechanical properties of glass fibre-reinforced cement composite plates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId639" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Chalancon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId615" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geneviève Foray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId640" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Malchère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId641" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Cavaille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th International Conference and exhibition of the European Ceramic Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, CRACOVIE, Poland</w:t>
+              <w:t xml:space="preserve">JNC 16</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Unknown, Unknown Region. 10--p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId635" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03842013v1</w:t>
+            <w:hyperlink r:id="rId638" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01538063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId636" w:history="1">
+            <w:hyperlink r:id="rId642" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Propriétés mécaniques de plaques en composite cimentaire renforcé par des fibres de verre = Mechanical properties of glass fibre-reinforced cement composite plates</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">In Situ Compaction of Nanoalumina Spray-Dried Granules by X-Ray Tomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId488" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Cottrino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Adrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId489" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Jorand</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JNC 16</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2009, Toulouse, France. 10 p</w:t>
+              <w:t xml:space="preserve">11th International Conference and exhibition of the European Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, CRACOVIE, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId636" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00389320v1</w:t>
+            <w:hyperlink r:id="rId642" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03842013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId638" w:history="1">
+            <w:hyperlink r:id="rId643" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In Situ X-Ray Microtomography Investigation of the Deformation Mechanisms of Al-Cu Alloys in the Semi-Solid State</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Éric Maire</w:t>
+                <w:t xml:space="preserve">Propriétés mécaniques de plaques en composite cimentaire renforcé par des fibres de verre = Mechanical properties of glass fibre-reinforced cement composite plates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId639" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Chalancon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId615" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geneviève Foray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId640" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Malchère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId644" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Cavaillé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Science Forum</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, Unknown, Unknown Region. pp.275--278</w:t>
+              <w:t xml:space="preserve">JNC 16</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Toulouse, France. 10 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId638" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01538243v1</w:t>
+            <w:hyperlink r:id="rId643" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00389320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId639" w:history="1">
+            <w:hyperlink r:id="rId645" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damage assessment of Al alloys using in situ tensile tests in x-ray tomography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId525" w:history="1">
+            <w:hyperlink r:id="rId534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suxia Zhou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId640" w:history="1">
+            <w:hyperlink r:id="rId646" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jilong Xie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId641" w:history="1">
+            <w:hyperlink r:id="rId647" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Bareggi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Experimental Mechnics 2008 and Seventh Asian Conference on Experimental Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Unknown, Unknown Region. pp.73756F--73756F</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId639" w:history="1">
+            <w:hyperlink r:id="rId645" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01538251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId642" w:history="1">
+            <w:hyperlink r:id="rId648" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damage assessment of Al alloys using in situ tensile tests in X ray tomography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId643" w:history="1">
+            <w:hyperlink r:id="rId649" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suxia Zhoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId644" w:history="1">
+            <w:hyperlink r:id="rId650" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Maireb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId645" w:history="1">
+            <w:hyperlink r:id="rId651" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jilong Xiea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId646" w:history="1">
+            <w:hyperlink r:id="rId652" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Bareggib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proc. of SPIE Vol</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Unknown, Unknown Region. pp.73756F--1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId642" w:history="1">
+            <w:hyperlink r:id="rId648" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01668884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId647" w:history="1">
+            <w:hyperlink r:id="rId653" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damage Assessment of Al Alloys Materials Using in Situ Tensile Tests in X Ray Tomography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId641" w:history="1">
+            <w:hyperlink r:id="rId647" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Bareggi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId526" w:history="1">
+            <w:hyperlink r:id="rId535" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Dimichiel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Abstract Proceedings of the International Conference on Experimental Mechanics 2008 (ICEM 2008)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Unknown, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId647" w:history="1">
+            <w:hyperlink r:id="rId653" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01538252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId648" w:history="1">
+            <w:hyperlink r:id="rId654" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Application of the Three-Dimensional Damage Percolation Model and X-Ray Tomography for Damage Evolution Prediction in Aluminium Alloys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId649" w:history="1">
+            <w:hyperlink r:id="rId655" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O Orlov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId650" w:history="1">
+            <w:hyperlink r:id="rId656" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael J Worswick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId651" w:history="1">
+            <w:hyperlink r:id="rId657" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David J Lloyd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Materials science forum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, Unknown, Unknown Region. pp.1011--1016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId648" w:history="1">
+            <w:hyperlink r:id="rId654" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01538255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -20942,383 +21076,383 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId652" w:history="1">
+            <w:hyperlink r:id="rId658" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of the impact of microstructure on electrical properties in lithium-ion batteries; simulations on actual microstructures and generation of numerical architectures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId591" w:history="1">
+            <w:hyperlink r:id="rId598" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cadiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId592" w:history="1">
+            <w:hyperlink r:id="rId599" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Willot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId593" w:history="1">
+            <w:hyperlink r:id="rId600" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Lestriez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Douillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th European Congress for Stereology and Image Analysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Kaiserslautern, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId652" w:history="1">
+            <w:hyperlink r:id="rId658" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02430265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId653" w:history="1">
+            <w:hyperlink r:id="rId659" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanical behavior of a β-TCP ceramic with a random porosity: study of the fracture path with X-ray tomography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Meille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId419" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solene Tadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th European Inter-Regional Conference on Ceramics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId653" w:history="1">
+            <w:hyperlink r:id="rId659" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04956118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId654" w:history="1">
+            <w:hyperlink r:id="rId660" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiscale analysis of cellular materials by X-ray tomography and finite element modelling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Meille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd International Congress on 3D Materials Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, Annecy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId654" w:history="1">
+            <w:hyperlink r:id="rId660" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04956112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -21328,284 +21462,284 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId655" w:history="1">
+            <w:hyperlink r:id="rId661" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Digital X-ray tomography Volume Correlation of Rock Wool During Compression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Hild</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId656" w:history="1">
+            <w:hyperlink r:id="rId662" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Witz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Application of Imaging Techniques to Mechanics of Materials and Structures, Volume 4</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer New York, pp.315--316, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId655" w:history="1">
+            <w:hyperlink r:id="rId661" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01538215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId657" w:history="1">
+            <w:hyperlink r:id="rId663" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hot Tearing Sensitivity of Al-Mg-Si Alloys Evaluated by X-Ray Microtomography After Constrained Solidification at High Cooling Rate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId658" w:history="1">
+            <w:hyperlink r:id="rId664" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliane Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId515" w:history="1">
+            <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Suéry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Coret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thomas Böllinghaus, John Lippold, Carl E. Cross. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hot Cracking Phenomena in Welds III</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer Berlin Heidelberg, pp.87-99, 2011, 978-3-642-16863-5. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId659" w:history="1">
+            <w:hyperlink r:id="rId665" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-642-16864-2_6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId657" w:history="1">
+            <w:hyperlink r:id="rId663" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01538051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -21615,161 +21749,161 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId660" w:history="1">
+            <w:hyperlink r:id="rId666" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining X-ray tomography and digital volume correlation to measure 3D bulk mechanical fields in Hertzian contact mechanics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dancette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vito Acito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Lachambre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId660" w:history="1">
+            <w:hyperlink r:id="rId666" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05339926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId661"/>
+      <w:footerReference w:type="default" r:id="rId667"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -21916,51 +22050,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05268754v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Charrondi&#232;re" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Lh&#233;ritier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Mennecart" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Kopylov" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Adrien" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/spp2.70035" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867410v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Serbource" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Sammartino" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cornu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Papillon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2024.117150" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326669v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Lacorne" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Etiemble" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Boulnat" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Faye" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Simon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00325899251380923" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05247828v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Adrien" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Elsayed" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gobbin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Italiano" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Maire" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.addma.2025.104852" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345713v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenta Yamanaka" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shoya Aota" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manami Mori" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nobuyuki Sasaki" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Adrien" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2497/jjspm.15B-T6-08" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390090v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Vargas" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktor Kosin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Lachambre" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Jailin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6501/ae26a4" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05225224v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Lilensten" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Laurent-Brocq" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Duchaussoy" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Maire" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2025.148896" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05395586v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Madeira" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Tann&#233;" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivanna Pivdiablyk" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Coret" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rublon" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matdes.2025.115234" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05253493v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Albertini" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Dirrenberger" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Sollogoub" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Molotnikov" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmecsci.2025.110704" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05352562v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Boisset" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Lefebvre" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rich Mooi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Kroh" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viola Winkler" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21411/CBM.A.33CFD1AB" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04890874v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bin Gu" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ning Dang" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Werner Skrotzki" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12598-024-03029-5" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779379v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cobian" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Freitas" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Fernandez-Blazquez" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.addma.2024.104382" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672908v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ce Xiao" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruobin Sun" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Lachambre" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Nadot" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfatigue.2024.108226" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534946v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Griffiths" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Fritz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Ea" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Dalmas" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsapm.3c03205" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04490490v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Badulescu" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Dumont" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Diakhat&#233;" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bunea" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Stamoulis" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijadhadh.2024.103635" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04490645v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilian Staudacher" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Pinz&#243;n" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lachambre" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Maire" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceram.2023.100514" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04388182v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Pochat-Cottilloux" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Komsorn Lauprasert" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phornphen Chanthasit" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sita Manitkoon" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/zoolinnean/zlad195" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746609v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory D Edgecombe" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Russell J Garwood" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Buisson" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Gerbe" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adp6362" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869920v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendal Perrichon" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Hautier" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rinder" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Amiot" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joa.14170" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835406v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Lacondemine" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Moriceau" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theany To" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Houizot" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice C&#233;lari&#233;" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2024.102278" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04027291v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreea Tintatu" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bidaud" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Le Grognec" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00218464.2023.2187293" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03955745v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adem Alia" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Fantozzi" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Godin" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hocine Osmani" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfatigue.2022.107306" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03912973v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesbeer Kallungal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chazeau" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Chenal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2022.109007" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018206v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pontoreau" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Coffigniez" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Trillaud" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Le Bourlot" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2023.118723" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04144561v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vito Acito" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dancette" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Scheibert" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristobal Oliver" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2023.105057" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04103198v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Perroux" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Vannier" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Escarguel" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Wesener" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14772019.2023.2169891" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885621v2" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Duminy" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Henry" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Doitrand" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Meille" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tafmec.2022.103710" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-04335846v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreea &#538;&#238;ntatu" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudiu Badulescu" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymdegradstab.2023.110594" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189931v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Pochat&#8208;cottilloux" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irena Raselli" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Salaviale" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joa.13830" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04127711v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joa.13887" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03955726v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kachit" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kopp" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Boulnat" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmrt.2022.08.003" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03955577v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.addma.2022.103134" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868983v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Brunet" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Pierrat" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.A. Lane" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2022.10.060" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03955746v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevieve Foray" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaona Harifidy Randrianalisoa" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/gels8110732" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03776965v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Driss El Khoukhi" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Morel" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Saintier" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bellett" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Osmond" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prostr.2022.03.063" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774548v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Chenal" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2022.108771" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03483518v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu B. Lezaack" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Hannard" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lv Zhao" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Orekhov" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2021.101248" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03483003v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jutta Luksch" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bleistein" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristian Koenig" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Maire" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2021.116739" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03157091v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=German Dario Martinez-Carvajal" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Oxarango" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Molle" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Forquet" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w13030389" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03507573v2" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Mokhtari" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Adrien" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bonnin" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Ludwig" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2021.101125" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367343v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Sibellas" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Rusinowicz" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Durville" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00405000.2020.1781347" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297014v2" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Seuba" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Deville" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceram.2021.100195" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03456766v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy E Martin" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Jouve" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ar.24826" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03471233v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Outhmane Siar" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dupuy" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Fabr&#232;gue" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchar.2021.111664" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03163723v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Lorreyte" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lea" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Henry" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5123381" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367345v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Devillard" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Roux" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2020.02.009" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368072v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Vanpeene" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Villanova" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jussi-Petteri Suuronen" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew King" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nanoen.2020.104848" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03544159v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Brunet" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Pierrat" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Curt" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-020-00645-x" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367359v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Haug" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Bouville" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2020.02.054" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302330v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Monzavi" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fei Zhang" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Douillard" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2019.103423" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513657v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy E. Martin" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Smith" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Salaviale" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Delfino" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14772019.2020.1731722" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520053v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dumont" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Stamoulis" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00218464.2020.1728257" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03345193v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Romaine" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Crozet" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Normand" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Dufour" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11661-020-05954-3" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02493824v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijadhadh.2020.102568" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367366v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Babout" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krzysztof Grudzien" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selam Waktola" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konrad Miskiewicz" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2020.105346" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02271543v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Guillermo Santos Mac&#237;as" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chola Elangeswaran" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brecht van Hooreweder" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2019.05.044" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296258v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896700v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ningzhen Wang" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiang Chen" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanxiang Li" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchar.2018.10.013" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02271630v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Grabon" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Lorenzino" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuki Asanuma" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma12091426" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02271609v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Madra" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Causse" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Trochu" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2019.111031" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02340090v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Sibellas" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00405000.2019.1659471" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01985058v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuai Chen" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lingyu Liu" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2018.12.007" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357565v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Gallo" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hazem Abouelleil" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Chenal" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dental.2019.08.116" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916793v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yingying Wang" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/coatings8090326" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814016v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alethea Liens" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Etiemble" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Rivory" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Balvay" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Pelletier" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma11020249" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916273v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Mermillod-Blondin" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Bouvarot" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann D&#233;jollat" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fwb.13169" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02271802v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasin Amani" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma11101984" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622897v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Belin" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Douarre" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gillard" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Franconi" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio Rojas-Varela" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jimaging4070083" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814021v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica C. Huss" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Schoeppler" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David J. Merritt" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Best" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/advs.201700572" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01897059v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916304v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lux" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Guzi De Moraes" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Biasetto" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.commatsci.2018.06.017" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01835520v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takeshi Wada" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchar.2018.06.032" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01659507v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clementine Helfenstein-Didier" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Ta&#239;noff" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Viville" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2017.11.032" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814038v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Cheng" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchar.2018.02.015" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814369v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemence Petit" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gremillard" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2016.11.035" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538187v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Petit" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matdes.2017.02.009" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01383929v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Bouterf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Brajer" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Hild" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2016.09.011" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537659v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2016.12.105" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613937v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Maria Stanciuc" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Martin Sprecher" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucian Roiban" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Alini" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613952v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Briac Le Graverend" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Cormier" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2017.03.083" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03538463v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Etiemble" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Besnard" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bonnin" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10853-016-0374-x" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475333v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613938v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr Breitkopf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesa.2017.07.028" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03123645v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solene Tadier" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2016.05.001" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804516v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Payraudeau-Le Roux" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Chevalier" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fam.2357" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-GDZWJ3D5-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538201v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Pushkareva" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Segurado" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Llorca" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2016.06.053" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01383905v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Hild" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-016-0168-8" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538018v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layla Sasaki" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2015.12.011" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475338v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shingo Kurosu" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchar.2016.04.006" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814077v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01334156v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Pigneret" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Volatier" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Romestaing" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2016.05.174" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538199v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Mortensen" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajmund Mokso" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10704-016-0077-y" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316075v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cathelin" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Guingand" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre de Vaujany" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10443-014-9410-7" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538203v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mertens" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Simar" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H-M Montrieux" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538025v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anran Guo" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Roso" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Modesti" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538205v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rousseau" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Widiez" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Tommaso" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Rositi" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13007-015-0098-y" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538032v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassane Idrissi" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Reyter" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01068402v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/str.12101" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475377v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crhy.2014.09.001" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00933917v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Zhang" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Onck" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Salvo" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adem.201300004" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538037v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Cottrino" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Jorand" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00809340v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imade Koutiri" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Augustins" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfatigue.2012.07.008" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00938623v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Leplay" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien R&#233;thor&#233;" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Baietto" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-013-9727-4" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-MJ80T0P4-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01068555v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538044v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maciej Niedostatkiewicz" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538042v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fernandez" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Buffetaut" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Varavudh Suteethorn" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661396v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Lasalle" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Guizard" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Leloup" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1551-2916.2011.04993.x" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00685034v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thilo F. Morgeneyer" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Landron" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Helfen" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crhy.2011.12.009" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W6R1VMJ2-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01133901v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2012.02.023" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538220v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Su&#233;ry" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Terzi" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Mireux" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11837-011-0219-7" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538053v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Caty" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Buffiere" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00634714v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Fanget" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538237v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suxia Zhou" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Dimichiel" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00521190v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Limodin" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-010-9397-4" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03529821v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Landron" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Bouaziz" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2010.07.021" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538059v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Grudzie&#324;" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominik Sankowski" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00523143v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Landron" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bouaziz" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668881v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00389094v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2009.04.041" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00431386v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Morales Rodriguez" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Reynaud" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668883v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krzysztof Grudzie&#324;" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrzej Romanowski" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zbigniew Chaniecki" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00434021v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Verdu" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2006.09.178" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00434154v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Colombo" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Biasetto" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2006.05.097" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CTR28TLB-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00434200v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Gimenez" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Sauvant-Moynot" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00436210v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Weiler" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.T. Wood" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.J. Klassen" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00436187v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Orlov" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael J. Worswick" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.J. Lloyd" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668890v1" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Reynaud" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00474484v1" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Estevez" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Ehrstrom" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Warner" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607085v1" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Claude" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304991v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305027v1" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271127v1" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281686v1" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Bunea" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malick Diakhate" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03436571v1" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Perrier" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Seguin" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va Perroux" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02290954v1" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amin Azman" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2531357" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066337v1" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cadiou" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Willot" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Lestriez" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01835826v1" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965255v1" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Douillard" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01835831v1" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01730098v1" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Carrere" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066228v1" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956047v1" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956056v1" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02430240v1" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Besnard" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Badot" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956085v1" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538212v1" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Perret" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Foray" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Masenelli-Varlot" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736315v1" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Cristol" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nesrine Hentati" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lejay" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Hauss" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956103v1" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668877v1" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4614-4235-6_30" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/AF67A50CFA6F349869484FB631A79476F4707A44/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668794v1" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Weck" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;yves Buffi&#232;re" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4614-4235-6_28" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B3DB254425362B9AF6AB7C8F5707576BAE5EEE25/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956299v1" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538221v1" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538233v1" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00592842v1" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538052v1" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Choqueuse" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538063v1" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Chalancon" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Malch&#232;re" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Cavaille" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842013v1" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00389320v1" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Cavaill&#233;" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538243v1" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538251v1" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jilong Xie" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Bareggi" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668884v1" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suxia Zhoua" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Maireb" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jilong Xiea" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Bareggib" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538252v1" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538255v1" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Orlov" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael J Worswick" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David J Lloyd" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02430265v1" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956118v1" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956112v1" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538215v1" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Witz" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538051v1" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Giraud" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-16864-2_6" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05339926v1" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05559440v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loren Morgillo" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#232;na Brionne" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Falourd" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Adrien" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;rang&#232;re Lesaint" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2025.122613" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05395586v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Madeira" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Tann&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivanna Pivdiablyk" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Coret" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rublon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matdes.2025.115234" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05253493v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Albertini" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Dirrenberger" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Sollogoub" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Molotnikov" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmecsci.2025.110704" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05225224v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Lilensten" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Laurent-Brocq" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Duchaussoy" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Maire" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2025.148896" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05268754v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Charrondi&#232;re" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Lh&#233;ritier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Mennecart" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Kopylov" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/spp2.70035" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867410v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Serbource" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Sammartino" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cornu" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Papillon" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2024.117150" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05247828v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Adrien" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Elsayed" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gobbin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Italiano" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Maire" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.addma.2025.104852" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345713v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenta Yamanaka" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shoya Aota" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manami Mori" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nobuyuki Sasaki" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Adrien" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2497/jjspm.15B-T6-08" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326669v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Lacorne" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Etiemble" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Boulnat" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Faye" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Simon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00325899251380923" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390090v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Vargas" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktor Kosin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Lachambre" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Jailin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6501/ae26a4" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04027291v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreea Tintatu" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Badulescu" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bidaud" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Le Grognec" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00218464.2023.2187293" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05352562v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Boisset" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Lefebvre" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rich Mooi" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Kroh" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viola Winkler" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21411/CBM.A.33CFD1AB" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04890874v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bin Gu" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ning Dang" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Werner Skrotzki" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12598-024-03029-5" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779379v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cobian" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Freitas" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Fernandez-Blazquez" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.addma.2024.104382" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672908v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ce Xiao" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruobin Sun" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Lachambre" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Nadot" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfatigue.2024.108226" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534946v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Griffiths" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Fritz" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Ea" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Dalmas" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsapm.3c03205" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04490490v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Dumont" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Diakhat&#233;" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bunea" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Stamoulis" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijadhadh.2024.103635" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04490645v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilian Staudacher" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Pinz&#243;n" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lachambre" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Maire" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceram.2023.100514" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04388182v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Pochat-Cottilloux" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Komsorn Lauprasert" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phornphen Chanthasit" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sita Manitkoon" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/zoolinnean/zlad195" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746609v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory D Edgecombe" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Russell J Garwood" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Buisson" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Gerbe" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adp6362" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869920v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendal Perrichon" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Hautier" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rinder" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Amiot" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joa.14170" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835406v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Lacondemine" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Moriceau" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theany To" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Houizot" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice C&#233;lari&#233;" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2024.102278" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189931v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Pochat&#8208;cottilloux" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irena Raselli" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Salaviale" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joa.13830" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04127711v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joa.13887" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03912973v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesbeer Kallungal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chazeau" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Chenal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2022.109007" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03955745v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adem Alia" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Fantozzi" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Godin" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hocine Osmani" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfatigue.2022.107306" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018206v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pontoreau" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Coffigniez" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Trillaud" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Le Bourlot" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2023.118723" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04144561v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vito Acito" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dancette" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Scheibert" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristobal Oliver" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2023.105057" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04103198v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Perroux" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Vannier" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Escarguel" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Wesener" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14772019.2023.2169891" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885621v2" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Duminy" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Henry" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Doitrand" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Meille" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tafmec.2022.103710" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-04335846v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreea &#538;&#238;ntatu" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudiu Badulescu" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymdegradstab.2023.110594" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774548v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Chenal" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2022.108771" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03776965v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Driss El Khoukhi" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Morel" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Saintier" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bellett" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Osmond" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prostr.2022.03.063" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03955726v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kachit" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kopp" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Boulnat" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmrt.2022.08.003" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03955577v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.addma.2022.103134" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868983v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Brunet" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Pierrat" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.A. Lane" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2022.10.060" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03955746v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevieve Foray" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaona Harifidy Randrianalisoa" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/gels8110732" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03471233v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Outhmane Siar" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dupuy" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Fabr&#232;gue" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchar.2021.111664" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03483518v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu B. Lezaack" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Hannard" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lv Zhao" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Orekhov" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2021.101248" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03157091v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=German Dario Martinez-Carvajal" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Oxarango" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Molle" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Forquet" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w13030389" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03483003v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jutta Luksch" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bleistein" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristian Koenig" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Maire" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2021.116739" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03507573v2" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Mokhtari" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Adrien" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bonnin" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Ludwig" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2021.101125" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297014v2" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Seuba" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Deville" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceram.2021.100195" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367343v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Sibellas" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Rusinowicz" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Durville" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00405000.2020.1781347" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03456766v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy E Martin" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Jouve" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ar.24826" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03544159v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Brunet" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Pierrat" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Curt" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-020-00645-x" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368072v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Vanpeene" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Villanova" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jussi-Petteri Suuronen" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew King" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nanoen.2020.104848" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03163723v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Lorreyte" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lea" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Henry" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5123381" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367345v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Devillard" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Roux" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2020.02.009" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367359v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Haug" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Bouville" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2020.02.054" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302330v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Monzavi" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fei Zhang" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Douillard" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2019.103423" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513657v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy E. Martin" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Smith" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Salaviale" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Delfino" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14772019.2020.1731722" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520053v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dumont" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Stamoulis" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00218464.2020.1728257" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02493824v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijadhadh.2020.102568" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03345193v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Romaine" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Crozet" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Normand" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Dufour" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11661-020-05954-3" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367366v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Babout" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krzysztof Grudzien" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selam Waktola" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konrad Miskiewicz" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2020.105346" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896700v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ningzhen Wang" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiang Chen" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanxiang Li" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchar.2018.10.013" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02271543v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Guillermo Santos Mac&#237;as" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chola Elangeswaran" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brecht van Hooreweder" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2019.05.044" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296258v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02271630v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Grabon" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Lorenzino" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuki Asanuma" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma12091426" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02271609v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Madra" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Causse" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Trochu" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2019.111031" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02340090v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Sibellas" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00405000.2019.1659471" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01985058v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuai Chen" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lingyu Liu" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2018.12.007" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357565v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Gallo" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hazem Abouelleil" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Chenal" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dental.2019.08.116" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01659507v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clementine Helfenstein-Didier" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Ta&#239;noff" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Viville" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2017.11.032" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814038v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Cheng" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasin Amani" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchar.2018.02.015" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814016v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alethea Liens" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Etiemble" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Rivory" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Balvay" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Pelletier" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma11020249" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916793v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yingying Wang" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/coatings8090326" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916273v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Mermillod-Blondin" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Bouvarot" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann D&#233;jollat" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fwb.13169" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02271802v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma11101984" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622897v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Belin" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Douarre" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gillard" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Franconi" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio Rojas-Varela" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jimaging4070083" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814021v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica C. Huss" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Schoeppler" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David J. Merritt" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Best" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/advs.201700572" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01897059v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916304v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lux" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Guzi De Moraes" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Biasetto" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.commatsci.2018.06.017" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01835520v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takeshi Wada" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchar.2018.06.032" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613938v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr Breitkopf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesa.2017.07.028" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814369v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemence Petit" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gremillard" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2016.11.035" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538187v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Petit" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matdes.2017.02.009" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01383929v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Bouterf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Brajer" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Hild" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2016.09.011" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537659v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2016.12.105" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613937v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Maria Stanciuc" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Martin Sprecher" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucian Roiban" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Alini" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613952v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Briac Le Graverend" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Cormier" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2017.03.083" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03538463v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Etiemble" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Besnard" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bonnin" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10853-016-0374-x" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475333v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538199v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Mortensen" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajmund Mokso" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10704-016-0077-y" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01334156v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Pigneret" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Volatier" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Romestaing" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2016.05.174" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03123645v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solene Tadier" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2016.05.001" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804516v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Payraudeau-Le Roux" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Chevalier" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fam.2357" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-GDZWJ3D5-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538201v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Pushkareva" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Segurado" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Llorca" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2016.06.053" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01383905v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Hild" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-016-0168-8" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538018v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layla Sasaki" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2015.12.011" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475338v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shingo Kurosu" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchar.2016.04.006" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814077v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538205v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rousseau" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Widiez" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Tommaso" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Rositi" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13007-015-0098-y" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316075v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cathelin" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Guingand" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre de Vaujany" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10443-014-9410-7" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538203v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mertens" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Simar" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H-M Montrieux" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538025v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anran Guo" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Roso" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Modesti" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538032v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassane Idrissi" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Reyter" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01068402v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/str.12101" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475377v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crhy.2014.09.001" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00933917v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Zhang" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Onck" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Salvo" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adem.201300004" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538037v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Cottrino" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Jorand" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00809340v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imade Koutiri" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Augustins" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfatigue.2012.07.008" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00938623v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Leplay" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien R&#233;thor&#233;" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Baietto" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-013-9727-4" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-MJ80T0P4-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01068555v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538220v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Su&#233;ry" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Terzi" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Mireux" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11837-011-0219-7" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538044v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maciej Niedostatkiewicz" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538042v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fernandez" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Buffetaut" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Varavudh Suteethorn" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661396v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Lasalle" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Guizard" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Leloup" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1551-2916.2011.04993.x" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00685034v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thilo F. Morgeneyer" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Landron" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Helfen" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crhy.2011.12.009" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W6R1VMJ2-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01133901v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2012.02.023" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538053v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Caty" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Buffiere" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00634714v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Fanget" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00521190v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Limodin" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-010-9397-4" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538237v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suxia Zhou" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Dimichiel" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00523143v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Landron" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bouaziz" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2010.07.021" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538059v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Grudzie&#324;" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominik Sankowski" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03529821v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Landron" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Bouaziz" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668881v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668883v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krzysztof Grudzie&#324;" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrzej Romanowski" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zbigniew Chaniecki" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00389094v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2009.04.041" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00431386v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Morales Rodriguez" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Reynaud" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00434021v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Verdu" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2006.09.178" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00434154v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Colombo" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Biasetto" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2006.05.097" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CTR28TLB-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00434200v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Gimenez" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Sauvant-Moynot" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00436210v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Weiler" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.T. Wood" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.J. Klassen" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00436187v1" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Orlov" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael J. Worswick" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.J. Lloyd" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668890v1" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Reynaud" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00474484v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Estevez" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Ehrstrom" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Warner" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607085v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Claude" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304991v1" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305027v1" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271127v1" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281686v1" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Bunea" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malick Diakhate" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03436571v1" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Perrier" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Seguin" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va Perroux" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02290954v1" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amin Azman" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2531357" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01835831v1" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066337v1" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cadiou" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Willot" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Lestriez" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01835826v1" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965255v1" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Douillard" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01730098v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Carrere" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066228v1" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02430240v1" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Besnard" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Badot" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956047v1" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956056v1" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956085v1" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538212v1" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Perret" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Foray" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Masenelli-Varlot" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736315v1" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Cristol" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nesrine Hentati" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lejay" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Hauss" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668877v1" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4614-4235-6_30" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/AF67A50CFA6F349869484FB631A79476F4707A44/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956103v1" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668794v1" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Weck" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;yves Buffi&#232;re" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4614-4235-6_28" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B3DB254425362B9AF6AB7C8F5707576BAE5EEE25/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538221v1" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956299v1" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538052v1" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Choqueuse" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538233v1" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00592842v1" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538243v1" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538063v1" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Chalancon" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Malch&#232;re" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Cavaille" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842013v1" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00389320v1" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Cavaill&#233;" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538251v1" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jilong Xie" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Bareggi" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668884v1" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suxia Zhoua" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Maireb" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jilong Xiea" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Bareggib" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538252v1" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538255v1" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Orlov" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael J Worswick" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David J Lloyd" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02430265v1" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956118v1" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956112v1" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538215v1" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Witz" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538051v1" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Giraud" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-16864-2_6" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05339926v1" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>