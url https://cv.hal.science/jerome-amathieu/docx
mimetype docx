--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -2535,69 +2535,69 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Gaudin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plaisir et processus éducatif, une pédagogie de la mobilisation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014</w:t>
+              <w:t xml:space="preserve">, AE-EPS, pp.337-347, 2014, 978-2-902568-27-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03856708v1</w:t>
+                <w:t xml:space="preserve">hal-03469651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une pédagogie de la mobilisation. Illustrations de pistes pédagogiques. Compétence propre n°5 – la course en durée</w:t>
               </w:r>
@@ -2617,69 +2617,69 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Gaudin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plaisir et processus éducatif, une pédagogie de la mobilisation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, AE-EPS, pp.337-347, 2014, 978-2-902568-27-7</w:t>
+              <w:t xml:space="preserve">, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03469651v1</w:t>
+                <w:t xml:space="preserve">hal-03856708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une pédagogie de la mobilisation. Illustrations de pistes pédagogiques. Compétence propre n°5 – la course en durée</w:t>
               </w:r>
@@ -2773,204 +2773,204 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Besoins éprouvés et satisfaction professionnelle des formés</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bienveillance à l’Ecole, le travail comme situation de formation partagéeEntre volonté institutionnelle et réalité de terrain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Bereza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Amathieu</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Caroline Ducès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biennale de l'éducation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">Colloque du RUMEF : Les métiers de la formation à l'épreuve du travail. Perspectives internationales et interdisciplinaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Tours, May 2023, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04215650v1</w:t>
+                <w:t xml:space="preserve">hal-04120030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bienveillance à l’Ecole, le travail comme situation de formation partagéeEntre volonté institutionnelle et réalité de terrain</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Besoins éprouvés et satisfaction professionnelle des formés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Amathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Chaliès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tiphaine Bereza</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Amathieu</w:t>
+                <w:t xml:space="preserve">Caroline Ducès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque du RUMEF : Les métiers de la formation à l'épreuve du travail. Perspectives internationales et interdisciplinaires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Tours, May 2023, Tours, France</w:t>
+              <w:t xml:space="preserve">Biennale de l'éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04120030v1</w:t>
+                <w:t xml:space="preserve">hal-04215650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scolarisation du Yoga à l'école, entre prescription et adaptation</w:t>
               </w:r>
@@ -3451,135 +3451,122 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04119431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers une actualisation de la pédagogie à l’université pour répondre au double enjeu de la formation et de l’insertion professionnelle</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">« Faire approprier » une réforme scolaire : le cas particulier du travail des chefs d’établissement avec les parents d’élèves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Amathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Gaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Chaliès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres Internationales du Réseau de Recherche en Éducation et en Formation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, UMR Éducation Formation Travail Savoirs, Jul 2019, Toulouse, France</w:t>
+              <w:t xml:space="preserve">AREF 2019 Actualités de la Recherche en Education et en Formation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03836490v1</w:t>
+                <w:t xml:space="preserve">hal-03856760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La complexité du travail des chefs d’établissements avec les parents d’élèves : des activités diverses et entremêlées</w:t>
               </w:r>
@@ -3654,122 +3641,135 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02288687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Faire approprier » une réforme scolaire : le cas particulier du travail des chefs d’établissement avec les parents d’élèves</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Vers une actualisation de la pédagogie à l’université pour répondre au double enjeu de la formation et de l’insertion professionnelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Recoules</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Tribet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Amathieu</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cyrille Gaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Chaliès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AREF 2019 Actualités de la Recherche en Education et en Formation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Rencontres Internationales du Réseau de Recherche en Éducation et en Formation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UMR Éducation Formation Travail Savoirs, Jul 2019, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03856760v1</w:t>
+                <w:t xml:space="preserve">halshs-03836490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enseignement par compétences, satisfaction des élèves et climat scolaire : une étude exploratoire en EPS</w:t>
               </w:r>
@@ -4008,109 +4008,109 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03856775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interroger les principes d’alternance ou de continuité en formation initiale à partir des trajectoires de satisfaction professionnelle des enseignants novices</w:t>
+                <w:t xml:space="preserve">Formation initiale des enseignants novices (EN) et rôle de la coopération dans la construction de leur satisfaction au travail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Amathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Chaliès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">colloque international en education</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Montréal, France</w:t>
+              <w:t xml:space="preserve">Biennales de l'éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03856778v1</w:t>
+                <w:t xml:space="preserve">hal-03856780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Circonstances de formation permettant d’améliorer la satisfaction de l’activité d’enseignement des enseignants novices en EPS</w:t>
               </w:r>
@@ -4172,109 +4172,109 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03856756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formation initiale des enseignants novices (EN) et rôle de la coopération dans la construction de leur satisfaction au travail</w:t>
+                <w:t xml:space="preserve">Interroger les principes d’alternance ou de continuité en formation initiale à partir des trajectoires de satisfaction professionnelle des enseignants novices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Amathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Chaliès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biennales de l'éducation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Paris, France</w:t>
+              <w:t xml:space="preserve">colloque international en education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Montréal, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03856780v1</w:t>
+                <w:t xml:space="preserve">hal-03856778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formation initiale des enseignants novices (EN) et rôle de la coopération dans la construction de leur satisfaction au travail</w:t>
               </w:r>
@@ -4868,51 +4868,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05264816v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Amathieu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Escrig" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Isserte" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Nunez-Moscoso" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Tribet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05227881v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dastugue" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Chali&#232;s" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/148n1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05253958v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05511527v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine B&#233;r&#233;za" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Gaudin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1122165ar" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746158v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764070v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Chali&#232;s" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518658v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Michel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Recoules" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856685v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.6670" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799843v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Feydel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cape.568.0064" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03832743v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edso.9274" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01941791v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01722203v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856695v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Escali&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Bertone" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856374v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856687v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01473187v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01452577v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Chalies" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/th.764.0309" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856715v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Salamon" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01574456v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05227974v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cepadues.com/livres/sciences/information-communication/1804-faire-resultats-dans-les-recherches-en-education-9782383952053.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518661v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03836521v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856709v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01941792v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856708v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03469651v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01574459v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215650v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Duc&#232;s" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04120030v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Bereza" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215785v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856764v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856779v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856758v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04119431v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03836490v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02288687v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856760v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856766v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Matthews" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856771v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856775v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856778v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856756v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856780v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856769v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03856787v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01344614v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015TOU20075" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856753v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01424000v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05264816v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Amathieu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Escrig" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Isserte" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Nunez-Moscoso" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Tribet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05227881v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dastugue" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Chali&#232;s" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/148n1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05253958v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05511527v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine B&#233;r&#233;za" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Gaudin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1122165ar" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746158v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764070v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Chali&#232;s" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518658v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Michel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Recoules" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856685v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.6670" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799843v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Feydel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cape.568.0064" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03832743v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edso.9274" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01941791v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01722203v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856695v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Escali&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Bertone" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856374v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856687v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01473187v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01452577v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Chalies" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/th.764.0309" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856715v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Salamon" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01574456v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05227974v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cepadues.com/livres/sciences/information-communication/1804-faire-resultats-dans-les-recherches-en-education-9782383952053.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518661v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03836521v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856709v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01941792v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03469651v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856708v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01574459v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04120030v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Bereza" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215650v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Duc&#232;s" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215785v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856764v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856779v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856758v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04119431v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856760v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02288687v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03836490v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856766v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Matthews" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856771v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856775v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856780v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856756v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856778v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856769v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03856787v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01344614v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015TOU20075" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856753v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01424000v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>