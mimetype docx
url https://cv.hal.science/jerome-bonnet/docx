--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -995,295 +995,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04454970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differentially optimized cell-free buffer enables robust expression from unprotected linear DNA in exonuclease-deficient extracts</w:t>
+                <w:t xml:space="preserve">Programmable receptors enable bacterial biosensors to detect pathological biomarkers in clinical samples</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angelo Cardoso Batista</w:t>
+                <w:t xml:space="preserve">Hung-Ju Chang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Zúñiga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ismael Conejero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Levrier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Paul Soudier</w:t>
+                <w:t xml:space="preserve">Peter L. Voyvodic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peter L Voyvodic</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Tatjana Achmedov</w:t>
+                <w:t xml:space="preserve">Jérôme Gracy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Synthetic Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1101/2021.09.07.459228⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12 (1), pp.5216. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-021-25538-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03545788v1</w:t>
+                <w:t xml:space="preserve">hal-03641379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Programmable receptors enable bacterial biosensors to detect pathological biomarkers in clinical samples</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Differentially optimized cell-free buffer enables robust expression from unprotected linear DNA in exonuclease-deficient extracts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angelo Cardoso Batista</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hung-Ju Chang</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Ismael Conejero</w:t>
+                <w:t xml:space="preserve">Antoine Levrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Soudier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peter L. Voyvodic</w:t>
+                <w:t xml:space="preserve">Peter L Voyvodic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Gracy</w:t>
+                <w:t xml:space="preserve">Tatjana Achmedov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 12 (1), pp.5216. </w:t>
+              <w:t xml:space="preserve">ACS Synthetic Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp.acssynbio.1c00448. </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-021-25538-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1101/2021.09.07.459228⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03641379v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03545788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rational programming of history-dependent logic in cellular populations</w:t>
               </w:r>
@@ -1429,51 +1429,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amir Pandi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Koch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter L. Voyvodic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Soudier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1671,51 +1671,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A modular receptor platform to expand the sensing repertoire of bacteria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hung-Ju Chang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Mayonove</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1961,51 +1961,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Guiziou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Sauveplane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hung-Ju Chang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Clerté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2866,51 +2866,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Koch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Soudier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angelo Cardoso Batista</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Engineering Synthetic Cells and Organelles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Minneapolis, MN, USA, United States</w:t>
@@ -3372,51 +3372,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345435v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Capin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Mayonove" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelique Devisch" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amon Becher" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giang Ngo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2025.07.16.665152" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04651063v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Fristot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cambray" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Bonnet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssynbio.3c00438" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05087316v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Chabert" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Z&#250;&#241;iga" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1751-7915.70047" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727359v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine L&#233;vrier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis-Ilie Karpathakis" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Voyvodic" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssynbio.4c00353" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763052v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismael Conejero" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khouloud Mesmoudi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Renard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Courtet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-17583-4" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03649349v2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Soudier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Duigou" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenza Bazi-Kabbaj" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssynbio.2c00138" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454970v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geisler Mu&#241;oz-Guamuro" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Boivineau" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fbioe.2022.859600" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03545788v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Cardoso Batista" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Levrier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter L Voyvodic" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatjana Achmedov" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2021.09.07.459228" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03641379v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hung-Ju Chang" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter L. Voyvodic" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gracy" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-25538-y" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02952457v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Guiziou" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zachary Ben Meriem" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Camacho" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-18455-z" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02275517v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Pandi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Koch" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bonnet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-11889-0" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399479v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Valjent" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-09722-9" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176995v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agustin Zavala" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelique de Visch" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Minard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssynbio.7b00266" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04725198v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Ulliana" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Moreau" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lecl&#232;re" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssynbio.8b00016" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639876v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Sauveplane" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Clert&#233;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Declerck" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkw624" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03644297v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Innocentini" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ovidiu Radulescu" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.94.062413" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01989460v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Courbet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Drew Endy" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Molina" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/scitranslmed.aaa3601" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00575083v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Bantignies" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Roure" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Itys Comet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Leblanc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernd Schuettengruber" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2010.12.026" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00345928v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=May C Morris" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2008.03.117" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00350866v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Coopman" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/cc.7.13.6095" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04233209v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04563028v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manish Kushwaha" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02416052v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume P&#233;rution-Kihli" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-34500-6_5" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01662689v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/150987" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345435v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Capin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Mayonove" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelique Devisch" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amon Becher" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giang Ngo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2025.07.16.665152" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04651063v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Fristot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cambray" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Bonnet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssynbio.3c00438" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05087316v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Chabert" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Z&#250;&#241;iga" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1751-7915.70047" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727359v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine L&#233;vrier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis-Ilie Karpathakis" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Voyvodic" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssynbio.4c00353" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763052v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismael Conejero" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khouloud Mesmoudi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Renard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Courtet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-17583-4" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03649349v2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Soudier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Duigou" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenza Bazi-Kabbaj" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssynbio.2c00138" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454970v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geisler Mu&#241;oz-Guamuro" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Boivineau" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fbioe.2022.859600" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03641379v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hung-Ju Chang" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter L. Voyvodic" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gracy" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-25538-y" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03545788v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Cardoso Batista" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Levrier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter L Voyvodic" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatjana Achmedov" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2021.09.07.459228" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02952457v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Guiziou" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zachary Ben Meriem" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Camacho" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-18455-z" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02275517v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Pandi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Koch" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bonnet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-11889-0" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399479v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Valjent" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-09722-9" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176995v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agustin Zavala" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelique de Visch" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Minard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssynbio.7b00266" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04725198v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Ulliana" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Moreau" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lecl&#232;re" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssynbio.8b00016" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639876v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Sauveplane" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Clert&#233;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Declerck" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkw624" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03644297v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Innocentini" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ovidiu Radulescu" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.94.062413" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01989460v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Courbet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Drew Endy" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Molina" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/scitranslmed.aaa3601" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00575083v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Bantignies" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Roure" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Itys Comet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Leblanc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernd Schuettengruber" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2010.12.026" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00345928v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=May C Morris" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2008.03.117" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00350866v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Coopman" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/cc.7.13.6095" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04233209v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04563028v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manish Kushwaha" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02416052v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume P&#233;rution-Kihli" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-34500-6_5" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01662689v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/150987" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>