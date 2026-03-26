--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -234,779 +234,779 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05291440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis, Characterization, and Properties of a Titanium(IV)-Tetrathiafulvalene-Based Complex</w:t>
+                <w:t xml:space="preserve">l -Cysteine-Tuned the Hierarchical Structure Based on Benzimidazole: Synthesis, Characterization, and Application in Ratiometric Electrochemiluminescence Immunoassay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jaison Casas</w:t>
+                <w:t xml:space="preserve">Yu-Xuan Dai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Baudron</w:t>
+                <w:t xml:space="preserve">Yi-Xuan Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Bonnefont</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Jérôme Chauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xue-Ji Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Cosnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.4c01389⟩</w:t>
+              <w:t xml:space="preserve">ACS Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 9 (4), pp.2176-2182. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acssensors.4c00359⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04589532v1</w:t>
+                <w:t xml:space="preserve">hal-04670380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A novel light-harvesting ZIF-9-TCPP as a promising FRET-based ratiometric fluorescence probe for sperm mobility</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Embracing Nature’s Wisdom: Liposome-Mediated Amplification of Electrochemiluminescence for the Sensitive and Selective Immunoassay of Serum Amyloid A</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruicheng Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qiaoting Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yi-Xuan Li</w:t>
+                <w:t xml:space="preserve">Wei Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yu-Xuan Dai</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ju-Zheng Wang</w:t>
+                <w:t xml:space="preserve">Yuji Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérome Chauvin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Xue-Ji Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analyst</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D4AN01305K⟩</w:t>
+              <w:t xml:space="preserve">Analytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 97 (1), pp.945-952. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.analchem.4c05685⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04909082v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04909065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Embracing Nature’s Wisdom: Liposome-Mediated Amplification of Electrochemiluminescence for the Sensitive and Selective Immunoassay of Serum Amyloid A</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jérome Chauvin</w:t>
+                <w:t xml:space="preserve">Fine tuning of porphyrin based-paddlewheel framework by imidazole derivative to boost electrochemiluminescence performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yi-Xuan Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu-Xuan Dai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ju-Zheng Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Chauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xue-Ji Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytical Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.analchem.4c05685⟩</w:t>
+              <w:t xml:space="preserve">Talanta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 272, pp.125779. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.talanta.2024.125779⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04909065v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04670387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fine tuning of porphyrin based-paddlewheel framework by imidazole derivative to boost electrochemiluminescence performance</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Synthesis, Characterization, and Properties of a Titanium(IV)-Tetrathiafulvalene-Based Complex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaison Casas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Baudron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Bonnefont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Chaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Chauvin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Xue-Ji Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Talanta</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 272, pp.125779. </w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 63 (21), pp.10057-10067. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.talanta.2024.125779⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.4c01389⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04670387v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04589532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">l -Cysteine-Tuned the Hierarchical Structure Based on Benzimidazole: Synthesis, Characterization, and Application in Ratiometric Electrochemiluminescence Immunoassay</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">A novel light-harvesting ZIF-9-TCPP as a promising FRET-based ratiometric fluorescence probe for sperm mobility</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yi-Xuan Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yu-Xuan Dai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Chauvin</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ju-Zheng Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérome Chauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xue-Ji Zhang</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Serge Cosnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Sensors</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 9 (4), pp.2176-2182. </w:t>
+              <w:t xml:space="preserve">Analyst</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 149 (24), pp.5784-5790. </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acssensors.4c00359⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/D4AN01305K⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04670380v1</w:t>
+                <w:t xml:space="preserve">hal-04909082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Post-synthetic modification-driven ZIF reconstruction and functionalization for efficient SARS-CoV-2 ECL detection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ju-Zheng Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yi-Xuan Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qiaoting Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Junji Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Chauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Analyst</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 148 (15), pp.3603-3609. </w:t>
@@ -1083,51 +1083,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gavaggio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Dautreppe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Chauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Pécaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1148,51 +1148,51 @@
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/molecules27196614⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04700613v1</w:t>
+                <w:t xml:space="preserve">hal-03808904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electrochemical Properties of a Rhodium(III) Mono-Terpyridyl Complex and Use as a Catalyst for Light-Driven Hydrogen Evolution in Water</w:t>
               </w:r>
@@ -1217,51 +1217,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gavaggio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Dautreppe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Chauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Pécaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1282,51 +1282,51 @@
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/molecules27196614⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03808904v1</w:t>
+                <w:t xml:space="preserve">hal-04700613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cross-Linking of Ru(II) Polypyridyl Complexes Bearing Pyrrole Moieties on TiO2 Nanoparticles to Enhance Light to Electricity Conversion</w:t>
               </w:r>
@@ -1364,51 +1364,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Mouesca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Maurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Chauvin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 126 (6), pp.2946-2959. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1436,425 +1436,425 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04086596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First Eurasian conference on nanotechnology, Baku, Azerbaijan photoelectrochemically-assisted bioanode constructed by Ru-complex and g-C3N4 coated MWCNT electrode</w:t>
+                <w:t xml:space="preserve">Photoelectrochemically-assisted biofuel cell constructed by redox complex and g-C3N4 coated MWCNT bioanode</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bekir Çakiroğlu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Chauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Alan Le Goff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Karine Gorgy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmut Özacar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Today: Proceedings</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, </w:t>
+              <w:t xml:space="preserve">Biosensors and Bioelectronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 169, pp.112601. </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.matpr.2019.12.153⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.bios.2020.112601⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02944836v1</w:t>
+                <w:t xml:space="preserve">hal-02944822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photoelectrochemically-assisted biofuel cell constructed by redox complex and g-C3N4 coated MWCNT bioanode</w:t>
+                <w:t xml:space="preserve">First Eurasian conference on nanotechnology, Baku, Azerbaijan photoelectrochemically-assisted bioanode constructed by Ru-complex and g-C3N4 coated MWCNT electrode</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bekir Çakiroğlu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Chauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Gorgy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahmut Özacar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alan Le Goff</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Michael Holzinger</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biosensors and Bioelectronics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 169, pp.112601. </w:t>
+              <w:t xml:space="preserve">Materials Today: Proceedings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.bios.2020.112601⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.matpr.2019.12.153⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02944822v1</w:t>
+                <w:t xml:space="preserve">hal-02944836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">[Cr(ttpy)2]3+ as a multi-electron reservoir for photoinduced charge accumulation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Immobilization of Mn( i ) and Ru( ii ) polypyridyl complexes on TiO 2 nanoparticles for selective photoreduction of CO 2 to formic acid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Long Le-Quang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rajaa Farran</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Long Le-Quang</w:t>
+                <w:t xml:space="preserve">Matthew Stanbury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Chardon-Noblat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Mouesca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Maurel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Damien Jouvenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalton Transactions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 48 (20), pp.6800-6811. </w:t>
+              <w:t xml:space="preserve">Chemical Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 55 (90), pp.13598-13601. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/C9DT00848A⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/c9cc05129e⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03954673v1</w:t>
+                <w:t xml:space="preserve">hal-04670423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cobalt(II) Pentaaza-Macrocyclic Schiff Base Complex as Catalyst for Light-Driven Hydrogen Evolution in Water: Electrochemical Generation and Theoretical Investigation of the One-Electron Reduced Species</w:t>
               </w:r>
@@ -1968,217 +1968,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02366509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Immobilization of Mn(I) and Ru(II) polypyridyl complexes on TiO2 nanoparticles for selective photoreduction of CO2 to formic acid</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">[Cr(ttpy)2]3+ as a multi-electron reservoir for photoinduced charge accumulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rajaa Farran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long Le-Quang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Matthew Stanbury</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Mouesca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Maurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Chardon-Noblat</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Vincent Maurel</w:t>
+                <w:t xml:space="preserve">Damien Jouvenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 55 (90), pp.13598-13601. </w:t>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 48 (20), pp.6800-6811. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/C9CC05129E⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/C9DT00848A⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02405125v1</w:t>
+                <w:t xml:space="preserve">hal-03954673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Immobilization of Mn( i ) and Ru( ii ) polypyridyl complexes on TiO 2 nanoparticles for selective photoreduction of CO 2 to formic acid</w:t>
+                <w:t xml:space="preserve">Immobilization of Mn(I) and Ru(II) polypyridyl complexes on TiO2 nanoparticles for selective photoreduction of CO2 to formic acid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long Le-Quang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthew Stanbury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Chardon-Noblat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Mouesca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2193,70 +2193,70 @@
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 55 (90), pp.13598-13601. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/c9cc05129e⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/C9CC05129E⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04670423v1</w:t>
+                <w:t xml:space="preserve">hal-02405125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patterning Surfaces through Photografting of Iodonium Salts</w:t>
               </w:r>
@@ -2389,51 +2389,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Photoactive Molecular Dyads [Ru(bpy) 3 –M(ttpy) 2 ] n + on Gold (M = Co(III), Zn(II)): Characterization, Intrawire Electron Transfer, and Photoelectric Conversion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long Le-Quang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rajaa Farran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Lattach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2549,51 +2549,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurélie Poulard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthew Oshinowo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Chauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mustapha Dahmane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2638,441 +2638,441 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01847054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photoelectrochemical behavior of multimetallic assemblies based on [Ru(bpy)3]2+-terpyridine building block: [Ru(II)–M–Ru(II)]n+ in solution and [Ru(II)–M]n+ dyad anchored on ITO (M=Co(III), Fe(II))</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId62" w:history="1">
+                <w:t xml:space="preserve">Photoinduced Charge Separation within Metallo-supramolecular Wires Built around a [Ru(bpy) 3 ] 2+ –Bisterpyridine Linear Entity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rajaa Farran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jouvenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long Le Quang</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Damien Jouvenot</w:t>
+                <w:t xml:space="preserve">Béatrice Gennaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Loiseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Robert Pansu</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Chauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganica Chimica Acta Reviews</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ica.2016.05.035⟩</w:t>
+              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 8 (25), pp.16136 - 16146. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsami.6b05082⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01390276v1</w:t>
+                <w:t xml:space="preserve">hal-01644718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photoinduced Charge Separation within Metallo-supramolecular Wires Built around a [Ru(bpy) 3 ] 2+ –Bisterpyridine Linear Entity</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Damien Jouvenot</w:t>
+                <w:t xml:space="preserve">Electro- and Photo-driven Reduction of CO 2 by a trans -(Cl)-[Os(diimine)(CO) 2 Cl 2 ] Precursor Catalyst: Influence of the Diimine Substituent and Activation Mode on CO/HCOO − Selectivity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen Castillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Armstrong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Béatrice Gennaro</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Chauvin</w:t>
+                <w:t xml:space="preserve">Elina Laurila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Larisa Oresmaa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matti Haukka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsami.6b05082⟩</w:t>
+              <w:t xml:space="preserve">ChemCatChem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 8 (16), pp.2667 - 2677. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/cctc.201600539⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01644718v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01644626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electro- and Photo-driven Reduction of CO 2 by a trans -(Cl)-[Os(diimine)(CO) 2 Cl 2 ] Precursor Catalyst: Influence of the Diimine Substituent and Activation Mode on CO/HCOO − Selectivity</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Larisa Oresmaa</w:t>
+                <w:t xml:space="preserve">Photoelectrochemical behavior of multimetallic assemblies based on [Ru(bpy)3]2+-terpyridine building block: [Ru(II)–M–Ru(II)]n+ in solution and [Ru(II)–M]n+ dyad anchored on ITO (M=Co(III), Fe(II))</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rajaa Farran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matti Haukka</w:t>
+                <w:t xml:space="preserve">Long Le Quang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jouvenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Loiseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Pansu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemCatChem</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/cctc.201600539⟩</w:t>
+              <w:t xml:space="preserve">Inorganica Chimica Acta Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ica.2016.05.035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01644626v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01390276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Redox Photocatalysis with Water-Soluble Core Shell CdSe-ZnS Quantum Dots</w:t>
               </w:r>
@@ -3231,64 +3231,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Amilan Jose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen E. Castillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Pansu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Chauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of new materials for electrochemical systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 2 (46), pp.9824-9835. </w:t>
@@ -3320,291 +3320,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01081836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photoinduced Energy vs Electron Transfer Between Fe(II) and Ru(II) Bisterpyridyl Complexes in Solution and Grafted on a Gold Surface</w:t>
+                <w:t xml:space="preserve">Excited-state spectroscopic investigations of multinuclear complexes based on [Ru(bpy)3]2+ moieties connected to 2,2′-bipyridine and 2,2′;6′,2′′-terpyridine ligands</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Liatard</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Frédérique Loiseau</w:t>
+                <w:t xml:space="preserve">Raphael Horvath</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Leprêtre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Noëlle Collomb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Alain Deronzier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/jp4055704⟩</w:t>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 42 (47), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c3dt52153b⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01653043v1</w:t>
+                <w:t xml:space="preserve">hal-01652799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Excited-state spectroscopic investigations of multinuclear complexes based on [Ru(bpy)3]2+ moieties connected to 2,2′-bipyridine and 2,2′;6′,2′′-terpyridine ligands</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Photoinduced Energy vs Electron Transfer Between Fe(II) and Ru(II) Bisterpyridyl Complexes in Solution and Grafted on a Gold Surface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Noëlle Collomb</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId122" w:history="1">
+                <w:t xml:space="preserve">Sébastien Liatard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérome Chauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jouvenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Loiseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Deronzier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalton Transactions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 42 (47), </w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 117 (40), pp.20431 - 20439. </w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/c3dt52153b⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/jp4055704⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01652799v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01653043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Visible-Light-Driven Generation of High-Valent Oxo-Bridged Dinuclear and Tetranuclear Manganese Terpyridine Entities Linked to Photoactive Ruthenium Units of Relevance to Photosystem II</w:t>
               </w:r>
@@ -3629,51 +3629,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Romain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marius Retegan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Leprêtre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérome Chauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3736,90 +3736,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Original Electrochemical Method for Assembling Multilayers of Terpyridine-Based Metallic Complexes on a Gold Surface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Liatard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérome Chauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Balestro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Jouvenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Loiseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4042,64 +4042,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérome Chauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lafolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Chardon-Noblat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Deronzier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minna Jakonen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4175,77 +4175,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electronic and geometrical manipulation of the excited state of bis-terdentate homo- and heteroleptic ruthenium complexes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joydev Dinda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Liatard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Chauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Jouvenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Loiseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4620,51 +4620,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Amilan Jose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérome Chauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noëlle Collomb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inorganica Chimica Acta Reviews</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 363 (1), pp.234 - 242. </w:t>
@@ -4896,51 +4896,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Mulatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice L. Baldeck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Chauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ChemPhysChem</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 9 (11), pp.1531-1535. </w:t>
@@ -5003,90 +5003,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Photoredox vs. energy transfer in a Ru(II)–Fe(II) supramolecular complex built with an heteroditopic bipyridine-terpyridine ligand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Leprêtre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Chauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noëlle Collomb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Deronzier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalton Transactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 5, pp. 658-666. </w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5171,64 +5171,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Baffert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Chauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Leprêtre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalton Transactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 48, pp. 5691-5702. </w:t>
@@ -5317,64 +5317,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Romain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Chauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noëlle Collomb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 2005 (16), pp. 3320-3330. </w:t>
@@ -5450,77 +5450,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Baffert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Chauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Leprêtre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noëlle Collomb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 7 (1), pp. 202-210. </w:t>
@@ -5864,51 +5864,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291440v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ran Tao" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feifei Mu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Chauvin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Cosnier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xue-Ji Zhang" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2025.147394" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589532v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaison Casas" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Baudron" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bonnefont" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Chaumont" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Chauvin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.4c01389" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04909082v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi-Xuan Li" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Xuan Dai" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ju-Zheng Wang" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4AN01305K" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04909065v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruicheng Xu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiaoting Yang" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Yang" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuji Zhang" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.4c05685" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670387v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2024.125779" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670380v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssensors.4c00359" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670391v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junji Li" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3an00881a" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700613v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fakourou Camara" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gavaggio" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Dautreppe" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques P&#233;caut" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27196614" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808904v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086596v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Long Le-Quang" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anass Benayad" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Mouesca" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Maurel" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.1c08293" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02944836v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bekir &#199;akiro&#287;lu" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gorgy" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmut &#214;zacar" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Holzinger" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matpr.2019.12.153" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02944822v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Le Goff" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bios.2020.112601" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954673v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajaa Farran" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Jouvenot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9DT00848A" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02366509v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Gueret" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Castillo" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateusz Rebarz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Thomas" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Sliwa" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.9b00447" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405125v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Stanbury" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Chardon-Noblat" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9CC05129E" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670423v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9cc05129e" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386857v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me M&#233;dard" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Combellas" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Kanoufi" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pinson" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.8b06541" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048217v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Lattach" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Bonnet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Jamet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.8b00154" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01847054v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laur&#233;lie Poulard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Oshinowo" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Dahmane" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.7b04000" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01390276v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Long Le Quang" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Loiseau" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Pansu" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ica.2016.05.035" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644718v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Gennaro" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.6b05082" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644626v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Armstrong" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elina Laurila" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larisa Oresmaa" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matti Haukka" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.201600539" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-MCVWH4FG-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588163v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothee Chauvire" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Gasparutto" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Ravanat" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Lebrun" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.5b04396" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01081836v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Lombard" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Amilan Jose" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen E. Castillo" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4tc01497a" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01653043v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Liatard" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Deronzier" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp4055704" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652799v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Horvath" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Lepr&#234;tre" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Collomb" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3dt52153b" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01655006v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Romain" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Retegan" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201200924" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-9GP1DWGP-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00998535v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Balestro" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la301709d" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01655296v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Gu&#233;rin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Aronica" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle B&#339;uf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Moreau" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jlumin.2011.06.038" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GMW7BJXK-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01655642v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lafolet" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minna Jakonen" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201003098" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/92A3BC99C8F5C98725F3306BFD31B34006D99E41/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00702892v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joydev Dinda" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c0dt01197e" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01655186v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Four" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Riehl" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mongin" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Blanchard-Desce" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lat&#233;vi Max Lawson-Daku" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c1cp21661a" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01658302v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Robert" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Lemercier" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jphotochem.2010.02.012" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-843WZ91R-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01658611v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Boulaouche" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ica.2009.08.020" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1XZXW8CN-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01658939v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Venancio-Marques" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.200802325" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320682v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Girardot" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Cao" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Mulatier" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice L. Baldeck" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.200800186" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-VNQT8W7X-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00417518v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b710640h" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-BV48XSCK-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00386390v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Baffert" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Dumas" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b610728a" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-8TB8GBD6-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00386418v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.200500106" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-6CRR3GNK-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00417534v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b411365a" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-N8SPWGG4-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00558774v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keitaro Nakatani" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques A. Delaire" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Faure" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Mercier" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291440v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ran Tao" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feifei Mu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Chauvin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Cosnier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xue-Ji Zhang" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2025.147394" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670380v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Xuan Dai" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi-Xuan Li" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Chauvin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssensors.4c00359" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04909065v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruicheng Xu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiaoting Yang" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Yang" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuji Zhang" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.4c05685" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670387v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ju-Zheng Wang" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2024.125779" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589532v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaison Casas" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Baudron" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bonnefont" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Chaumont" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.4c01389" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04909082v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4AN01305K" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670391v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junji Li" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3an00881a" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808904v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fakourou Camara" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gavaggio" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Dautreppe" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques P&#233;caut" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27196614" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700613v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086596v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Long Le-Quang" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anass Benayad" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Mouesca" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Maurel" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.1c08293" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02944822v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bekir &#199;akiro&#287;lu" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Le Goff" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gorgy" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmut &#214;zacar" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bios.2020.112601" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02944836v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Holzinger" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matpr.2019.12.153" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670423v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Stanbury" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Chardon-Noblat" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9cc05129e" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02366509v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Gueret" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Castillo" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateusz Rebarz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Thomas" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Sliwa" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.9b00447" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954673v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajaa Farran" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Jouvenot" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9DT00848A" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405125v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9CC05129E" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386857v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me M&#233;dard" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Combellas" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Kanoufi" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pinson" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.8b06541" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048217v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Lattach" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Bonnet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Jamet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.8b00154" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01847054v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laur&#233;lie Poulard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Oshinowo" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Dahmane" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.7b04000" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644718v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Gennaro" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Loiseau" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.6b05082" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644626v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Armstrong" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elina Laurila" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larisa Oresmaa" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matti Haukka" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.201600539" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-MCVWH4FG-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01390276v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Long Le Quang" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Pansu" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ica.2016.05.035" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588163v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothee Chauvire" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Gasparutto" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Ravanat" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Lebrun" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.5b04396" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01081836v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Lombard" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Amilan Jose" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen E. Castillo" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4tc01497a" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652799v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Horvath" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Lepr&#234;tre" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Collomb" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Deronzier" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3dt52153b" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01653043v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Liatard" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp4055704" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01655006v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Romain" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Retegan" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201200924" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-9GP1DWGP-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00998535v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Balestro" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la301709d" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01655296v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Gu&#233;rin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Aronica" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle B&#339;uf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Moreau" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jlumin.2011.06.038" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GMW7BJXK-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01655642v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lafolet" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minna Jakonen" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201003098" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/92A3BC99C8F5C98725F3306BFD31B34006D99E41/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00702892v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joydev Dinda" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c0dt01197e" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01655186v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Four" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Riehl" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mongin" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Blanchard-Desce" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lat&#233;vi Max Lawson-Daku" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c1cp21661a" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01658302v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Robert" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Lemercier" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jphotochem.2010.02.012" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-843WZ91R-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01658611v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Boulaouche" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ica.2009.08.020" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1XZXW8CN-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01658939v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Venancio-Marques" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.200802325" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320682v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Girardot" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Cao" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Mulatier" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice L. Baldeck" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.200800186" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-VNQT8W7X-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00417518v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b710640h" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-BV48XSCK-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00386390v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Baffert" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Dumas" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b610728a" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-8TB8GBD6-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00386418v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.200500106" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-6CRR3GNK-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00417534v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b411365a" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-N8SPWGG4-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00558774v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keitaro Nakatani" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques A. Delaire" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Faure" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Mercier" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>