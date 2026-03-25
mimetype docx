--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -359,295 +359,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05237276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monitoring of Local Earthquakes in Haiti Using Low-Cost, Citizen-Hosted Seismometers and Regional Broadband Stations</w:t>
+                <w:t xml:space="preserve">Rupture Segmentation of the 14 August 2021 Mw 7.2 Nippes, Haiti, Earthquake Using Aftershock Relocation from a Local Seismic Deployment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Roby Douilly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Sylvert Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Monfret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Calais</w:t>
+                <w:t xml:space="preserve">Anne Deschamps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Ambrois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Seismological Research Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1785/0220230059⟩</w:t>
+              <w:t xml:space="preserve">Bulletin of the Seismological Society of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.58-72. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1785/0120220128⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04198104v1</w:t>
+                <w:t xml:space="preserve">hal-03814347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rupture Segmentation of the 14 August 2021 Mw 7.2 Nippes, Haiti, Earthquake Using Aftershock Relocation from a Local Seismic Deployment</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Monitoring of Local Earthquakes in Haiti Using Low-Cost, Citizen-Hosted Seismometers and Regional Broadband Stations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvert Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Monfret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Deschamps</w:t>
+                <w:t xml:space="preserve">Françoise Courboulex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Chèze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Ambrois</w:t>
+                <w:t xml:space="preserve">Eric Calais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin of the Seismological Society of America</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, pp.58-72. </w:t>
+              <w:t xml:space="preserve">Seismological Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 94 (6), pp.2725-2739. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1785/0120220128⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1785/0220230059⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03814347v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04198104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Citizen seismology helps decipher the 2021 Haiti earthquake</w:t>
               </w:r>
@@ -659,51 +659,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Calais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Symithe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Monfret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Delouis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -761,338 +761,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03609866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapid response to the Mw 4.9 earthquake of November 11, 2019 in Le Teil, Lower Rhône Valley, France</w:t>
+                <w:t xml:space="preserve">RÉSIF-SI: A Distributed Information System for French Seismological Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Cornou</w:t>
+                <w:t xml:space="preserve">Catherine Péquegnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Paul Ampuero</w:t>
+                <w:t xml:space="preserve">Jonathan Schaeffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coralie Aubert</w:t>
+                <w:t xml:space="preserve">Claudio Satriano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Audin</w:t>
+                <w:t xml:space="preserve">Helle A. Pedersen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Baize</w:t>
+                <w:t xml:space="preserve">Jérôme Touvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 353 (S1), pp.1-23. </w:t>
+              <w:t xml:space="preserve">Seismological Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 92 (3), pp.1832-1853. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5802/crgeos.30⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1785/0220200392⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03089600v2</w:t>
+                <w:t xml:space="preserve">hal-03193314v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RÉSIF-SI: A Distributed Information System for French Seismological Data</w:t>
+                <w:t xml:space="preserve">Rapid response to the Mw 4.9 earthquake of November 11, 2019 in Le Teil, Lower Rhône Valley, France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Péquegnat</w:t>
+                <w:t xml:space="preserve">Cécile Cornou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonathan Schaeffer</w:t>
+                <w:t xml:space="preserve">Jean-Paul Ampuero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claudio Satriano</w:t>
+                <w:t xml:space="preserve">Coralie Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Helle A. Pedersen</w:t>
+                <w:t xml:space="preserve">Laurence Audin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Touvier</w:t>
+                <w:t xml:space="preserve">Stéphane Baize</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Seismological Research Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 92 (3), pp.1832-1853. </w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 353 (S1), pp.1-23. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1785/0220200392⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5802/crgeos.30⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03193314v2</w:t>
+                <w:t xml:space="preserve">hal-03089600v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seismotectonics of southeast France: from the Jura mountains to Corsica</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Larroque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Baize</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Albaric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1303,51 +1303,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Socio-Seismology Experiment in Haiti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Calais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Boisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1722,355 +1722,355 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05339342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How citizens enable seismic monitoring in a country like Haiti, where the institutional system has trouble functioning</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Haïti : Malgré la crise que traverse le pays, la surveillance sismique continue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Courboulex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tony Monfret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steeve Symithe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvert Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Steeve Symithe</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Chèze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESC 2024 - 39th General assembly of the European Seismological Commission</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journées d’étude ‘Failles haïtiennes’</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Alice Corbet, Nov 2023, Bordeaux, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5281/zenodo.14892064⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04748378v1</w:t>
+                <w:t xml:space="preserve">hal-05194940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Haïti : Malgré la crise que traverse le pays, la surveillance sismique continue</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">How citizens enable seismic monitoring in a country like Haiti, where the institutional system has trouble functioning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francoise Courboulex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Calais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvert Paul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Françoise Courboulex</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Tony Monfret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steeve Symithe</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Chèze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d’étude ‘Failles haïtiennes’</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ESC 2024 - 39th General assembly of the European Seismological Commission</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ESC, Sep 2024, Corfou, Greece</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5281/zenodo.14892064⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05194940v1</w:t>
+                <w:t xml:space="preserve">hal-04748378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayiti-séismes : une plateforme sismologique citoyenne pour une meilleure estimation de l'aléa sismique en Haïti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tony Monfret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tony Monfret</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Sylvert Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Courboulex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Chèze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2121,103 +2121,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Miragoâne seismic clusters in southern Haiti triggered by the Mw 7.2 Nippes earthquake of August 14, 2021</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvert Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Monfret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Courboulex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Delouis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Vienne (AUT), Austria. </w:t>
@@ -2255,103 +2255,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rupture Segmentation of the August 14, 2021 Mw7.2 Haiti Earthquake Using Aftershock Relocation from a Local Seismic Deployment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roby Douilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvert Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Monfret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Ambrois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AGU Fall Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2022, Chicago, United States</w:t>
@@ -2380,103 +2380,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The August 14, 2021 Nippes, Haiti Earthquake Mainshock and Aftershock Sequence Recorded by The Ayiti-seismes Citizen Network</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tony Monfret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Lomax</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tony Monfret</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Sylvert Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Delouis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Courboulex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Geophysical Union, AGU Fall Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, New Orleans (US), United States. pp.S45H--2525</w:t>
@@ -2589,51 +2589,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francoise Courboulex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Chèze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Ambrois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">39th General assembly of the European Seismological Commission</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Corfou, Greece</w:t>
@@ -2662,90 +2662,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le réseau de sismologie citoyenne en Haïti face au séisme de Nippes (Mw 7.2) du 14 Aout 2021</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Courboulex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Françoise Courboulex</w:t>
+                <w:t xml:space="preserve">Tony Monfret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tony Monfret</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Sylvert Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Calais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steeve Symithe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2813,51 +2813,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Delouis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Maron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Ambrois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diane Rivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2912,90 +2912,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of the ambient noise level of Raspberry Shake seismographs on the performance of the Ayiti-séismes platform</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvert Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Monfret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Courboulex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Calais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sadrac St Fleur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3050,51 +3050,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Saint Paul en Forêt seismic swarm: an unusual activity in the seismically quiet Maures massif (South-Eastern France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Godano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Delouis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3339,51 +3339,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Maron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Peix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Ambrois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4èmes Rencontres Scientifiques et Techniques Résif</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Biarritz, France. , 2019</w:t>
@@ -3464,51 +3464,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Maron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Peix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Ambrois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres scientifiques et techniques RESIF 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Biarritz, France</w:t>
@@ -3563,51 +3563,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Delouis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Maron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Ambrois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diane Rivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4174,51 +4174,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383475v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Baillet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Rivet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alister Trabattoni" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Ch&#232;ze" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Peix" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2025JB031565" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05237276v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198104v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvert Paul" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Monfret" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Courboulex" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Calais" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0220230059" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814347v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roby Douilly" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Deschamps" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ambrois" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0120220128" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03609866v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Calais" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Symithe" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Delouis" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lomax" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.abn1045" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03089600v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cornou" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Ampuero" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Aubert" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Audin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Baize" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.30" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193314v2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine P&#233;quegnat" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Schaeffer" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Satriano" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helle A. Pedersen" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Touvier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0220200392" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348930v2" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Larroque" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Albaric" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Jomard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Tr&#233;visan" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.69" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03093721v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Maron" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Brunel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0220200217" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03027250v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Boisson" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steeve J. Symithe" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Pr&#233;petit" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;tonus Pierre" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feart.2020.542654" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365912v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin van Driel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Savas Ceylan" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Francis Clinton" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenico Giardini" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hector Alemany" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0220180379" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05339342v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Delouis" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Godano" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Courboulex" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Sladen" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748378v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steeve Symithe" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05194940v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.14892064" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802368v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7914/SN/HY" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089201v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-13526" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939248v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558654v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Lomax" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748457v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel C. Neves" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Bletery" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03482549v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03440694v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03538773v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadrac St Fleur" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04489569v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Bertrand" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02275873v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jer&#244;me Vergne" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Pauchet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Bonnin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El-Madani Aissaoui" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Ardito" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03383119v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02445866v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414185v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02903086v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvonne Font" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Agurto-Detzel" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Alvarado" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc R&#233;gnier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Rolandone" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-02283644v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-02279115v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-02278806v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383475v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Baillet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Rivet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alister Trabattoni" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Ch&#232;ze" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Peix" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2025JB031565" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05237276v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814347v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roby Douilly" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvert Paul" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Monfret" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Deschamps" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ambrois" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0120220128" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198104v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Courboulex" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Calais" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0220230059" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03609866v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Calais" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Symithe" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Delouis" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lomax" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.abn1045" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193314v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine P&#233;quegnat" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Schaeffer" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Satriano" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helle A. Pedersen" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Touvier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0220200392" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03089600v2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cornou" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Ampuero" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Aubert" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Audin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Baize" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.30" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348930v2" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Larroque" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Albaric" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Jomard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Tr&#233;visan" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.69" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03093721v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Maron" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Brunel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0220200217" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03027250v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Boisson" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steeve J. Symithe" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Pr&#233;petit" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;tonus Pierre" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feart.2020.542654" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365912v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin van Driel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Savas Ceylan" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Francis Clinton" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenico Giardini" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hector Alemany" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0220180379" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05339342v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Delouis" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Godano" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Courboulex" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Sladen" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05194940v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steeve Symithe" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.14892064" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748378v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802368v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7914/SN/HY" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089201v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-13526" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939248v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558654v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Lomax" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748457v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel C. Neves" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Bletery" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03482549v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03440694v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03538773v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadrac St Fleur" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04489569v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Bertrand" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02275873v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jer&#244;me Vergne" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Pauchet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Bonnin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El-Madani Aissaoui" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Ardito" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03383119v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02445866v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414185v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02903086v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvonne Font" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Agurto-Detzel" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Alvarado" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc R&#233;gnier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Rolandone" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-02283644v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-02279115v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-02278806v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>